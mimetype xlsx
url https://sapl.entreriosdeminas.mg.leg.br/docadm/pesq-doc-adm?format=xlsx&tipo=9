--- v1 (2026-01-21)
+++ v2 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="894" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="948" uniqueCount="373">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -1379,50 +1379,112 @@
     <t>Portarias_x000D_
 Termos de referência, homologação e adjudicação de licitação_x000D_
 Avisos de Licitação</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Portarias nº 01; 02; 03; 04; 05/2026</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Publicação de Portarias nº 06; 07; 08; 09/2026</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>PORTARIAS_x000D_
 EXTRATO DE LICITAÇÃO</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>EDITAL DE CONVOCAÇÃO</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>Portaria - Declara Luto Oficial</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>PROPOSIÇÕES DE LEI N° 01; 02; 03; 04; 05; 06; 07; 08; 09;_x000D_
+PORTARIA Nº 13</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>Extrato de Licitação_x000D_
+Portarias</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>Proposições de lei aprovadas na 2ª reunião ordinária de 2026._x000D_
+Requerimentos aprovados na 2ª reunião ordinária de 2026._x000D_
+Portarias</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>Edital de credenciamento;_x000D_
+Aditivo de Licitação</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>Documentos 3ª reunião ordinária 2026 _x000D_
+Proposições de Lei_x000D_
+Resolução_x000D_
+Requerimentos</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>Ata da comissão de licitação, prorrogação de prazo do credenciamento n° 01/2026</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>EXTRATO DE PRORROGAÇÃO EDITAL DE CREDENCIAMENTO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1714,51 +1776,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F149"/>
+  <dimension ref="A1:F158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4706,50 +4768,230 @@
       <c r="E148" t="s">
         <v>10</v>
       </c>
       <c r="F148" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>353</v>
       </c>
       <c r="B149" t="s">
         <v>349</v>
       </c>
       <c r="C149" t="s">
         <v>16</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
         <v>354</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>355</v>
+      </c>
+      <c r="B150" t="s">
+        <v>349</v>
+      </c>
+      <c r="C150" t="s">
+        <v>19</v>
+      </c>
+      <c r="D150" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" t="s">
+        <v>10</v>
+      </c>
+      <c r="F150" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>357</v>
+      </c>
+      <c r="B151" t="s">
+        <v>349</v>
+      </c>
+      <c r="C151" t="s">
+        <v>22</v>
+      </c>
+      <c r="D151" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" t="s">
+        <v>10</v>
+      </c>
+      <c r="F151" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>359</v>
+      </c>
+      <c r="B152" t="s">
+        <v>349</v>
+      </c>
+      <c r="C152" t="s">
+        <v>36</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" t="s">
+        <v>10</v>
+      </c>
+      <c r="F152" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>361</v>
+      </c>
+      <c r="B153" t="s">
+        <v>349</v>
+      </c>
+      <c r="C153" t="s">
+        <v>39</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" t="s">
+        <v>10</v>
+      </c>
+      <c r="F153" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>363</v>
+      </c>
+      <c r="B154" t="s">
+        <v>349</v>
+      </c>
+      <c r="C154" t="s">
+        <v>42</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>365</v>
+      </c>
+      <c r="B155" t="s">
+        <v>349</v>
+      </c>
+      <c r="C155" t="s">
+        <v>45</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" t="s">
+        <v>10</v>
+      </c>
+      <c r="F155" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>367</v>
+      </c>
+      <c r="B156" t="s">
+        <v>349</v>
+      </c>
+      <c r="C156" t="s">
+        <v>48</v>
+      </c>
+      <c r="D156" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" t="s">
+        <v>10</v>
+      </c>
+      <c r="F156" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>369</v>
+      </c>
+      <c r="B157" t="s">
+        <v>349</v>
+      </c>
+      <c r="C157" t="s">
+        <v>51</v>
+      </c>
+      <c r="D157" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" t="s">
+        <v>10</v>
+      </c>
+      <c r="F157" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>371</v>
+      </c>
+      <c r="B158" t="s">
+        <v>349</v>
+      </c>
+      <c r="C158" t="s">
+        <v>54</v>
+      </c>
+      <c r="D158" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" t="s">
+        <v>10</v>
+      </c>
+      <c r="F158" t="s">
+        <v>372</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>