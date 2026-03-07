--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -51,449 +51,449 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.rtf</t>
   </si>
   <si>
     <t>A POSSIBILIDADE DE REFORMAR A PINTURA NO ESTACIONAMENTO DE 45º NA PRAÇA DO HOSPITAL EM FRENTE AO CREDICAMPO, TENDO EM VISTA QUE A PINTURA ATUAL SE ENCONTRA BASTANTE GASTA.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 _x000D_
 A POSSIBILIDADE DA INSTALAÇÃO DE MATA BURRO NA COMUNIDADE DOS COELHOS _x000D_
 PERTO DA CASA DO SR.ANISIO CAMPOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.rtf</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A POSSIBILIDADE DE SINALIZAR A ESQUINA DA AVENIDA BENEDITO VALADARES COM A PRAÇA CORONEL JOAQUIM RESENDE, NO LADO ESQUERDO DA VIA , EM FRENTE AO ESCRITÓRIO DE DESPACHANTE , PROIBINDO O ESTACIONAMENTO DE VEÍCULOS NUMA DISTANCIA DE APROXIMADAMENTE 30 METROS, PARA MELHORAR A VISIBILIDADE DOS VEÍCULOS QUE CONTORNAM A PRAÇA CORONEL JOAQUIM RESENDE ._x000D_
 </t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">REPARO MATA BURRO AGUA LIMPA PRÓXIMO SITIO CHIQUINHO._x000D_
 </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE DE CONTRATAR SERVIDOR PUBLICO PARA EFETUAR LIMPEZA NAS VIAS PUBLICAS,_x000D_
 </t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE DE EFETUAR REPAROS NOS VERGALHOES DOS MATA BURROS NA COMUNIDADE DO BRUMADINHO, A PEDIDO DA POPULAÇÃO LOCAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE DE SOLUCIONAR A FALTA DE AGUA NO DISTRITO DE SERRA DO CAMAPUÃ A PEDIDO DE MORADORES LOCAIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE NA URGÊNCIA DE RECOLHER ANIMAIS SOLTOS PELAS ESTRADAS DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE DA TROCA DAS LAMPADAS QUEIMADAS NAS ESCOLAS DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE DE PINTAR COM CAL, OS MEIOS FIOS DAS PRAÇAS DE NOSSA CIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>José Walter Resende Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/7/pl_54-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/7/pl_54-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ENTRE RIOS DE MINAS, LEI 1.258, DE 23 DE DEZEMBRO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2018/2021</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ORÇAMENTO DO MUNICÍPIO DE ENTRE RIOS DE MINAS PARA O EXERCÍCIO DE 2018</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/5/pl_56-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/5/pl_56-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CRITÉRIOS DE APURAÇÃO DO VALOR VENAL DOS IMÓVEIS URBANOS, PARA EFEITO DE CÁLCULOS TRIBUTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A  LEI COMPLEMENTAR Nº 1.569, DE 20 DE AGOSTO DE 2010, QUE ESTABELECE NORMAS E CONDIÇÕES PARA PARCELAMENTO, OCUPAÇÃO E USO DO SOLO URBANO DO MUNICÍPIO DE ENTRE RIOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL PARA TRANSFERÊNCIA DE RECURSOS ORIUNDOS DE EMENDAS PARLAMENTARES REFERENTES AO INCREMENTO TEMPORÁRIO DO LIMITE FINANCEIRO DA ASSISTÊNCIA DE MÉDIA E ALTA COMPLEXIDADE (MAC) DESTINADA AO HOSPITAL CASSIANO CAMPOLINA</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITOS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS SUPLEMENTARES PARA DOTAÇÕES CUJOS SALDOS SÃO INSUFICIENTES PARA O EMPENHO DE DESPESAS.&amp;#8221;</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO 3º DO ARTIGO 11 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ENTRE RIOS MINAS.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O PARÁGRAFO 3º DO ARTIGO 11 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ENTRE RIOS MINAS._x000D_
 </t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA NO ÂMBITO DA CÂMARA MUNICIPAL DE ENTRE RIOS DE MINAS A CONCESSÃO DE DIÁRIAS DE VIAGEM PARA VEREADORES E SERVIDORES DO LEGISLATIVO._x000D_
 _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA A CONCESSÃO DE DIÁRIAS DE VIAGEM NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ENTREGA DE BENS MÓVEIS QUE MENCIONA A PREFEITURA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ENTRE RIOS DE MINAS, APROVADO PELA RESOLUÇÃO Nº 07, DE 05 DE DEZEMBRO DE 2012, PARA DAR NOVA REDAÇÃO AO ART. 11, § 1º, ALÍNEAS "A" E "B"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">FORMALIZA A DECISÃO DA CÂMARA MUNICIPAL DE ENTRE RIOS DE MINAS NO EXAME DAS CONTAS PRESTADAS PELO MUNICÍPIO RELATIVAS AO EXERCÍCIO DE 2015._x000D_
 </t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O ORÇAMENTO DA CÂMARA MUNICIPAL DE ENTRE RIOS DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA A ENTREGA DE BENS MÓVEIS QUE MENCIONA A PREFEITURA MUNICIPAL._x000D_
 </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA O INCISO I AO ARTIGO 72 DO REGIMENTO INTERNO QUE FIXA LIMITE DE PRAZO DE 24:00 HORAS PARA INCLUSÃO DE PROJETOS E QUALQUER MATÉRIA NA PAUTA DAS REUNIÕES DA CÂMARA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.rtf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DIÁRIO OFICIAL ELETRÔNICO DO MUNICÍPIO DE ENTRE RIOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE DIÁRIAS DE VIAGENS AOS VEREADORES E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA REDAÇÃO DOS ARTIGOS 7º, 9º E 10º DO REGIMENTO INTERNO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CARTÃO ALIMENTAÇÃO DE SERVIDORES DA CÂMARA MUNICIPAL DE ENTRE RIOS DE MINAS._x000D_
 </t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA RESOLUÇÃO Nº 14/2017 QUE ALTEROU A REDAÇÃO DOS ARTIGOS 7º, 9º E 10 DO REGIMENTO INTERNO, ALTERA O ARTIGO 8º E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.rtf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.rtf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI A DENOMINAÇÃO AOS SETORES DO EDIFÍCIO ARNALDO DE OLIVEIRA RESENDE, SEDE DA CÂMARA MUNICIPAL DE ENTRE RIOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -801,68 +801,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/7/pl_54-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/5/pl_56-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.rtf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/7/pl_54-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2017/5/pl_56-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.rtf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.rtf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>