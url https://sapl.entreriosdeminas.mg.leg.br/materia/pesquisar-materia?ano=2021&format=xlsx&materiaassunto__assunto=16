--- v0 (2026-01-21)
+++ v1 (2026-03-08)
@@ -54,83 +54,83 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_102_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_102_-_2021_.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município possa implantar ou intervir junto ao DER-MG para implantação de uma sinalização adequada para veículos no acesso à ponte sobre o Rio Brumado, abaixo da Praça Alfredo Penido, na MG-270, de maneira a direcionar com precisão, o fluxo para o referido equipamento a quem se desloca no sentido Bairro Batista de Oliveira._x000D_
 Ocorre que, quando da implantação da nova ponte, o acesso à antiga travessia, mais estreita, permaneceu aberto na lateral da pista, possibilitando que_x000D_
 alguns moradores do entorno pudessem se deslocar até lá. Por esta razão, já se constatou no local, principalmente durante à noite, o risco de acidentes, uma vez que carretas se direcionam ao acesso antigo, mantendo-se naturalmente à direita, tendo os motoristas que efetuar manobras perigosas para retornar à pista correta. Dessa forma, sugere-se a possibilidade de se implantar um guard-rail ou tachões refletivos (olho de gato) com placas de sinalização, chamando a atenção de modo a evitar sustos e mortes</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_119_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_119_-_2021_.pdf</t>
   </si>
   <si>
     <t>Em atenção à solicitação dos moradores da região da Gameleira, que seja realizada a instalação de duas placas de regulamentação de trânsito, do tipo R-9, que proíba o trânsito de caminhões pesados na Rua Ernesto Miranda Ferreira (Dico Carneiro). A primeira no início da portaria da "UAI" localizada nesta via e a outra próxima ao orelhão existente no final desta, no sentido contrário. _x000D_
 Isso porque foi possível constatar o surgimento de várias trincas nas residências locais, tendo em vista o intenso tráfego de carretas, o que tem gerado_x000D_
 prejuízos e colocado os bens e os próprios moradores da região em perigo. Ressalta-se, por fim, que tal ação não prejudicará a fábrica de lacticínios_x000D_
 sediada na Comunidade, uma vez que esta possui via própria para escoamento de seus produtos, com acesso pela Rua Juscelino Ribeiro Cardoso (Nem Picapau).</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Larissa Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/495/indicacao_no_127_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/495/indicacao_no_127_-_2021_.pdf</t>
   </si>
   <si>
     <t>Que seja analisada a possibilidade de inclusão de uma placa de sinalização de trânsito. do tipo R6-c ("proibido parar e estacionar'), na Avenida Dr. José Gonçalves da Cunha. altura n°163, conforme fotografias anexas. Justifica-se a presente indicação, tendo em vista ser comum o estacionamento_x000D_
 de veículos pesados no local (atrás da "Escola Estadual Ribeiro de Oliveira"). E, por se tratar de uma curva, os veículos parados acabam por dificultar a visão dos motoristas, de modo a criar sérios riscos de ocorrência de acidentes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -438,68 +438,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_102_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_119_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/495/indicacao_no_127_-_2021_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_102_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_119_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2021/495/indicacao_no_127_-_2021_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>