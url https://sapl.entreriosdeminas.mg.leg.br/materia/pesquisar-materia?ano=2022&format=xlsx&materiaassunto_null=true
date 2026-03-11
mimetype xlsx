--- v0 (2026-01-21)
+++ v1 (2026-03-11)
@@ -54,5666 +54,5666 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Roni Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_no_01_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_no_01_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um tratamento paliativo das estradas rurais, com a implementação de cascalho ou escória, em seus pontos mais críticos, oriundos das reclamações dos usuários._x000D_
 Tal ação justifica-se pela condição atual destas vias, pelo mal estado de conservação das mesmas, o que tem prejudicado o direito de ir e vir daqueles que necessitam de transitar por tais estradas._x000D_
 Nesse contexto, vale ressaltar que prejudica ainda diretamente a atividade econômica do homem do campo, atrapalhando a escoação de sua produção agrícola e pecuarista, causando prejuízos, além de estarem impedidos de desfrutar dos serviços de saúde necessários, que são tão importantes para nossa população._x000D_
 Diante o exposto, sugere este subscrevente um estudo amplo, com ações imediatas para a resolução do problema de forma paliativa, pois tem-se ciência que pelo atual período chuvoso é impossível a manutenção completa, devendo ser implementadas somente as medidas que se julgarem adequadas para período de chuva.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted, Denis da Escolinha, Joãozinho Cricri, Juquinha do Táxi, Larissa Rodrigues, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Roni Enfermeiro</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_no_02_-_2022.pdf</t>
+    <t>Thiago Itamar "Ted", Denis da Escolinha, Joãozinho Cricri, Juquinha do Táxi, Larissa Rodrigues, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Roni Enfermeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_no_02_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitamos ao chefe do poder executivo que providencie o cascalhamento ou a implementação de escória nas ruas do bairro Sassafrás._x000D_
 Tal indicação tem por objetivo resolver de forma paliativa a demanda existente no bairro, que tem sido exaustivamente cobrado por todos os membros desta Casa Legislativa._x000D_
 É de conhecimento de todos, que este problema vem se arrastando ao longo dos anos e desta maneira a população do referido bairro sempre é prejudicada, uma vez que espera-se a pavimentação asfáltica do bairro a muito tempo. _x000D_
 Vale ressaltar que devido ao período de chuva em que enfrentamos, e que pode se estender até o mês de março, deixando a população residente no bairro se impedida de sair de casa, uma vez que as ruas da localidade não possui as mínimas condições de trafegabilidade, estando essas tomadas pelo barro e pelos buracos, ficando os moradores impedidos de exercer o seu direito de ir e vir.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Juquinha do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_no_03_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_no_03_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória ou cascalho nos pontos mais críticos das estradas rurais de nosso município._x000D_
 Tal ação justifica-se pelo atual estado de conservação das nossas vias rurais, uma vez que o período chuvoso que enfrentamos ajuda na degradação das mesmas, deixando-as intransitáveis em certos pontos._x000D_
 Há de se esclarecer aqui dois pontos necessários que deverão ser atendidos de imediato, sendo a estrada que dá acesso à comunidade de São José das Mercês, bem na chegada da comunidade, após a última ponte e a estrada que dá acesso a comunidade do Sapé, próxima a casa do Sr. Jorge da Discoteca._x000D_
 Por fim destaca-se que a escória ou cascalho inibe a lama, dando condições de trafegabilidade nas vias, ação esta que é a ideal pelo atual período de chuvas em que estamos atravessando.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_no_04_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_no_04_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção paliativa das ruas do bairro Batista de Oliveira, com a implementação de escória._x000D_
 Tal ação justifica-se para garantia de locomoção dos moradores locais, para os prestadores de serviços, e para a circulação de serviços essenciais, pois têm chegado ao conhecimento deste subscrevente reclamações advindas da população residente no supracitado bairro, informando a condição intransitável de suas ruas, deixando os mesmos de serem atendidos em suas casas pelos serviços que necessitam, justificando os prestadores o não atendimento pelo estado de conservação da via._x000D_
 Insta dizer ainda que o problema é antigo e recorrente, sendo matéria de cobrança rotineira pelos membros desta Casa Legislativa junto ao Executivo, porém até o presente momento a situação continua a mesma, vindo a piorar com o presente período chuvoso que estamos atravessando.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Denis da Escolinha</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_no_05_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_no_05_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de quebra-molas na Avenida Tiradentes próximo ao número 442._x000D_
 Tal ação Justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, tem chegado ao conhecimento deste subscrevente diversas reclamações de moradores da localidade, informando que os condutores de veículos e motocicletas têm trafegado em alta velocidade pela via, colocando em risco a vida de pedestres que trafegam pelo local e de crianças que ali costumam brincar._x000D_
 Há de se ressaltar que a solução para o problema é a implementação de quebra-molas, uma vez que a fiscalização eletrônica é inviável para a localidade e a polícia militar não consegue fazer rondas e blits rotineiramente pelo local, devido a demanda e o pouco efetivo que possui nosso município._x000D_
 Por todo o exposto, requer este subscrevente que tal demanda seja analisada o mais breve possível pela Secretaria Municipal de Obras e Infraestrutura, mais especificamente pelo seu setor de trânsito.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_no_06_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_no_06_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de quebra-molas na Rua Pedro Antônio dos Santos, após a ponte sobre o córrego , que corta a referida via. _x000D_
 Tal ação Justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, tem chegado ao conhecimento deste subscrevente diversas reclamações de moradores da localidade, informando que os condutores de veículos e motocicletas têm trafegado em alta velocidade pela via, colocando em risco a vida de pedestres que trafegam pelo local e de crianças que ali costumam brincar, além de evitar colisões frontais na ponte referida, uma vez que a mesma é estreita e só passa um carro por vez._x000D_
 Há de se ressaltar que a solução para o problema é a implementação de quebra-molas, uma vez que a fiscalização eletrônica é inviável para a localidade e a polícia militar não consegue fazer rondas e blits rotineiramente pelo local, devido a demanda e o pouco efetivo que possui nosso município.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/864/indicacao_no_07_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/864/indicacao_no_07_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja acionado o proprietário de um caminhão que se encontra estacionado a mais de 30 dias na Rua Baltazar Gonçalves Nascente, próximo ao antigo pátio de veículos._x000D_
 Chegou ao conhecimento deste subscrevente que como já explanado este referido caminhão está parado na localidade a mais de 30 dias, sem o seu funcionamento, o que fere de imediato o que dispõe a Lei Municipal n°1.921/2017, mas especificamente em seu art. 2°, inciso III._x000D_
 Neste diapasão o veículo supramencionado está causando o acúmulo de lixo, e o crescimento de mato em seu entorno e que por estes motivos tem aparecido animais peçonhentos no local, além de estar atrapalhando o fluxo de veículos na referida via.  _x000D_
 Pelo exposto, requer este subscrevente que o responsável pelo setor de trânsito do Município oficie o proprietário para retirada do mesmo, em caso de negativa ou de recusa, que se faça cumprir o que dispõe na supramencionada Lei Municipal, com a remoção do veículo da via pública.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Larissa Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_no_08_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_no_08_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reconstrução de uma nova ponte no acesso à comunidade São José das Mercês, que  tem como referência a casa do Sr. Flávio, filho do Marciano Valfrido._x000D_
 É de amplo conhecimento que o grande volume de chuvas que atingiu o nosso município nas últimas semanas foi muito superior ao esperado nesta época do ano, causando diversos problemas em nosso município, como ponto de alagamentos e degradação das estradas rurais, causadas pelo intenso volume de água._x000D_
 A presente indicação busca viabilizar o acesso à comunidade supracitada próximo a casa do Sr. Flávio, pois conforme demonstram as fotos anexas, o grande volume de água derrubou a ponte que dava acesso a referida comunidade.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_no_09_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_no_09_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a construção de uma nova ponte na comunidade São José das Mercês, que  tem como referência a casa do Sr. Flávio, filho do Marciano Valfrido._x000D_
 É de amplo conhecimento que o grande volume de chuvas que atingiu o nosso município nas últimas semanas foi muito superior ao esperado nesta época do ano, causando diversos problemas em nosso município, como ponto de alagamentos e degradação das estradas rurais, causadas pelo intenso volume de água._x000D_
 A presente indicação busca viabilizar o acesso à casa do Sr. Flávio e de outros moradores da localidade, pois conforme demonstram as fotos anexas, o grande volume de água derrubou a ponte que dá acesso a casa deste senhor e a de diversos outros moradores. _x000D_
 Há de se esclarecer que as pessoas deste local se encontram ilhados, uma vez que seu único acesso foi levado pela força da água e resta esclarecer que ali residem além de adultos, há crianças e uma idosa, que podem ter alguma intercorrência de saúde a qualquer momento.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Levi da Costa Campos</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_no_10_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_no_10_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma manilha localizada na comunidade dos Coelhos, próximo ao terreno do Sr. Pedro do Anísio e com a propriedade do Sr. Dico Coelho._x000D_
 Tal ação se justifica por uma erosão ocorrida no lugar, possivelmente ocorrida pelo volume de águas trazidas pelas chuvas que atingiu nosso município nas últimas duas semanas._x000D_
 Conforme demonstra foto anexa, trata-se de uma cratera aberta e que tende a aumentar se nada for feito, atingindo assim a estrada que por ali passa, restringindo o direito de ir e vir dos munícipes residentes nesta comunidade e das demais pessoas que por ali necessitam trafegar._x000D_
 Diante o exposto, requer este subscrevente que a demanda seja analisada o mais breve possível, pela secretaria de Obras e Infraestrutura, resolvendo o problema do local, oferecendo uma maior segurança para todos que por ali necessitam trafegar.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_no_11_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_no_11_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro localizado na comunidade da Serra do Camapuã, localizado divisa da propriedade do Sr. João Paulino com o seu irmão._x000D_
 Tal ação se justifica pelos transtornos que este mata-burro vem causando a estes senhores, pois o mesmo como explicado a este subscrevente é pequeno, desta maneira as criações de ambos os senhores tem atravessado o referido mata-burro, gerando grande constragimento entre as partes para remoção de suas criações dos pastos vizinhos. _x000D_
 Por fim, ressalto aqui a importância da manutenção o mais breve possível, implementando um mata-burro maior e mais largo no local, para que se evite os transtornos a estas pessoas e também há de se ressaltar que um mata-burro maior é essencial para que se evite outros acidentes possíveis de ocorrer no local.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_no_12_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_no_12_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja pleiteado junto a Cemig a troca de um poste instalado na comunidade do Camapuã, na estrada de acesso a localidade às margens do rio Camapuã._x000D_
 Conforme demonstram as fotos anexas, o local está desmoronando pela ação da cheia do referido rio nos últimos dias, e é possível ver o risco iminente de queda do poste que leva a energia elétrica aos moradores da referida comunidade._x000D_
 Desta maneira, a fim de evitar um possível acidente, já que com novas chuvas e alta do referido rua a tendência é que o barranco seda e assim o poste venha a cair no rio, ocasionando a interrupção de energia, além de um possível acidente elétrico.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_no_13_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_no_13_-_2022.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a implementação de uma ponte situada na comunidade dos Coelhos, nas proximidades da casa da Sra. Rosi, esposa do Sr. Luiz Eletricista e próximo à casa do Sr. José Andalício. A intervenção do Poder Público no local é de extrema importância para que se resguarde o direito de ir e vir dos moradores daquela região e que os mesmos possam ter uma passagem adequada e segura, o que facilitará também em suas diversas atividades diárias.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_no_14_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_no_14_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de cascalho na estrada que liga o município com a comunidade do Montijo, próximo ao sítio da Sra. Maria de Lourdes esposa do Sr. Cláudio, no antigo sítio do Sr. Kleber do Moacir._x000D_
 Tal ação justifica-se pelo atual estado de conservação da referida via rural, que com a chegada do presente período chuvoso se deteriorou, tornando-se intrafegável. A implementação do cascalho é imprescindível para que as pessoas possam voltar a transitar pela via em segurança, uma vez que a via comporta um tráfego intenso de pessoas por ser a estrada principal da comunidade, a qual é responsável pelo escoamento das produções agrícolas e pecuaristas._x000D_
 Diante disso, é imprescindível a intervenção do Poder Público, por meio da Secretaria de Obras e Infraestrutura do Município.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_no_15_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_no_15_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita o encascalhamento da estrada rural que dá acesso a comunidade da Ponte Funda, bem como a retirada de esgoto._x000D_
 Sem a retirada das águas advindas das chuvas através dos esgotos a estrada não se mantém conservada, uma vez que a força da água “varre” todo o cascalho implementado na via.  _x000D_
 Justifica-se o pedido, pois a referida estrada está com péssimas condições de circulação, de modo a prejudicar os moradores, sendo a estrada principal da região, contendo um grande número de pessoas que utilizam da estrada e grande  escoamento das suas produções._x000D_
 Por fim, vale ressaltar que há diversos produtores rurais que não conseguem escoar a produção de leite, produto altamente perecível, o que causa grande prejuízo, entre estes citado em especial o Sr. Lázaro (Lazinho), que não consegue escoar sua produção leiteira a aproximadamente 3 meses, devido ao estado de conservação da via, o que impossibilita o caminhão de chegar até sua residência e recolher o leite por ele produzido.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_no_16_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_no_16_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita o encascalhamento da estrada rural que dá acesso a comunidade da Ponte Funda, bem como a retirada de esgoto._x000D_
 Sem a retirada das águas advindas das chuvas através dos esgotos a estrada não se mantém conservada, uma vez que a força da água “varre” todo o cascalho implementado na via.  _x000D_
 Justifica-se o pedido, pois a referida estrada está com péssimas condições de circulação, conforme demonstrado nas fotos anexas, de modo a prejudicar os moradores, sendo a estrada principal da região, contendo um grande número de pessoas que utilizam da estrada e grande  escoamento das suas produções, além não ter condição de atender aos moradores da localidade em caso de necessidade de se transportar algum paciente enfermo e pessoa que venha a “‘passar mal” ._x000D_
 Diante disso, é imprescindível a intervenção do Poder Público, por meio da Secretaria de Obras e Infraestrutura do Município.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/874/indicacao_no_17_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/874/indicacao_no_17_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a possibilidade de fazer uma manutenção em um mata burro de madeira na comunidade do Brumadinho, tendo em vista que as madeiras do mesmo estão quebradas, conforme fotos anexas, danificando os carros que passam pelo mesmo, e até podendo ocasionar acidentes, após o bar do Sr. Geraldo sentido Grilo, após o mata-burro de ferro, vira a direita, sentido toca da raposa.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_no_18_-_2022.pdf</t>
+    <t>Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_no_18_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido contido na indicação de n° 422/2021 para implementção de mata-burro na estrada que liga a comunidade do Cascalho Preto a comunidade dos Faleiros._x000D_
 Como explanado na supramencionada indicação tal ação justifica-se pela necessidade de instalação de um mata-burro no local, haja vista que a implementação deste melhorará a utilização da via, pois a mesma é utilizada diariamente para o escoamento de produção agrícola local, além do trafego de pessoas, e na atual condição da via os animais estão trafegando livrimente pela via, indo de um terreno ao outro, chegando a gerar conflitos e aborrecimentos para os proprietários.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/876/indicacao_no_19_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/876/indicacao_no_19_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção na Rua Maestro Benedito Lisboa._x000D_
 Tal ação justifica-se pela necessidade de manutenção do calçamento da rua, vez que o calçamento está cedendo, causando buracos na referida rua, conforme fotos anexas, o que inclusive pode causar acidentes aos pedestres que por ali trafegam._x000D_
 Por fim, há de se ressaltar que nesta referida rua residem vários idosos e que a mesma não possui calçada, obrigando-os a transitar pela via e essa má condição dificulta a locomoção destes, além de poder ocorrer acidentes.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_no_20_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_no_20_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo entre em contato com a CEMIG para que se possa retirar um poste de energia elétrica que encontra-se em risco de cair, podendo ser dentro do rio Camapuã ou na estrada em que se encontra, na comunidade do Camapuã de Baixo._x000D_
 Tal ação justifica-se pelo risco de queda do poste de energia elétrica, conforme fotos anexas, que está localizado às margens do rio Camapuã e ao lado da via de acesso a comunidade do Camapuã de baixo, é evidente o risco no local, sabemos ainda que uma possível cheia do referido rio fará com que o poste caia, interrompendo prontamente o fornecimento de energia elétrica para os moradores daquela localidade, além do risco de causar um acidente maior, vez que se encontra instalado no acostamento da via rural que dá acesso a referida localidade.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_no_21_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_no_21_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte que se encontra sobre o rio Camapuã, localizada na via de acesso a comunidade do Camapuã de Baixo. Tal ação justifica-se pelo atual estado de conservação da referida ponte, que pode causar acidentes inclusive, caso a manutenção adequada não seja realizada, além de deixar o direito de ir e vir daqueles que utilizam a via prejudicado.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/879/indicacao_no_22_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/879/indicacao_no_22_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o serviço de coleta e transporte de lixo/resíduos sólidos seja realizado com mais frequência na comunidade Bem Querência._x000D_
 Justifica-se o pedido pois o caminhão responsável por esta coleta, segundo a informações de moradores locais, não vai até aquela localidade a mais de 01 (um) mês, ou seja lapso temporal grande e inadmissível. Tal situação gera a exposição do lixo nas vias da comunidade, de forma a ocasionar a proliferação de animais, podendo, assim, comprometer a saúde pública, além do mal cheiro que exala, principalmente com as altas temperaturas diárias e da bagunça ocasionada por animais como cachorros que reviram o lixo a procura de comida, espalhando grande sujeira pelo local._x000D_
 Sendo assim, solicita que a coleta seja realizada, ao menos, 02 (duas) vezes por semana no referido bairro.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/880/indicacao_no_23_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/880/indicacao_no_23_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a construção de uma nova pinguela (pequena Ponte) na biquinha d’água que fica na estrada que dá acesso a comunidade do Rio Abaixo._x000D_
 Tal ação se justifica pela necessidade de implantação desta nova pinguela, uma vez que a existente no local quebrou, dificultando o acesso das pessoas para matarem sua sede. Ressalta-se que a mina d’água existente no local é frequentada por nosso munícipes, que utilizam aquela estrada para praticar atividades físicas como corrida, caminhada e MTB, além disso vale destacar que tal bica fornece água para diversos trabalhadores rurais da região, que passam por ela para matar sua sede e encher suas garrafas.	_x000D_
 Por fim, destaco que o local  virou um ponto turístico de nosso município, o que faz aumentar o fluxo de pessoas visitando tal mina d’água. Ademais as foto anexas demonstram onde era a antiga pinguela, devendo a nova ser construída no mesmo local.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do Morro do Batuta. Tal ação justifica-se pelo atual estado de conservação do morro, que encontra-se cheio de buracos, de forma que o mesmo se tornou intransitável, haja vista a inclinação do local, é impossível que os veículos consigam trafegar por ali, pois as crateras existentes e que são advindas das águas da chuva não deixam._x000D_
 Vale ressaltar, que a via em que se encontra o referido morro é bastante utilizada em nosso município, pois a mesma o liga a comunidade do Sapé, para conseguirem trafegar e chegarem ao seus destinos, os usuários estão dando a volta por outra estrada, o que os atrapalha muito, por ser mais longe e fora de mão._x000D_
 Desta maneira, requer este subscrevente que o pleito seja analisado o mais breve possível pela Secretaria de Obras e Infraestrutura, vez que trata-se de um local que demanda uma manutenção urgente.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/882/indicacao_no_25_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/882/indicacao_no_25_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja reajustado o piso salarial do professores, conforme anunciado pelo MEC e pelo Presidente da República, com isso, a categoria passará a ter um novo piso salarial, que aumenta seus vencimentos em 33,24%, passando o salário base de R$ 2.866,00 (dois mil oitocentos e sessenta e seis reais) valor antigo ao valor de R$ 3.845,00 (três mil oitocentos e quarenta e cinco reais), entretanto deve ser levado em consideração o valor sobre a  proporcionalidade de horas trabalhadas, conforme dispõe o cargo municipal._x000D_
 Como é de conhecimento deste subscrevente conforme a Lei Municipal 1.922/2022 aprovada por esta Casa Legislativa em reunião extraordinária convocada para discussão do tema, os professores da rede municipal de nosso município terão o reajuste de 10,20% em seus salários, a título de recomposição, porém com o novo piso salarial, faz-se necessário a adequação do valor restante para que se adeque ao piso nacional.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/883/indicacao_no_26_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/883/indicacao_no_26_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de quebra-molas ou redutor de velocidade na Rua Rui Barbosa._x000D_
 Tal ação Justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, tem chegado ao conhecimento deste subscrevente diversas reclamações de moradores da localidade, informando que os condutores de veículos e motocicletas têm trafegado em alta velocidade pela via, colocando em risco a vida de pedestres e utilitários que utilizam a via na velocidade permite, ademais resta salientar ainda que no local já ocorreram diversos acidentes, e inclusive já levou pessoa a óbito, o mais recente acidente ocorreu na data de ontem, por imprudência de condutor.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/884/indicacao_no_27_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/884/indicacao_no_27_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reconstrução de uma ponte na comunidade do Montijo de Baixo, localizada próxima às residências dos Srs. Silvio Fortunato, Brás Geraldo (do açúcar), Joãozinho do Ataíde, entre outros._x000D_
 É de amplo conhecimento que o grande volume de chuvas que atingiu o nosso município nas últimas semanas, causando diversos problemas em nosso município, como pontos de alagamentos e degradação das estradas rurais, causadas pelo intenso volume de água._x000D_
 A presente indicação busca viabilizar o acesso à comunidade supracitada próximo a casa dos Srs. supracitados, tendo em vista que a ponte existente na estrada de acesso veio a ceder, gerando grande transtornos aos moradores desta localidade, os deixando impossibilitados de ir e vir normalmente, o que interfere diretamente no escoamento de produção agrícola e atividades rotineiras do dia a dia a qual depende do bom estado de conservação da via para locomoção.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_no_28_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_no_28_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a aplicação da camada asfáltica na comunidade da Serra do Camapuã, iniciando no alto da Caixa d’água até o trecho sentido Casa Grande, contemplando as ruas do centro do distrito. Na oportunidade, solicitamos também a implantação de uma praça no local, de modo que a população possa usufruir do espaço aos finais de semana, atendendo ao pedido dos moradores.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/886/indicacao_no_29_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/886/indicacao_no_29_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de outdoors na entrada da Serra do Camapuã, via MGC-383, bem como no limite do Município de Casa Grande, com os dizeres “Bem-vindo à Serra do Camapuã”, de modo a ser visualizado por todos os motoristas que trafegam por aquelas vias.  Na oportunidade, implantar também um sistema de iluminação nos equipamentos para ser visualizado no período noturno.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/887/indicacao_no_30_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/887/indicacao_no_30_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de dois quebra-molas na Rua da Praia, no local que recebeu o asfalto recentemente, de modo a diminuir a velocidade dos veículos naquela via, haja vista a circulação de crianças, idosos e animais no referido logradouro. Há que se registrar o acidente ocorrido recentemente, no qual houve a colisão de veículo com um poste. De modo a garantirmos a segurança de moradores e transeuntes, que se possa adaptar aquela via com os redutores de velocidade.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/888/indicacao_no_31_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/888/indicacao_no_31_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de diversas ruas nos bairros Batista de Oliveira, Sassafrás e Cachoeira._x000D_
 Tal ação justifica-se pela necessidade de manutenção de diversas vias desses bairros, vez que devido a ação das águas advindas das chuvas vários estragos ocorreram nas ruas destes referidos bairros, o que tem deixado a população destas localidades com uma dificuldade enorme de se locomoverem por estas ruas._x000D_
 Há de se ressaltar ainda que chegou ao conhecimento deste subscrevente que nos locais supracitados residem várias pessoas idosas e também pessoas deficientes, que estão diretamente prejudicados com a situação, vez que os carros não conseguem chegar até a porta de suas casas para transportá-los devida a condição em que se encontram as vias de tais bairros.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/889/indicacao_no_32_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/889/indicacao_no_32_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e a implementação de cascalho da estrada rural que  da comunidade da Campina, próximo a casa do Sr. Miguel._x000D_
 Tal ação justifica-se pelo mau estado de conservação da via, conforme demonstram as fotos anexas. Ocorre que os moradores da localidade estão diretamente prejudicado com a situação, inclusive vale ressaltar que há na comunidade diversos idosos e chegou ao conhecimento deste subscrevente que de 3 em 3 meses médicos se deslocam até a comunidade para realizar acompanhamentos e atendimentos e devido o atual estado da via, este tipo de atendimento está prejudicado._x000D_
 Resta salientar ainda que no mês de Janeiro deste ano estava prevista a visita destes médicos que foi inviabilizada pela condição de tráfego da estrada, jogando a nova data para o presente mês e que provavelmente não acontecerá, devido às chuvas e ao estado de conservação da referida estrada.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_no_33_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_no_33_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte na Comunidade do Camapuã, localizada na estrada que dá acesso a comunidade do Morro Grande._x000D_
 Tal ação justifica-se pelo estado de conservação da referida ponte, segundo informações que chegaram até este subscrevente, o cabresto da ponte cedeu e desta maneira necessita de reparo imediato. Ocorre que tal ação tem caráter de urgência uma vez que para os cofres públicos a manutenção da referida ponte é muito mais econômico do que a construção de uma nova na localidade e caso a manutenção não seja realizada a mesma vai desabar por inteiro, causando um prejuízo maior ao município e um enorme constrangimento aos moradores daquela localidade, que necessitam de tal ponte para se locomoverem e escoarem suas produções agrícolas.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted, Levi da Costa Campos</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_no_34_-_2022.pdf</t>
+    <t>Thiago Itamar "Ted", Levi da Costa Campos</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_no_34_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitamos que seja analisada a possibilidade deste executivo disponibilizar 02 (dois) banheiros químicos masculinos e femininos para utilização dos munícipes em eventos abertos ao público ocorridos em nosso município._x000D_
 Os banheiros químicos tem a finalidade de oferecer a população que transitam pelos eventos públicos ocorridos em nosso município um local adequado para que as pessoas possam fazer suas necessidades biológicas com segurança e higiene._x000D_
 Além do mais vale ressaltar que na maioria dos eventos que acontecem em nosso município carece destes banheiros, levando as pessoas a fazerem suas necessidades na rua, o que gera desconforto, odor e sujeira em nossas vias.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_no_35_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_no_35_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e aplicação de cascalho da Avenida Sócrates Machado no bairro Castro, localizada após o restaurante Café com Prosa, sendo a primeira entrada à direita, sentido sítio da Cidinha Confecções._x000D_
 Tal demanda justifica-se pela necessidade de manutenção da via, deve-se esclarecer que a ação das águas advindas das chuvas que atingiram nosso município no último mês, degradou bastante a via, pois as enxurradas levaram grande quantidade de lama para a mesma, além de deixar vários buracos._x000D_
 Ocorre que devido ao explanado acima, a condição da via é extremamente precária, tornando-a intransitável, para tanto deve este executivo municipal patrolar a mesma e realizar a aplicação de cascalho e a retirada das enxurradas, a fim de dar uma trafegabilidade digna no local, pois as famílias que ali residem estão sem condições de transitarem pelo local.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/893/indicacao_no_36_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/893/indicacao_no_36_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação contida na indicação de n°415/2021 deste mesmo subscrevente, para que seja realizado os devidos reparos no mata-burro de madeira localizado na estrada que dá acesso a comunidade do Moinho Velho (que também funciona como ponte, conforme demonstram as fotos em anexo, o mata-burro em questão está comprometido, as peças de madeira que compõe a sua base estão bastante deterioradas pela ação do tempo, estando aparentemente podres, ademais há de se observar que além da sua base que está comprometida há varias travessas que também estão na mesma situação e outras até ja se encontram quebradas, dessa forma o risco para aqueles que trafegam no local é iminente. _x000D_
 Ademais vale esclarecer que tal mata burro está instalado sobre um córrego, o que aumenta o risco de acidente, além de ressaltar que nessa época do ano a sua vazão é visivelmente aumentada por conta das águas advindas da chuva , o que aumenta o risco da estrutura ceder.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_no_37_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_no_37_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de estrada rural na comunidade do Moinho Velho, estrada essa utilizada para acesso das casas de 07 (sete) famílias, além de ser rota dos ônibus escolares._x000D_
 Tal ação justifica-se pelo estado de conservação da via, conforme pode se observar pela foto em anexo, a situação da estrada é precária, há um acúmulo de lama que vem impedindo a trafegabilidade naquele local, e para tanto deve implementado no local cascalho a fim de se restabelecer a  trafegabilidade da via o quanto antes, tendo em vista que como já explanado a estrada além de seu movimento normal volta a receber a linha escolar, que ficou sem utilizá-la por aproximadamente 02 (dois) anos, devido a pandemia do COVID-19 e que assim os estudantes que necessitam desta via não podem se prejudicar ainda mais e perder o retorno das aulas marcado para a próxima segunda-feira dia 07/02/2022 em todo nosso município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_no_38_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_no_38_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de estrada rural na comunidade da Serra do Camapuã, no ponto conhecido como Morro do Teteco._x000D_
 Tal ação justifica-se pelo estado de conservação da via, conforme pode se observar pela foto em anexo, a situação da estrada é precária, há um acúmulo de lama que vem impedindo a trafegabilidade no local local, impedindo que a produção agrícola seja escoada e que as pessoas possam se locomover._x000D_
 Há de se destacar o descaso com o homem do campo, que batalha no dia a dia para levar o alimento a mesa de todos os brasileiros, além de pagar seus devidos impostos em dia e tirar da terra o sustento de sua família, e que pela atual situação se vê impossibilitado de exercer suas atividades laborais e até mesmo sofre com os prejuízos causados pelo não escoamento de sua produção._x000D_
 Ademais vale ainda ressaltar, que na próxima semana, mais precisamente no dia 07/02, voltam às aulas em nosso município e que a referida estrada é utilizada para o transporte de alunos.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_no_39_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_no_39_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Estrada rural que liga a comunidade da Natividade dos Ferreiras a zona urbana de nosso município._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, o que torna a trafegabilidade da via impossível, neste sentido vale ressaltar que no dia de hoje, ocorre a volta da aulas presenciais em nosso município e chegou ao conhecimento deste subscrevente que pelo estado de conservação da referida estrada os alunos que ali residem não foram atendidos pelo transporte escolar, perdendo o dia letivo de hoje, o que ocorrerá com frequência se esta demanda não for resolvida o mais rápido possível._x000D_
 Ademais, esclareço que a veículo que faz esse transporte não consegue chegar ao ponto que precisa para pegar esses alunos, pois se o condutor tentar chegar até o ponto destes alunos o veículo fica agarrado e diretamente prejudica os outros estudantes.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_no_40_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_no_40_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural da Comunidade da Capela Olhos D’água, próximo ao poço artesiano da comunidade e também realizar a manutenção do poço artesiano que se encontra em péssimas condições pois a água do mesmo não foi devidamente canalizada para a população, e com as chuvas a mesma se encontra suja (barrenta)._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção na referida estrada, vez que no dia de hoje as aulas municipais retornaram, tendo residindo na comunidade diversos alunos que o transporte escolar não consegue atender devido a atual situação da via o que prejudica diretamente o ensino dessas crianças e adolescentes, além do mais esse problema gera um enorme prejuízo ao homem do campo, que devido ao estado de conservação da via fica impedido de escoar sua produção agrícola, refletindo diretamente na sua situação econômica.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_no_41_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_no_41_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte na Comunidade do Camapuã de baixo._x000D_
 Tal ação justifica-se pelo estado de conservação da referida ponte, segundo informações que chegaram até este subscrevente, o “braço” da ponte cedeu e desta maneira necessita de reparo imediato. Ocorre que tal ação tem caráter de urgência uma vez que para os cofres públicos a manutenção da referida ponte é muito mais barata do que a construção de uma nova na localidade, desta maneira a não manutenção da referida ponte pode acarretar no seu desabamento o que gerará um grande prejuízo aos cofres públicos, além do transtorno e prejuízos causados aos moradores da localidade, que dependem desta ponte para trafegarem e escoar suas produções agrícolas e não menos importante para levarem as suas crianças à escola, já que tal localidade é atendida pelo transporte público escolar.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_no_42_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_no_42_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o transporte escolar possa atender duas crianças residentes na comunidade do Olhos D’água._x000D_
 Tal ação justifica-se pela necessidade e pela distância que se encontra a residência destas crianças, sendo assim o Sr. Elione José de Asevedo pai destes, procurou este subscrevente com a presente demanda._x000D_
 Ocorre que a estrada de acesso a residência dos alunos é boa, dando para trafegar tanto no período chuvoso quanto na seca, e que na atual condição os alunos precisam andar 1,7 km até chegar ao ponto onde passa o ônibus. Neste contexto há de se ter  uma sensibilidade com a questão, vez que se tratando de crianças o que está em risco é sua segurança, vez que os pais não podem os acompanhar durante esta caminhada, haja vista que os dois precisam trabalhar e não podem largar suas atividades para acompanhá-los, além do mais deve ser lembrado a dificuldade encarada por essas crianças nos dias chuvosos, chegando a unidade de ensino molhados e sujos de barro.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_no_43_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_no_43_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reconstrução da ponte localizada na Comunidade de São José das Mercês, próximo a propriedade do Sr. Flávio do Marciano._x000D_
 Ocorre que a referida ponte encontra-se caída, conforme demonstram as fotos anexas cerca de 40 dias, e nada até o atual momento foi feito, ocorre que a situação que já estava complicada se tornou ainda mais, devido à volta as aulas, há diretamente afetadas duas crianças, que necessitam atravessar o local para frequentarem a escola diariamente._x000D_
 Vale ressaltar que a travessia das crianças se torna inviável, desta forma a solução encontrada pelos seus responsáveis é uma volta de aproximadamente 3km dentro de um pasto, de maneira a oferecer a estas crianças alta dificuldade de locomoção além de perigos como os bichos peçonhentos, tudo em prol das mesmas não se prejudicarem em sua vida escolar.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_no_44_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_no_44_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Ponte Funda, mais especificamente na localidade conhecida como morro do tamanduá._x000D_
 Tal ação justifica-se pelo estado de conservação da via, que se resta intrafegável, principalmente no ponto supracitado, desta maneira os utilitários estão totalmente prejudicados por não conseguirem se locomover._x000D_
 Ademais, vale ressaltar que na localidade residem diversas crianças, cuja qual dependem do transporte escolar municipal para irem até a escola e estudar, porém conforme já explanado a situação da via não deixa com que o transporte escolar transite por esta, impedindo a busca dessas crianças em suas casas ou nos pontos próximos._x000D_
 A solução para este período de chuvas encontrado pelos responsáveis destes alunos é andar a distância de 4km até onde o transporte está conseguindo transitar, para não prejudicar a vida escolar de seus filhos, o que acaba prejudicando sua rotina diária.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_no_45_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_no_45_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a Manutenção de Estrada Rural que leva a Comunidade da Camapuã, localizada próximo ao terreno do Sr. Maurilio Lopes da Silva._x000D_
 Tal ação justifica-se pela necessidade de manutenção, haja vista que há uma parte da estrada com risco de queda, conforme demonstra a foto anexa. Tal ação é imprescindível para garantir a trafegabilidade da via e o acesso a referida comunidade, ressalta-se que caso a estrada venha a ceder o tráfego será totalmente interrompido, prejudicando diversas pessoas, inclusive estudantes que dependem da via para que o transporte escolar consiga buscá-los.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_no_46_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_no_46_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção na ponte de madeira que liga a MG-270 a estrada rural que vai até Resende Costa, próxima a fazenda Bela Vista de propriedade do Sr. Vicente Coelho._x000D_
 Tal ação justifica-se pela necessidade de manutenção na referida ponte, cuja está numa estrada que liga nosso município ao município de Resende Costa, estrada essa de grande movimento e grande importância para nossos munícipes, especialmente por ser uma estrada que é importantíssima para o escoamento da produção agrícola._x000D_
 Vale ressaltar que a referida ponte impõe grande risco para aqueles que trafegam por ali, podendo a vir desabar e causar acidentes.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_no_47_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_no_47_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Rua do Fogo, estrada essa pertencente ao município de Entre Rios de Minas - MG._x000D_
 Tal ação justifica-se pelo estado de conservação da via, que está em péssimas condições de trafegabilidade, o ponto em questão encontra-se perto do acesso das propriedades dos Srs. Osiel, Venancio e outros._x000D_
 Vale esclarecer que chegou ao conhecimento deste subscrevente que basta uma pequena chuva para que o tráfego do local seja interrompido, pois o barro causado pelas águas advindas das chuvas deixa a referida via um verdadeiro atoleiro, impossibilitando assim a trafegabilidade do local, o que atrapalha diretamente o direito de ir e vir dos cidadãos da comunidade e também o escoamento da produção agrícola local.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_no_48_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_no_48_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a comunidade do Castro a comunidade do Boieiro, sentido ferrovia do aço._x000D_
 Tal ação justifica-se pela necessidade de manutenção da via, conforme demonstra na foto em anexo, a mesma se encontra sem possibilidade de tráfego, uma vez que devido ao período chuvoso o qual atravessamos o local se transformou num verdadeiro atoleiro, o que tem impedido o produtor rural e os moradores da localidade de se locomover normalmente e de escoar sua produção agrícola, o que gera enorme prejuízos para estes._x000D_
 Desta maneira, solicita este subscrevente que a demanda seja apreciada pela Secretaria de Obras e Infraestrutura o mais breve possível e a manutenção de tal localidade seja realizada.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_no_49_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_no_49_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção de 02 (dois) mata-burros de madeira, na comunidade do Mata Bois._x000D_
 Tal ação justifica-se pelo estado de conservação dos supramencionados mata-burros, que como já dito são de madeira e estão com suas travessas quebradas, o que inviabiliza o tráfego pelo local, deixando prejudicado todos aqueles que dependem da via, além de poder ocasionar acidentes.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_no_50_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_no_50_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado pela Secretaria de Obras e Infraestrutura um estudo no município de como esta a condição de trafegabilidade pelas nossas estradas rurais._x000D_
 Desta forma, a sugestão é que a Secretaria de Obras e Infraestrutura possa visitar toda comunidade de nosso município, vendo de perto as condições de suas vias de acesso e ouvindo da população quais os pontos mais críticos._x000D_
 Tal ação justifica-se pela necessidade de fazer um levantamento sobre as condições dessas vias, para que posteriormente seja montado um cronograma para manutenção destas, devendo ser colocado como prioridade as mais movimentadas e as que estejam em pior estado de trafegabilidade, devendo ainda este levantamento apontar quais pontos de quais vias necessitam da implementação de insumos como cascalho ou escória.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_no_51_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_no_51_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção no estacionamento da Creche Municipal._x000D_
 Tal ação se justifica pela necessidade de manutenção no local, haja vista que conforme fotos em anexo, abriu-se uma cratera no local, que inclusive já ocasionou um acidente com um carro que ali estava estacionado, devendo esta ação ser imediata para que não ocorram mais acidentes._x000D_
 Desta maneira, deve o local ser isolado pelo município, que deve instalar no local faixas que indicarão a impossibilidade de estacionamento naquela localidade, alertando os motoristas do perigo existente no local._x000D_
 Ademais, esclarece este subscrevente que a pavimentação asfáltica do local é recente e que desta maneira é certo que a empresa que realizou o serviço deve prestar assistência e reparar o local, uma vez que certamente a obra estar no período de garantia quinquenal, como determina a legislação vigente, e desta maneira o município não terá gasto com tal reparação.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_no_52_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_no_52_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de estrada rural que liga a comunidade do Brumadinho à comunidade da Rua do Fogo. Tal manutenção deve ser realizada nesta via, exatamente na comunidade dos Ferreiras._x000D_
 A ação justifica-se pela necessidade de manutenção da via, que encontra-se em péssimo estado de conservação dificultando a trafegabilidade daqueles que necessitam utilizá-la._x000D_
 Deve-se ressaltar ainda, que no presente momento temos um agravante desta demanda, com o retorno das aulas municipais ocorridas no dia 07/02/2022 os moradores da localidade que dependem do transporte escolar estão diretamente prejudicados, uma vez que os motoristas destes escolares não conseguem transitar pela via e muita das vezes se recusam pois qualquer dano nos veículos tem de ser reparados por estes, além do medo de perder seu emprego por qualquer eventualidade ocorrida com o veículo público.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_no_53_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_no_53_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural da Rua do Fogo, que dá acesso a casa da Sra. Maria das Sementes e outras._x000D_
 Tal ação justifica-se pela necessidade de manutenção da via, conforme demonstra foto em anexo, parte da estrada cedeu, provocado pelo aumento do volume das água, causada pelo período chuvoso que atravessamos. Desta maneira os moradores daquela localidade estão ilhados, e não conseguem realizar nenhum tipo de atividade que depende da referida estrada, deixando assim de escoar aquilo que produz, de realizar seus afazeres diários e de mandar seus filhos para as escolas, vez que o tráfego está totalmente interrompido no local.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_no_54_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_no_54_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural da comunidade do Mata Bois, pelas proximidades do sítio do Sr. Sandrinho._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via (conforme demonstram as fotos anexas): há buracos enormes no local e os veículo tem que desviar destes para trafegar. Entretanto, com as chuvas, a situação tem piorado bastante pois a estrada fica escorregadia, direcionando os veículos para esses buracos, além dos atoleiros que se formam pela ação do barro, o que causa acidentes e gera prejuízos aos condutores._x000D_
 Ademais, vale ressaltar ainda que devido ao começo do ano letivo, vários estudantes que residem na comunidade estão prejudicados com a situação pois o transporte escolar não consegue transitar pela via, devido aos buracos nela existentes e devido ao barro que se forma com as águas advindas da chuva.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_no_55_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_no_55_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e implementação de cascalho na estrada rural que dá acesso a comunidade da Ponte Funda, próximo a propriedade do Sr. Chico Rato._x000D_
 Tal ação justifica-se pelo mal estado de conservação da referida via, o que tem deixado a mesma intrafegável, ocorre que tal via é de suma importância para os moradores daquela localidade, por ser a estrada principal que liga a comunidade até a MG-270 para se chegar a área urbana de nosso município e por onde escoa a produção agrícola e o transporte escolar._x000D_
 Acontece que primordialmente neste período chuvoso que atravessamos, a situação da via tem piorado bastante, com vários buracos e atoleiros, conforme demonstra foto anexa, e poucos veículos conseguem por ali transitar, além disso vale esclarecer que com a volta às aulas diversas crianças estão prejudicadas, pois o ônibus que realiza o transporte escolar dessas crianças não consegue subir nesse morro, perto da propriedade do Sr. Chico Rato.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_no_56_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_no_56_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de cascalho na estrada rural localizada na comunidade dos Coelhos, localizada perto da propriedade do Sr Célio Silva Campos. _x000D_
 Tal ação justifica-se pelo atual estado de conservação da via, conforme demonstram as fotos anexas, recentemente no local houve o patrolamento, porém não foi implementado o insumo necessário, qual seja o cascalho, deixando a terra totalmente solta após o patrolamento, o que causou no local um verdadeiro atoleiro._x000D_
 Desta maneira, o local tornou-se intransitável, nenhum tipo de veículo consegue passar por esta parte da via, esclareço ainda que recentemente a máquina da prefeitura teve que se deslocar até o local para socorrer um veículo que ficou agarrado nesta parte da via, neste contexto demonstra a necessidade da aplicação do insumo o mais breve possível, pois tem a atual situação tem afetado diretamente a trafegabilidade do local, o escoamento da produção agrícola e o transporte escolar.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/914/indicacao_no_57_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/914/indicacao_no_57_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a devida sinalização na Rua Maestro Osório._x000D_
 Tal ação justifica-se pela imprudência de vários motorista que por ali trafegam e não respeitam o fato da via ser mão única, desta maneira tal fato chegou ao conhecimento deste subscrevente, através de reclamação da população via programa de rádio que foi ao ar dia 10/02/2022, devendo o poder Executivo tomar as devidas providências, reforçando a sinalização da via e pedindo apoio a Polícia Militar, para notificar aqueles que ainda vierem a desrespeitar as regras de tráfego da via, pois na atual condição está passível de ocorrer acidentes.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/915/indicacao_no_58_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/915/indicacao_no_58_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural e a limpeza de suas margens, que dá acesso a comunidade do Camapuã de Cima, perto das proximidades da fazenda Itanguá._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, ademais resta esclarecer que além disto a suas margens estão sujas e muitos galhos estão caindo na via, razão pela qual necessita de uma limpeza em suas margens._x000D_
 Vale ressaltar ainda, que tal estrada faz parte do trajeto escolar de nosso município e que devido ao mal estado de conservação  da via, o ônibus responsável pelo transporte escolar não consegue chegar a alguns lugares, o que prejudica por si só os alunos que nestes locais residem, desta maneira cito o exemplo que chegou ao conhecimento deste subscrevente, através do programa de rádio que foi ao ar dia 10/02/2022, que há um aluno residente nas proximidades da fazenda Itanguá que não vem as aulas em dias chuvosos, pois o transporte não consegue transitar ali para buscá-lo.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_no_59_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_no_59_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca do mata-burro localizado na comunidade da Água Limpa da Acaiuaba, mata-burro este que fica após a ponte na estrada principal próximo a propriedade do Sr. João Gervaz._x000D_
 Tal ação justifica-se pois o referido mata-burro foi levado pelas águas advindas da chuva, o que deixou as pessoas impedidas de utilizar a referida estrada. Neste contexto, vale ressaltar que a via é de suma importância, vez que através dela é realizado o escoamento da produção agrícola e pecuarista da localidade, inclusive diariamente transita por ela os caminhões que recolhem leite, produto altamente perecível, o que causará grande prejuízo aos produtores por seu não recolhimento._x000D_
 Desta maneira, deve a demanda ser analisada o mais breve possível e o referido mata-burro reinstalando imediatamente, afim de fornecer a via novamente condições de trafegabilidade, não causando assim prejuízo para aqueles que dependem dela.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/917/indicacao_no_60_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/917/indicacao_no_60_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja feito o passeio da Rua Antônio R. Filho, beirando a casa da Sra. Ormezinda e seja reparado o passeio do lado oposto, conforme demonstra as fotos anexas e a implementação de iluminação em um poste da referida rua, o qual está sem lâmpada._x000D_
 Tal ação justifica-se pela necessidade de implementação e reparação destas calçadas, haja vista que a referida Rua é o acesso principal ao bairro Tira Couro, há de se esclarecer que o lado que faz divisa com a Sra. Ormezinda nunca possuiu calçada o que dificulta muito a locomoção para entrada no bairro, que inclusive há diversos idosos que por ali necessitam transitar, e desta forma os mesmos transitam pela rua, o que pode inclusive causar vários acidentes._x000D_
 Ademais, a outra ação indicada refere-se a um poste que passa a rede elétrica, cujo qual é de madeira, e que não possui iluminação, deixando aquele local escuro e perigoso, deixando as pessoas que por ali necessitam transitar à noite inseguras.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/918/indicacao_no_61_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/918/indicacao_no_61_-_2022.pdf</t>
   </si>
   <si>
     <t>Reiterar a solicitação formalizada por este vereador através do Requerimento nº 18, de 02 de fevereiro de 2021, a qual demanda ao Município a aplicação da Lei nº 791/1989, Código de Posturas do Município, de modo a acionar os proprietários de animais abandonados pelas ruas do Bairro Sassafrás, fato que perdura até a presente data, com um rebanho de animais soltos pelas vias. A proibição é expressa nos seguintes artigos da Lei:_x000D_
 _x000D_
 “Art. 50 - É expressamente proibido nas ruas da cidade, vilas, povoados e distritos do Município:_x000D_
 I –  ..._x000D_
 II –  …._x000D_
 III – Conduzir ou conservar animais sobre os passeios ou jardins;”_x000D_
    ….._x000D_
 Art. 87 -  …._x000D_
 §1º - ..._x000D_
 §2º - Correrão por conta exclusiva dos proprietários ou possuidores a construção e conservação das cercas para conter animais domésticos, que exijam cercas especiais._x000D_
    ……._x000D_
 Art. 90 – Os animais, ainda que sejam de raça, quando não procurados no prazo de 10 (dez) dias, serão vendidos em hasta pública, precedida da necessária publicação.”</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/919/indicacao_no_62_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/919/indicacao_no_62_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de equipe de Conservas para cada comunidade rural, a fim de melhorar o estado de conservação de nossas vias._x000D_
 Tal ação tem por escopo o acompanhamento deste nobre subscrevente das situações de nossas estradas rurais, situação essa que é debatida em toda reunião desta Casa Legislativa._x000D_
 Desta maneira, torna-se viável uma equipe de Conservas para cada comunidade, pois esses profissionais farão o serviço preventivo de manutenção destas vias, tais como:_x000D_
 Roçada;_x000D_
 Limpeza de esgoto;_x000D_
 Retirada de enxurrada; _x000D_
 retirada de barrancos; _x000D_
 poda de galhas;_x000D_
 limpeza de mata-burros, entre outros._x000D_
 Assim, o executivo terá um gasto muito inferior ao atual, e a manutenção com maquinário específico como a passagem de motoniveladora (patrol) será muito menor tendo em vista essa conservação, e consequentemente a trafegabilidade de nossas estradas será garantida, preservando o direito de ir e vir de nossos munícipes.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_no_63_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_no_63_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção de um mata-burro na comunidade da Cachoeirinha, localizado na divisa da propriedade do Sr. Luiz Miranda com o Sr. Emerson filho do Sr. Geraldo._x000D_
 Tal ação justifica-se pelo mal estado de conservação do referido mata-burro, conforme demonstra a foto anexa, o mesmo é de madeira e encontra-se com várias travessas quebras, o que pode gerar acidentes e interromper a trafegabilidade da via, ja que no local a grande circulação de carros, caminhoes e máquinas agrícolas._x000D_
 Desta maneira, faz-se necessário a intervenção do poder público imediatamente, antes que aconteça algum acidente e consequentemente interrompa a trafegabilidade no local.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_no_64_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_no_64_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja contratado um funcionário que pertença a comunidade da Ponte Funda, para que o mesmo possa realizar o serviço de manutenção preventiva nas estradas daquela região._x000D_
 Este serviço tem o objetivo de manter as estradas em condições de trafegabilidade e segurança para os motoristas e pedestres.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Joãozinho Cricri</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_no_65_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_no_65_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município execute fielmente a aplicação da Lei nº 791/1989, Código de Posturas do Município, de modo a acionar os proprietários de animais abandonados pelas ruas de praticamente todos os Bairros da cidade, dentre os quais cito a Vargem do Engenho, Sassafrás, Vila São Vicente e outros localizados nas extremidades da cidade, fato que perdura até a presente data, com um rebanho de animais soltos pelas vias._x000D_
 Neste contexto vale ressaltar que a proibição de tais fatos é expressa conforme dispõe os seguintes artigos da Lei 791/1.989._x000D_
 Diante o exposto solicita este subscrevente que a lei supracitada seja aplicada em todos os seus termos, e que desta maneira o executivo tome as devidas providências para o recolhimento destes animais que se encontram soltos pelas vias de nossa cidade.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_no_66_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_no_66_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reinstalação do sistema de Câmeras que existia no almoxarifado._x000D_
 Tal ação visa uma maior segurança do local, de modo a garantir os cuidados com o bem público, segundo o que reza o princípio da eficiência, compilado no texto constitucional em seu Art. 37, é de conhecimento deste subscrevente que no local já existiu tal sistema, motivo pelo qual solicita sua reinstalação._x000D_
 Como é de conhecimento mútuo o local abrange grande parte dos bens público móveis de nosso município e desta maneira a reinstalação deste sistema de Câmera aumenta a segurança do local e até mesmo o cuidado dos funcionários públicos com o bem que trabalha, além do mais o chefe do poder Executivo Municipal (Prefeito) terá novamente uma ferramenta ao seu alcance para saber o que ocorre diariamente neste local, de modo a efetivar a sua cobrança para com seus funcionários._x000D_
 Desta maneira a reinstalação deste sistema de Câmeras é visto como primordial por este subscrevente.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_no_67_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_no_67_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a limpeza de lotes que estão situados na Rua dos Expedicionários, compreendidos em frente ao Posto Marzano._x000D_
 Tal ação justifica-se pela necessidade de limpeza do local, a ser realizada por seus proprietários, porém os mesmos devem ser notificados pelo Executivo, para que dentro do prazo estabelecido por este, realizem a limpeza do local._x000D_
 Conforme se observa nas fotos anexas, o local está tomado pelo mato, além do mais trata-se de casa e terreno inventariado pelo patrimônio histórico do município, cuja qual parte está totalmente atingida pela ação do tempo, motivo pela qual coloca as pessoas que transitam pelo local em estado de perigo, vez que parte de seu muro já cedeu e a outra parte está prestes a ceder._x000D_
 Ademais vale ressaltar que o local se encontra ermo, sendo de fácil acesso para aquelas pessoas que pretendem praticar atos ilícitos, como uso de drogas e afins (observa-se no local um trilho, provavelmente feito pelo trânsito de pessoas).</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção paliativa dos pontos mais críticos de todas as estradas rurais de nosso município._x000D_
 Tal ação justifica-se pela necessidade desta manutenção paliativa, buscando a devolver a trafegabilidade dos pontos mais críticos de nossas vias rurais. Neste contexto vale esclarecer, que o fluxo de veículos em nossas estradas rurais é grande, pois as pessoas que residem nas comunidades rurais necessitam dessas vias para realizar suas atividades diárias, como atenção à saúde, escoamento de sua produção agrícola, resolução de seus problemas particulares na zona urbana de nosso município e o acesso à educação, ponto este que merece ser destacado, pois retornamos as aulas presenciais no último dia 07/02/2022.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um poste de energia elétrica e de uma ponte, localizados na comunidade do Camapuã._x000D_
 Tais ações justificam-se pelo estado em que se encontra o referido poste, quase caindo, podendo ser na via ou no rio, o que pode gerar algum acidente e interromper o fornecimento de energia elétrica para os moradores daquela região, outro ponto a se esclarecer é a ponte supracitada, que encontra-se na estrada de acesso a região e que aparentemente está prestes a desabar, conforme chegou ao conhecimento deste subscrevente no programa de rádio que foi ao ar dia 10/02/2022, o que caso ocorra, deixará os moradores da localidade sem o seu acesso a comunidade.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_no_70_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_no_70_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma antena de sinal telefônico no bairro Castro._x000D_
 Tal ação justifica-se pelas reiteradas cobranças da população sobre o tema, o que foi reiterada a este subscrevente mais uma vez no programa de rádio que foi ao ar no dia 10/02/2022, desse modo, esclareço que o pleito desta população é antigo, e se faz necessária a implementação desta antena no local, vez que facilitará a comunicação daqueles que ali residem, possibilitando até uma comunicação mais ágil com os serviços de saúde, segurança pública, entre outros.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_no_71_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_no_71_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o estudo sobre a possibilidade dos pacientes que fazem tratamento de Radioterapia fora de nosso município possam ser transportados em carro somente destinado a este fim._x000D_
 Tal ação justifica-se pela situação em que se encontra estes pacientes, que dependem desses transporte intermunicipal, e pelo estado debilitado de saúde em que se encontram, ao irem até outras cidades, dependem de esperar todos os pacientes terminarem seus atendimentos para voltarem a nossa cidade, desta maneira, ficam mais debilitados do que já estão, pois o tratamento que estão se submetendo é de alta complexibilidade e de alto desgaste.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_no_72_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_no_72_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de todas as vias do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de manutenção dessas vias, que encontram-se no péssimo estado de conservação, sendo certo que a maioria das vias deste bairro não possui nenhum tipo de pavimentação, e que devido ao período de chuvas o qual atravessamos, tem se deteriorado ainda mais, deixando a trafegabilidade do local muito ruim, e consequentemente a locomoção de seus moradores.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_no_73_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_no_73_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja pleiteado junto a Companhia de Saneamento de Minas Gerais (COPASA) a melhoria no fornecimento de água ao bairro Castro._x000D_
 Tal ação justifica-se por este antigo pleito da população local, que convive diariamente com o descaso da companhia no fornecimento deste serviço necessário à manutenção de toda vida, pagando corretamente pelo que se consome e recebendo uma água de péssima qualidade, devendo o executivo pleitear junto à COPASA para melhoria do serviço ofertado.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/931/indicacao_no_74_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/931/indicacao_no_74_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a melhoria da iluminação pública do bairro Vargem do Engenho._x000D_
 Tal ação justifica-se pela necessidade de melhoria na iluminação pública do referido bairro, que não foi trocada ainda, conforme o restante da cidade, pleito este advindo da população local, através do programa de rádio exibido no dia 10/02/2022.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_no_75_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_no_75_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza da calçada de acesso à Escola Municipal “Dom Oscar de Oliveira”._x000D_
 Tal ação justifica-se pelo pleito de uma monitora do transporte escolar, a qual informou a este subscrevente que devido a quantidade de terra que há no local, motivo com que faz as crianças utilizarem a rua para desviar deste empecilho, e automaticamente as colocam em risco.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_no_76_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_no_76_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de algumas lâmpadas no bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de troca das referidas lâmpadas, vez que há no bairro vários postes sem a devida iluminação, atrapalhando a circulação de pedestres no local, além de aumentar os riscos à segurança de cada morador e daqueles que por ali transitam.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_no_77_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_no_77_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja pleiteado junto a COPASA a implementação de um novo ponto de captação para água que consumimos em nosso município._x000D_
 Há de se esclarecer que a cobrança é antiga e que recentemente o tema foi discutido, tendo como base que a companhia estava com seu contrato vencido e não poderia realizar novos investimentos, porém, recentemente seu contrato foi renovado, motivo pelo qual deve o poder Executivo cobrar essa melhoria, com a troca do ponto de captação d’água.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de placas de proibido estacionar ao longo da Rua Amador de Souza Leão, no bairro Vargem do Engenho, próxima a entrada do pesque e pague._x000D_
 Tal ação justifica-se pelo estado em que se encontra o trânsito ali, principalmente nos finais de semana, pelo fato de tal via ser estreita, chegou ao conhecimento deste subscrevente que várias pessoas tem parado seus carros de em qualquer lugar da via, para acessarem o referido pesque e pague, acontece que assim os moradores ficam impedidos de retirarem seus carros de suas casas o que tem causado grande constrangimento_x000D_
 Desta maneira, a instalação de placas de proibido estacionar no local se faz necessário, de modo a ser analisada primeiro pelo setor de trânsito.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_no_79_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_no_79_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e a implementação de cascalho na estrada que liga a comunidade da Bem Querência à comunidade do Colônia._x000D_
 Tal ação justifica-se pela necessidade de manutenção da referida via, conforme demonstram as fotos anexas, a via está totalmente deteriorada e desta maneira a sua trafegabilidade está comprometida, acontece que pelo período chuvoso que atravessamos, basta uma pequena chuva para que o atoleiro se forme em vários pontos da via, situação essa que interfere direto no direito de ir e vir dos munícipes, nos escoamento de sua produção e em suas atividades diárias.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_no_80_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_no_80_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada que liga a comunidade da Bem Querência a comunidade da Mata dos Pachecos, inclusive a manutenção da ponte existente na estrada._x000D_
 Tal ação justifica-se pela necessidade de manutenção da via, conforme demonstra as fotos em anexo, a estrada está em péssimas condições de trafegabilidade, inclusive a ponte existente está com suas travessas quebradas, o que gera um grande risco a todos aqueles que por ela necessitam passar._x000D_
 Neste contexto vale ressaltar, que a manutenção deve ser imediata, antes que algum acidente venha a ocorrer, podendo vir a machucar alguém e causar prejuízos enormes, situação essa que interfere direto no direito de ir e vir dos munícipes, nos escoamento de sua produção e em suas atividades diárias.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_no_81_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_no_81_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e implementação de cascalho na estrada rural que liga a zona urbana de nosso município a comunidade do Sapé, tal ação deve ser realizada em dois pontos críticos, sendo eles, o morro do Rodão (dos dois lados) e o morro do batuta._x000D_
 Tal ação justifica-se pela necessidade de manutenção desta importante via de nosso município, haja vista o mal estado de conservação em que a mesma se encontra. _x000D_
 Desta maneira, há de se destacar que a via é de grande fluxo, onde diariamente um número grande de pessoas a utiliza para vir trabalhar na zona urbana de nosso município, não menos importante, a via também é parte da rota do transporte escolar, cujo qual também está prejudicado com a situação. Neste contexto vale lembrar ainda que a supracitada via é utilizada também para o escoamento de toda produção agrícola daquela região, e que no atual estado em que a mesma se encontra, todas as atividades mencionadas estão diretamente prejudicadas.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_no_82_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_no_82_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado em urgência a manutenção das manilhas de esgoto que desembocam no Córrego do Batata, ao final Rua Albanito Vaz._x000D_
 Tal ação justifica-se pela situação enfrentada pelos moradores da localidade, segundo a Sra. Eroina da Cruz de Oliveira, que prontamente procurou este subscrevente, no local há uma problemática antiga, cuja qual já foi motivo de diversas indicações e requerimentos, informando ao executivo que no local há o despejo de esgoto diretamente no Rio Brumado e que as manilhas que levam esse esgoto até o referido rio estão caindo e o local se transformando em uma verdadeira cratera._x000D_
 Acontece que, atualmente, segundo a Sra. Eroina, a situação tem se agravado, pois com o período chuvoso o volume de água do referido rio tem aumentado bastante e assim tem arrastado manilhas e causado desbarrancamento, além de açoriá-lo, e por consequente há várias residências em risco eminente e o poder público até o presente momento nada fez.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_no_83_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_no_83_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção na ponte localizada na estrada de acesso a comunidade do Camapuã de Cima, ademais solicita que seja realizada a troca de um poste que se encontra próximo ao local, pois está localizado num barranco e o mesmo está cedendo._x000D_
 Desta maneira a manutenção da ponte se faz necessária para garantir a segurança e a trafegabilidade da via, uma vez que caso não seja realizada a mesma a ponte pode vir a desabar e assim interromper o tráfego na via, o que prejudicará de imediato aos moradores da localidade e aqueles que dependem de trafegar por ali, pois a via é responsável pelo escoamento da produção agrícola da comunidade e faz parte também do trajeto escolar, ou seja, é imprescindível a sua manutenção.,</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_no_84_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_no_84_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido para que seja realizado o cascalhamento da estrada rural que liga a comunidade da Vargem da Alegria a comunidade do Colônia, passando por dentro._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, necessitando do encascalhamento de forma urgente, pois no atual período chuvoso em que estamos a estrada se restou sem condições de trafegabilidade. Desta maneira, há pontos mais críticos e em especial destaco aqui o acesso a casa da Sra. Dona Preta, viúva do Sr. Lulu e de seu filho Luciano e de seu genro Tavinho. Ressalto esse acesso pois a Dona Preta é deficiente, e utiliza cadeira de rodas, desta maneira para conseguir sair de sua propriedade para vir à cidade em razão de médicos e problemas pessoais necessita que o veículo a busque na porta de sua casa, situação está impossível pelo atual estado de conservação da referida idade.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_no_85_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_no_85_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de passagem elevada na Rua são José em frente a Igreja Assembléia de Deus de Madureira._x000D_
 Tal ação justifica-se pela necessidade de instalação da passagem elevada, haja vista o fluxo intenso de veículos e pessoas no local, tendo a necessidade da instalação desta passagem elevada para manter a segurança aos pedestres na travessia da via, ressalta-se ainda a velocidade em que os condutores trafegam na via, sendo incompatível com a permitida, o que pode causar diversos acidentes._x000D_
 Neste contexto, a implementação da referida passagem elevada, também será de valia para a reeducação dos condutores ao transitarem pelo local, inibindo assim essas infrações e futuros acidentes.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_no_86_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_no_86_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de estrada rural na comunidade do Montijo, próximo a casa do Sr. José de Campos Chagas._x000D_
 Tal ação justifica-se pela necessidade de manutenção de tal via, que devido ao período chuvoso que atravessamos se deteriorou, tendo que se realizada a retirada de enxurrada que está descendo na mesma, pois desta maneira a força da água vem abrindo grandes valetas, as quais impossibilitam uma boa trafegabilidade no local, podendo até causar acidentes e prejuízos para aqueles que necessitam trafegar por ali._x000D_
 Desta maneira, a reparação se faz necessária, a fim de devolver aos utilitários da via uma boa condição de trafegabilidade.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_no_87_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_no_87_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural na comunidade do Colônia, estrada essa que dá acesso a casa do Sr. Hortêncio e de seus filhos._x000D_
 Tal ação justifica-se pela necessidade de manutenção da via, conforme demonstram as fotos anexas. _x000D_
 Ocorre que devido as fortes chuvas que atingiram nosso município nos últimos dias, árvores caíram na via, e houve o deslizamento de terra, fatos esses que levou a interromper totalmente o tráfego na via, desta maneira a manutenção tem caráter de urgência, vez que o escoamento da produção leiteira do Sr. Hortêncio está diretamente prejudicada, o que gera enormes prejuízos diários a ele, pois o caminhão que faz o recolhimento deste produto altamente perecível não está conseguindo acessar o local, além disso em casos de urgência e emergência os serviços públicos destinados a isso, não poderá atendê-los.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_no_89_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_no_89_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e a implementação de cascalho na estrada que liga a comunidade da Serra do Camapuã ao Município de Lagoa Dourada._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, o que tem atrapalhado diretamente a locomoção de nossos munícipes, além de comprometer o tráfego de máquinas agrícolas e consequentemente a escoação da produção rural de toda a região._x000D_
 Há de se destacar que a manutenção a ser realizada, compreende-se somente no trecho que pertence ao nosso município.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e a implementação de cascalho na estrada rural que liga a comunidade do Mata Bois a comunidade da Acauiaba, devendo considerar todas as vias vicinais existentes neste trecho._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, o que tem dificultado o acesso dos moradores locais e o tráfego pela via, atrapalhando assim todos que dela dependem para desenvolver suas atividades diária, como o simples fato de vir a zona urbana de nosso município resolver seus assuntos pessoais como o próprio escoamento da produção agrícola, o que gera transtorno e prejuízos a todos os moradores da comunidade em questão._x000D_
 Portanto a demanda merece ser analisada o mais breve possível, a fim de devolver a trafegabilidade da via e restabelecer o direito de ir e vir de todos que necessitam transitar por ali.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/947/indicacao_no_91_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/947/indicacao_no_91_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória na comunidade da Serra do Camapuã, no acesso a casa do Sr. Neném._x000D_
 Tal ação se justifica pela necessidade da implementação do referido insumo, haja vista que o local encontra-se sem condições de trafegabilidade, vez que devido ao período chuvoso que atravessamos, o acesso a casa do Sr. Neném se deteriorou e desta maneira sem a implementação deste insumo não há como acessar a sua residência, o que vem, diariamente, causando-lhe transtorno e prejuízos, uma vez que não consegue escoar sua produção agrícola e muito menos consegue exercer livremente o seu direito de ir e vir._x000D_
 Diante o exposto, solicita este subscrevente atenção ao pedido que ora vos apresento, esclarecendo a necessidade da implementação deste insumo o mais breve possível.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e a implementação de cascalho na estrada rural que liga a comunidade do Mata Bois a comunidade da Acauiaba, próxima a chegada do povoado da Acaiuaba, ademais solicita que os mata-burros que se encontram quebrados na via sejam retirados e/ou trocados._x000D_
 Tal ação justifica-se pelo mau estado de conservação da via, o que tem dificultado o acesso dos moradores locais e o tráfego pela via, desta maneira, há de se ressaltar que na localidade existem várias pessoas idosas como os Srs(as).  Antônio do Vicentinho, Duduca, Zinho do João Lima e Chico Rosa, que necessitam diretamente de veículos para conseguirem sair de suas casas, visando resolver seus problemas particulares e as questões de saúde na zona urbana de nosso município._x000D_
 Ocorre que do jeito em que se encontra a referida via, esses moradores estão totalmente impedidos de trafegar, devido ao período chuvoso e o barro que se formou na estrada.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_no_93_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_no_93_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção e a implementação de cascalho na estrada que liga a área urbana de nossa cidade a comunidade do Gambá._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, o que tem atrapalhado diretamente a locomoção de nossos munícipes, além de comprometer o tráfego de máquinas agrícolas e consequentemente a escoação da produção rural de toda a região, não menos importante a situação está interferindo diretamente no transporte escolar.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que fica logo após a entrada da comunidade da Ponte Funda, sendo a primeira a esquerda sentido o município de Desterro de Entre Rios - MG._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, conforme demonstra as fotos em anexo, a via está totalmente deteriorada, e devido ao período chuvoso que atravessamos a mesma se tornou intransitável, desta maneira tem causado constrangimento e prejuízos aos produtores rurais, que não conseguem escoar sua produção agrícola e nem passar com seus carros para virem a zona urbana de nosso município resolver seus problemas pessoais.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua Laranjeiras, em frente a casa do Sr. João Torquato._x000D_
 Tal ação justifica-se pelo estado de conservação da referida rua, conforme demonstra foto em anexo, o calçamento vem cedendo gradativamente, formando um buraco na via, o que interfere diretamente em sua trafegabilidade, podendo a vir gerar acidentes e prejuízo aos condutores.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/952/indicacao_no_96_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/952/indicacao_no_96_-_2022.pdf</t>
   </si>
   <si>
     <t>Analisar a possibilidade da interrupção do trânsito de Carretas, Caminhões truck e ônibus na Rua Frederico Ozanan, uma vez que trata-se de uma via estreita, que vai às margens do hospital Cassiano Campolina, sendo que nesta referida rua há um Laboratório, local onde recentemente foi instalado uma placa autorizando a parada de veículos pelo prazo máximo de 10 minutos._x000D_
 Esta subscrevente entende que o local é inapropriado para estacionar, como já é proibido na via, e tal parada de fora do laboratório se torna necessária, haja vista a dificuldade de locomoção que algumas pessoas possuem, dentre elas, idosos e deficientes, sendo tal ação extremamente necessária para atender a essas pessoas._x000D_
 Entretanto vale esclarecer que devido a esta parada na rua, o trânsito no local vira um caos e o barulho destes veículos supracitados incomoda diretamente ao hospital e aos seus pacientes, que já se encontram na maioria das vezes debilitados, gerando então grande transtorno.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/953/indicacao_no_97_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/953/indicacao_no_97_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na comunidade do Moinho Velho, tal mata-burro funciona tambem como ponte, haja vista estar instalado acima de um córrego._x000D_
 Tal ação justifica-se pelo mal estado de conservação do referido mata-burro, conforme demonstra as fotos em anexo. O supracitado mata-burro é de madeira e com isso suas “travessas” estão quebradas, compromentendo toda sua estrutura e impedindo com que o tráfego no local seja normal, pois há a ressalva dos utilitários da via em utilizá-lo haja vista o risco de acidente, desta maneira a trafegabilidade do local esta comprometida, vez que pela via passam vários tipos de veículos, entre eles os de carga, que escoam a produção agrícola dos produtores da localidade e assim tal problema tem gerado grande risco e constragimento a todos.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de lâmpadas do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de efetuar a troca de lâmpadas que estão queimadas na vias do referido bairro, tem por escopo devolver a segurança aquelas pessoas que residem no local, lembrando que é um bairro afastado e que tem sido procurado rotineiramente por infratores para o cometimento de diversos ilícitos, sendo assim a iluminação pública é fundamental para aumentar a segurança das pessoas que trafegam por ali, além de ajudar a Polícia Militar em seu patrulhamento rotineiro.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de asfalto na comunidade da Gameleira._x000D_
 Tal ação justifica-se pela necessidade de pavimentação existente no local, que abriga várias famílias e também é um local onde existe um grande tráfego de caminhões, ocorre que atualmente o local tem duas realidades, sendo a primeira na época da seca, o que faz com que a via principal e a rua vicinal da comunidade fica tomada pela poeira, que interfere diretamente na saúde dos moradores e na limpeza do local, o que gera grande desconforto a todos. A segunda problemática ocorre no período chuvoso, o local fica praticamente intransitável, a lama toma conta do local, tanto na via principal quanto na rua vicinal, deixando os moradores e as demais pessoas que necessitam transitar sem a devida condição de trafegabilidade, o que interfere diretamente na atividade econômica desenvolvida por estes.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/956/indicacao_no_100_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/956/indicacao_no_100_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a recolocação de pedras soltas do calçamento da Rua São José, no ponto próximo da casa do Sr. Altamiro, Dr. Jacob, e do Martinelli Ciclo Peças, local este em que foi registrado acidente com uma motociclista, a qual encontra-se hospitalizada aguardando por cirurgia, haja vista o forte impacto da queda._x000D_
 Diante disso e dos prejuízos impostos a esta senhorita pelo acidente, a qual estava se preparando para concurso e veio a ser impedida, solicitamos urgência neste pedido para evitar que novos episódios semelhantes venham a ocorrer.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/957/indicacao_no_101_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/957/indicacao_no_101_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a cobrança junto a empresa que realizou a pavimentação asfáltica na Rua Rui Barbosa._x000D_
 Deve se esclarecer que a demanda apresenta já foi alvo de requerimento neste ano, sendo este o de n° 03 - 2022, e que o mesmo foi prontamente respondido através do Ofício de n° 038/GAB/2022, explicando que a empresa já foi acionada e que a obra encontra-se em garantia._x000D_
 Ocorre que até o presente momento a empresa responsável ainda não se manifestou, e a situação só tem piorado, desta maneira se faz necessária uma nova cobrança do Executivo para com a empresa, o que por hora se requer.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/958/indicacao_no_102_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/958/indicacao_no_102_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementado o passeio (calçada) na Av. Presidente Tancredo Neves, no espaço em que se encontra entre a Av. Major Juscelino e a Rua Rio Brumado._x000D_
 Tal ação justifica-se pela necessidade de implementação de calçada nesta via, haja vista que as pessoas estão tendo que transitar as margens da Av. do Presidente Tancredo neves ( Rodovia MG-270), via esta que possui um movimento considerável de veículos, desta maneira os pedestres ao circularem pelo local, necessitam de transitar pela via, vez que a mesma não possui calçadas._x000D_
 Diante desta situação, os pedestres não se sentem seguros ao transitarem pelo local, haja vista que correm o risco de serem atropelados, motivo pelo qual demonstra a necessidade da implementação das calçadas no referido local._x000D_
 Neste contexto, pensando no bem estar da população que transita pelo local, na segurança e comodidade de todos que por ali trafegam, a referida ação merece acolhimento, o que por ora se indica.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/959/indicacao_no_103_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/959/indicacao_no_103_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua Laranjeiras._x000D_
 Tal ação justifica-se pelo estado de conservação da referida rua, conforme demonstra foto em anexo, o calçamento vem cedendo gradativamente, formando um buraco na via, o que interfere diretamente em sua trafegabilidade, podendo a vir gerar acidentes e prejuízo aos condutores._x000D_
 Ademais, resta salientar que há buracos menores na via, que se não forem consertados imediatamente, certamente ficarão igual ao da foto em anexo.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/960/indicacao_no_104_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/960/indicacao_no_104_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a Intervenção do Poder Executivo em uma casa situada na Rua José Aureliano, n° 202, no Bairro Batista de Oliveira, a fim de que seja elaborado um laudo pelo setor competente para que as medidas necessárias sejam tomadas._x000D_
 Tal ação justifica-se pelo aparente estado de comprometimento da construção, conforme demonstram as fotos anexas, devendo a Secretaria Municipal de Obras e Infraestrutura Urbana juntamente com a Defesa Civil do Município visitar o local imediatamente, para que as medidas necessárias sejam tomadas. Aparentemente observa-se que a casa está comprometida, devendo o poder público, após ter em mãos os laudos necessários, isolar o local se for o caso e prestar a assistência necessária para com a família._x000D_
 Desta maneira, este subscrevente demonstra total preocupação com a situação, pois se nada for feito a casa pode vir a desabar, e desta maneira colocar a vida do(s)(as) proprietário(s) em risco.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte na comunidade da Serra do Camapuã, localizada na propriedade do Sr. José Geraldo de Lima e próximo a casa do Sr. Otávio Egg de Resende._x000D_
 Tal ação justifica-se pelo estado de conservação da referida ponte, que é feita de madeira e se encontra com algumas de suas travessas quebradas, o que tem causado um grande risco para aqueles que necessitam trafegar pelo local e utilizar a referida ponte. Ademais vale ressaltar que esta ponte é utilizada para o escoamento da produção agrícola local, ou seja, há vários veículos de carga e máquinas agrícolas que por ela necessitam transitar, assim o risco da ocorrência de um possível acidente é grande, pelo estado de conservação da ponte, conforme foto anexa._x000D_
 Por fim, vale esclarecer que a problemática aqui indicada está causando prejuízos e transtornos aos produtores agrícolas da região e as demais pessoas que necessitam da referida ponte para exercer o seu direito de ir e vir.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/962/indicacao_no_106_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/962/indicacao_no_106_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado alargamento da estrada principal que dá acesso a comunidade do Madruga da Pedra, dentro propriedade do Sr. Luciano Teodoro Coelho._x000D_
 Tal ação justifica-se pela condição atual da via, que é muito estreita, não comportando que dois veículos trafeguem ao mesmo tempo ( mão e contramão), ademais, como pode se observar na foto em anexo há uma trinca na via, o que demonstra perigo da mesma ceder._x000D_
 Neste sentido vale esclarecer que tanto de um lado quanto do outro da via, existem barrancos relativamente altos, e desta maneira realmente se a pista estiver ameaçada de ceder, pode ocasionar algum acidente fatal. Para tanto necessita-se de uma avaliação técnica do local, da defesa civil municipal ou de algum outro órgão competente, para certificar se há algum risco ou não.  _x000D_
 Por fim, esclarece esse subscrevente que a via recebe a linha escolar, e que nas atuais condições de conservação da estrada, as vidas das crianças estão sendo colocadas em risco.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/963/indicacao_no_107_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/963/indicacao_no_107_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, uma vez que há diversos buracos, dificultando a trafegabilidade pelo local, que contém um fluxo considerável de veículos, principalmente aqueles que fazem o escoamento da produção agrícola local, inclusive nos dias atuais está ocorrendo a colheita da safra 2022, o que tem aumentado o fluxo consideravelmente._x000D_
 Ademais, ressalta este subscrevente ser importante pelo menos uma manutenção paliativa imediatamente, haja vista a necessidade de escoamento da produção agrícola que está sendo colhida neste momento.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/964/indicacao_no_108_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/964/indicacao_no_108_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção das Ruas João Capela e Pedro Felício, localizadas no bairro Cachoeira._x000D_
 Tal ação justifica-se pelo mal estado de conservação das duas vias, o que demonstra um descaso do poder público para com os moradores daquela localidade, trata-se de vias que sequer possuem calçamento, que estão localizadas em locais íngremes e tem sua largura bem estreita, por este motivo com o período de chuvas que atravessamos, o estado destas vias só piorou, as tornando intransitáveis._x000D_
 Ademais, vale ressaltar que na localidade existem diversos idosos que não conseguem sair de casa pelo mal estado das vias, além disso ainda no local residem crianças especiais e que necessitam de certos cuidados, que estão impossibilitados pela falta de acesso ao local._x000D_
 Diante o exposto, solicita esse subscrevente que a demanda seja analisada o mais breve possível, para que o problema possa ser solucionado e a boa trafegabilidade da via e o direito de ir e vir daqueles que ali residem</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/965/indicacao_no_109_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/965/indicacao_no_109_-_2022.pdf</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Obras possa providenciar o reparo urgente de uma ponte de madeira localizada na comunidade do Moinho Velho, a qual se encontra com tábuas soltas e quebradas, dificultando a passagem de veículos e pedestres, colocando-os em risco. Nas fotos, destaca-se as fendas abertas em decorrência do mal estado de conservação, bem como das trincas nas madeiras com a deterioração das toras que a sustentam.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_no_110_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_no_110_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa fiscalizar o trabalho de recuperação das estradas que está sendo realizado pela empresa Cobra, o qual segundo cidadãos, está sendo mal feito, com aplicação de escória de volume maior, ocasionando acidente com os motociclistas por derrapagem. Assim, pedimos encarecidamente que o Departamento de Estradas Vicinais da Prefeitura fiscalize o trabalho, nos termos do que fora combinado na reunião com os vereadores.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_no_111_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_no_111_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja patrolada e aplicado o cascalho na estrada do Colônia, com urgência, seguindo ainda até a Fazenda de Cima. Reitera-se ainda o pedido de manutenção da estrada da Bem Querência até a Vargem da Alegria, em atenção ao pedido de moradores daquela importante região de nosso Município.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_no_112_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_no_112_-_2022.pdf</t>
   </si>
   <si>
     <t>Patrolar e cascalhar as principais estradas da Ponte Funda, em atenção ao pedido dos moradores, bem como os acessos das propriedades de todos os moradores onde hoje encontram-se com dificuldade de acesso, por exemplo a do Sr. Dilmar Rato, Bárbara, Angelita e Célio. Há residência onde residem pessoas idosas com dificuldade de locomoção, necessitando que o carro chegue na porta de suas casas. Ampliar a ação a todos os outros moradores, já que a lei garante a lei este direito.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Obras e Infraestrutura possa implantar uma passagem elevada na Rua Monsenhor Leão, em frente à Secretaria Municipal de Saúde e a Secretaria Municipal de Educação, local este por onde passam muitas crianças e adolescentes na travessia após as aulas tanto da Escola Estadual Ribeiro de Oliveira quanto da Escola Municipal Dom Oscar de Oliveira.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_no_114_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_no_114_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Público Municipal possa analisar a possibilidade de formalizar um termo de cessão de um servidor público municipal para a agência da Empresa de Assistência Técnica e Extensão Rural do Estado Minas Gerais (EMATER) localizada no Município de Entre Rios de Minas, haja vista a grande demanda de serviços que visam à auxiliar ao produtor rural._x000D_
 Tal pedido foi apresentado pelos servidores do referido órgão como solução para dar mais celeridade ao atendimento, evitando sobrecarga do atual quadro disponível a atender à população.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_no_115_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_no_115_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa averiguar a situação do estacionamento de veículos do Centro Municipal de Educação Infantil Geralda Vieira de Mello, onde faz-se necessária a demarcação do estacionamento de ônibus escolares no local. Diante da aglomeração de veículos no local, é muito comum o transtorno quando da manobra dos veículos de transporte coletivo, sendo importante a pintura do asfalto para oferecer segurança aos que ali trafegam._x000D_
 _x000D_
 Outra sugestão importante seria a implantação de uma placa de sinalização vertical que oriente aos motoristas de ônibus a estacionarem de ré no local, facilitando assim a saída no momento do recolhimento dos alunos, sem quaisquer prejuízos de avarias nos veículos que ali estejam circulando.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_no_116_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_no_116_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de um quebra-mola na Rua Fluorita, próximo a casa de n° 195._x000D_
 Tal ação tem por finalidade inibir que os motoristas que trafegam pelo referido local estejam acima do limite de velocidade estipulado para a via, pois atualmente chegou ao conhecimento deste subscrevente que tal limite não está sendo respeitado. Desta maneira, acidentes podem ocorrer no local, que possui um fluxo considerável de pedestres e veículos, ademais vale ressaltar que várias crianças costumeiramente brincam ao longo da via, o que se torna um grande risco.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_no_117_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_no_117_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural que liga a área urbana de nossa cidade a comunidade do Sapé._x000D_
 Tal ação justifica-se pelo estado de conservação da referida via, que está bastante deteriorada pela ação do tempo, inclusive pede-se atenção especial ao Morro do Batuta, localidade que encontra-se intrafegável (ninguém consegue subir o referido morro), por fim solicita que tal ação seja estendida até a Comunidade do Moinho Velho._x000D_
 Neste contexto, vale esclarecer que o atual estado de conservação desta via e de sua extensão até a comunidade do Moinho Velho tem causado inúmeros transtornos à população local, que depende da estrada para escoar toda produção agrícola e pecuarista, além de ser utilizada para o transporte escolar e para o acesso a área urbana de nosso município.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_no_118_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_no_118_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de duas pontes localizadas na estrada rural que dá acesso a comunidade do Madruga da Pedra, sendo a primeira localizada entre a propriedade do Sr. Luciano Coelho e a propriedade da Sra. Joana Dark, e a segunda entre a propriedade do Sr. Toinzinho Pica-Pau  e a propriedade do Sr. Raul Coelho._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção das referidas pontes, que sofreram abalos em suas cabeceiras, devido ao período chuvoso que ocorreu nos últimos meses em nosso município, tendo um volume de água totalmente acima da normalidade._x000D_
 Desta maneira, a manutenção é imprescindível, visando a economia dos cofres públicos, pois sabidamente é mais viável uma manutenção preventiva do que a reconstrução das referidas pontes e também visa a garantia da segurança de trafegabilidade aos usuários da via.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_no_119_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_no_119_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória na comunidade do Madruga da Pedra, na praça da comunidade, mas especificamente na rua em frente a Igreja e Salão da Comunidade, ademais solicita também que no referido local possam ser implementados 02 (dois) quebra-molas, a fim de reduzir a velocidade dos condutores ao passarem pelo local, diminuindo assim a poeira que provocam. _x000D_
 Tal ação deve ser feita de forma paliativa, até que se consiga a pavimentação asfáltica para o local, pois justifica-se como uma forma de assegurar um ambiente limpo durante as reuniões religiosas ocorridas no local, informa ainda este subscrevente que tal ação já é de conhecimento da Secretaria Municipal de Obras e Infraestrutura Urbana.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Rivael Nunes Machado</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_no_120_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_no_120_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de 02 (dois) quebra-molas, sendo o primeiro na Rua Alfredo Batista próximo a casa de n° 419 e o segundo próximo ao n° 445._x000D_
 Tais ações tem por finalidade inibir que os motoristas que trafegam pelo referido local estejam acima do limite de velocidade estipulado para a via, pois atualmente chegou ao conhecimento deste subscrevente que tal limite não está sendo respeitado, o que pode acarretar em acidentes no local.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_no_121_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_no_121_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de um quebra-mola na Rua Maria Anunciação._x000D_
 Tal ação tem por finalidade inibir que os motoristas que trafegam pelo referido local estejam acima do limite de velocidade estipulado para a via, pois atualmente chegou ao conhecimento deste subscrevente que tal limite não está sendo respeitado, o que pode acarretar em acidentes no local.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_no_122_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_no_122_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de uma ponte localizada na comunidade do Madruga da Pedra, localizada na estrada que dá acesso a propriedade do Sr. Luciano._x000D_
 Tal ação justifica-se pelo estado em que se encontra a referida ponte, conforme demonstram as fotos anexas, a ponte está prestes a cair, vez que sua estrutura encontra-se totalmente deteriorada e inexistente de um lado, desta forma o direito de ir e vir dos munícipes residentes na localidade  está totalmente cerceado, causando inúmeros transtornos e até mesmo prejuízos, já que dependem desta referida ponte para se locomoverem até a área urbana de nosso município e principalmente para escoar sua produção agrícola/pecuária.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_no_123_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_no_123_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município possa promover uma força-tarefa com agentes de Epidemiologia, membros da Secretaria de Saúde, Meio Ambiente e Obras para o manejo e controle de escorpiões no Cemitério Municipal, haja vista a manifestação de moradores do entorno acerca da existência destes artrópodes, os quais têm chegado às suas residências. Tendo em vista a preocupação com a saúde pública e a competência do Município para minimizar os efeitos desta situação, que possamos envidar esforços para uma solução conjunta, incluindo uma busca ativa, de modo a propiciar alívio aos moradores._x000D_
 A título de sugestão, encaminhamos material do Sistema Único de Saúde disponibilizado por meio do link: https://bvsms.saude.gov.br/bvs/publicacoes/manual_controle_escorpioes.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_no_125_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_no_125_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de uma ponte na comunidade do Madruga da Pedra, localizada na estrada que corta a propriedade do Sr. Raul do João Coelho._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata, conforme demonstra a foto anexa, há uma inclinação na ponte, o que demonstra que a mesma encontra-se com risco de desabamento, desta maneira há um perigo eminente no local, o que pode ocasionar acidentes, há de esclarecer ainda que a população local está diretamente afetada com a situação, pois devido ao estado da ponte, os utilitários da via estão inseguros de trafegar pela mesma, tendo seu direito de ir e vir de certa forma cerceado pelo risco apresentado no local.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_no_126_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_no_126_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a roçada e a aplicação de mata-mato na trilha de continuidade da mercearia do Hilário até a entrada de acesso da via da comunidade do Mata Bois._x000D_
 Tal ação justifica-se pela solicitação advinda dos moradores locais e pela necessidade de roçada da referida trilha, com a aplicação de mata-mato, pois no atual momento o caminho encontra-se tomado pelo mato, levando perigo aqueles que necessitam de trafegar pelo local, pois nessas condições o risco de animais peçonhentos aumenta, podendo estes atacarem os pedestres._x000D_
 Por fim há de se ressaltar que a extensão do trilho é de aproximadamente 100m, e que o ideal para o local é a implementação de calçada, porém enquanto a obra não é realizada necessita-se da supracitada ação.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_no_127_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_no_127_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reforma dos brinquedos e aparelhos de academia ao ar livre, localizados na praça do bairro Vargem do Engenho._x000D_
 Tal ação justifica-se pela solicitação advinda dos moradores locais e pela necessidade de manutenção dos mesmos, que encontram-se deteriorados pela ação do tempo, ficando em condições precárias para o seu uso, gerando o risco de acidentes, principalmente para as crianças, deixando a população da localidade receosa ao usufruir destes.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_no_128_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_no_128_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza dos lotes de propriedade do município que se encontram no bairro Vargem do Engenho._x000D_
 Tal ação justifica-se pelo estado em que se encontram os lotes, e pelos reiterados pedidos dos moradores a demanda chegou até esse subscrevente, que entende que neste estado atraem sujeira e animais peçonhentos, estes trazem perigo aos moradores locais.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_no_129_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_no_129_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a Manutenção de um mata-burro na comunidade da Ponte Funda, localizado na estrada que liga a MG-270 até a referida comunidade._x000D_
 Tal ação justifica-se pelo estado de conservação em que se encontra o referido mata-burro, conforme demonstra a foto anexa, a sua base esta quebrada, levando perigo e causando danos aqueles que necessitam trafegar pelo local e não tem conhecimento de como está tal mata-burro, desta maneira há de se destacar ainda que os produtores estão diretamente prejudicados em escoar sua produção pela referida estrada, vez que por trafegarem na maioria das vezes em veículos de carga ficam com medo de passar pelo local.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_no_130_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_no_130_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manuteção de um mata-burro que se encontra Próximo a igreja da Comunidade da Vargem da Alegria, e também que seja realizada o patrolamento e cascalhamento de um ponto próximo a esse mata-burro, na estrada que liga a Comunidade da Vargem da Alegria a Comunidade do Colônia._x000D_
 Tais ações são justificadas pela necessidade da intervenção do poder público na via, no primeiro caso o mata-burro encontra-se totalmente precário, em péssimo estado de conservação, o que gera um grande risco para aqueles que necessitam trafegar pelo local, já o segundo caso tem como premissa o péssimo estado da referida via, devendo informar ainda que o local está cheio de buracos o que tem gerado acidentes de forma recorrente, informa ainda também que a extensão do problema na via é de aproximadamente 100m, o que facilita a manutenção do local com a aplicação do insumo supracitado.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_no_131_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_no_131_-_2022.pdf</t>
   </si>
   <si>
     <t>Em atenção ao ofício de n° 108/GAB/2022 deve-se esclarecer que já foi conversado diretamente com o responsável pelo setor de trânsito a respeito da implementação dos quebra-molas solicitados as indicações de n° 120 e 121/2022 ambas deste subscrevente, desta maneira fica solicitado as seguintes alterações de acordo com o ofício enviado a este subscrevente:_x000D_
 -Rua Alfredo Batista deverá ser instalado os quebra-molas nos seguintes pontos: _x000D_
 1° - Em frente a residência de número 455.   _x000D_
 2° - Em frente a residência de número 406._x000D_
 -Rua Maria Anunciação deverá ser instalado em frente a residência de n° 72.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>Joãozinho Cricri, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_no_132_-_2022.pdf</t>
+    <t>Joãozinho Cricri, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_no_132_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja realizada a manutenção do calçamento da Rua Carlos Cândido de Oliveira, localizada no Bairro Cachoeira._x000D_
 Tal ação justifica-se pela atual situação do calçamento da referida rua, onde diversos paralelepípedos estão soltos e desta forma surgiram diversos buracos, o que tem interferido diretamente na qualidade de trafegabilidade e segurança da via, podendo até mesmo causar dano aos condutores e provocar acidentes, ressalta-se ainda que chegou ao conhecimento destes subscreventes que já existe um abaixo assinado pleiteando a supracitada manutenção e até o presente momento nenhuma ação foi realizada.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_no_133_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_no_133_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita, mediante aditivação contratual ou formalização de novo contrato, que seja averiguada a possibilidade de ampliação do número de médicos clínicos geral disponíveis no atendimento do Pronto Atendimento Municipal, o qual está hoje sob a responsabilidade do Hospital Cassiano Campolina, através de contrato celebrado junto ao Executivo Municipal nº 183/2018, proveniente de um processo licitatório de inexigibilidade._x000D_
 Dentre as reivindicações que se fazem necessárias está a de subsidiar a contratação de mais um Médico Clínico Geral no quadro de plantonista do Pronto Atendimento, totalizando 2 (dois) médicos por plantão, se não em todos os dias, ao menos em dias de maior demanda de atendimentos, observados os registros históricos de circulação de pacientes._x000D_
 Ademais, verificar a possibilidade de aumentar o número de profissionais de enfermagem (Enfermeiro e Técnicos de Enfermagem) no quadro de pronto atendimento, durante todos plantões.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_no_134_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_no_134_-_2022.pdf</t>
   </si>
   <si>
     <t>Vem parabenizar este Executivo pela implementação de academia ao ar livre na Comunidade Rural de Brumadinho._x000D_
 Neste contexto vem ressaltar a importância de tais equipamentos para a saúde, bem estar, condicionamento físico e até momentos de lazer da população desta comunidade, entretanto analisando a obra realizada fica aqui a solicitação para que seja realizada a troca da cerca instalada ao entorno, pois conforme demonstra a foto anexa a mesma foi feita de arame farpado o que certamente pode acarretar em acidentes para com a população da comunidade, em especial com as crianças e idosos, desta maneira solicita que seja realizado a troca do arame farpado para um arame liso ou cerca de régua.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma passagem elevada na Rua Monsenhor Leão, na esquina do Bar do Emerson._x000D_
 Tal ação justifica-se pela necessidade da instalação desta passagem elevada, haja vista que chegou ao conhecimento deste subscrevente que vários veículos estão passando pelo local em alta velocidade, desta maneira o risco de acidente no local é grande, ademais vale esclarece que há no local um cruzamento e que vários condutores têm entrado nas ruas concorrentes de maneira imprudente, o que aumenta o risco de acidente.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_no_136_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_no_136_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja dada a continuidade no trabalho de patrolamento que estava sendo realizado na comunidade da Acaiuaba, restaurando a via principal e também os acessos dos moradores da localidade._x000D_
 Tal ação justifica-se pela necessidade de manutenção da via principal e do acesso a casa dos moradores locais, tendo em vista garantir a boa trafegabilidade da via e resguardar o direito de ir e vir de todo cidadão, ademais solicita que a ação continue até chegar às comunidades da Pedra Negra e São José das Mercês, conforme já era planejado pelo Município, incluindo também outras áreas rurais que já eram previstas no cronograma de obras.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_no_137_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_no_137_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a roçada da Rua Maria da paixão Dutra Neves, localizada no bairro Batista de Oliveira e também nos lotes vagos deste local, que caso não seja de propriedade do município, deve este notificar o proprietário para que o faça._x000D_
 Tal ação justifica-se pelo volume e altura de mato existente na referida rua e nos lotes vagos nela existente, conforme demonstra a foto anexa, além da sujeira a situação atrai a propagação de animais peçonhentos, colocando a vida dos munícipes daquela região em risco, em especial as das crianças que costumeiramente brincam pelas vias.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_no_138_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_no_138_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Rua Alfredo Batista, com o patrolamento e cascalhamento da mesma e das demais Ruas do bairro Batista de Oliveira que necessitem de tal ação._x000D_
 Tal ação justifica-se pelo atual estado de conservação da referida rua e das demais localizadas no bairro supracitado, ademais é de conhecimento deste subscrevente que as obras de pavimentação das vias não pavimentadas do referido bairro já estão inseridas no cronograma de obras da Secretaria Municipal de Obras e Infraestrutura, entretanto, até que a mencionada obra seja executada, os moradores da localidade não podem ficar à deriva, com um acesso péssimo as suas residências, como está no atual momento, desta maneira a fim de garantir a boa trafegabilidade da via supramencionada e das demais, se faz necessária a ação aqui indicada, visando ainda resguardar o direito constitucional de ir e vir destes munícipes.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_no_139_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_no_139_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um estudo para implementação da rede de patrulhamento rural através de aplicativo de celular, qual seja o Earth Brasil._x000D_
 Tal ação ajudará e muito no aumento da segurança do homem do campo, o qual se pega desprotegido pelo atual sistema existente. Este referido sistema caso implementado facilitará a comunicação das pessoas residentes na zona rural de nosso município com a Polícia Militar, emitindo a localização em tempo real, proporcionando um atendimento mais rápido e eficiente das ocorrências, facilitando o deslocamento dos militares até o local, além do mais neste cadastro contará além do endereço, o tipo de atividade econômica desenvolvida na propriedade, a marca de registro dos animais, o número de série de tratores e máquinas agrícolas em geral, contato telefônico, aplicativo de mensagem, veículos vinculados a propriedade, etc.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_no_140_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_no_140_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera os pedidos contidos na indicação de n° 427-2021, que dispõe sobre a extensão de canalização de rede de água, esta que já se encontra até o Frigorífico real, sendo de competência deste Executivo a extensão da rede, vez que as margens da via principal onde existe tal encanamento há diversas casas a serem atendidas mediante esta extensão. _x000D_
 Ademais vale esclarecer que através do ofício de n° 447/GAB/2021 tal demanda foi respondida, avisando que a Secretaria competente iria analisar a viabilidade desta obra ora indicada, cuja a qual é de suma importância para os moradores da localidade._x000D_
 Por fim, ressalta-se que como afirmado aquela indicação o direito à água é fundamental ao preceito da dignidade da pessoa humana, haja vista ser um bem necessário para a manutenção da vida humana, ademais resta esclarecer  que a água potável é essencial a boa qualidade de vida e ajuda na manutenção da saúde, sendo imprescindível uma de qualidade para todos os cidadãos.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_no_141_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_no_141_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Estrada Rural que liga a comunidade da Pedra Negra ao município de Desterro de Entre Rios, passando pelo Sr. Geraldo da Pinga, devendo ser realizado o patrolamento da via e cascalhamento nos pontos em que se julgarem necessário, tal ação deverá ser realizada até a divisa do município de Entre Rios de Minas com o município de Desterro de Entre Rios._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação da via, que tem interferido diretamente no direito de ir e vir das pessoas que necessitam utilizar a supracitada via, ademais vale esclarecer que tem causado enorme prejuízo no escoamento da produção agrícola e pecuarista local, além de dificultar o transporte escolar, que diariamente enfrenta as dificuldades do mal estado da estrada para buscar os alunos de nosso município.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_no_142_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_no_142_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal em conjuto com a Secretaria de Desenvolvimento Sustentável possam participar do edital de n° 02/2022 publicado pela Secretaria de Meio Ambiente do Estado de Minas Gerais, o qual está disponível  através do link: http://www.meioambiente.mg.gov.br/images/stories/2022/SANEAMENTO/Editais/Edital_de_Chamada_P%C3%BAblica_002_2022.pdf e que foi devidamente anexado a esta indicação._x000D_
 Esclareço Srs. que trata-se de um edital de chamada pública para Seleção de Projetos de Implantação ou Ampliação de Coleta Seletiva de Resíduos Sólidos Urbanos a Serem Executados Por Municípios e por Consórcios Públicos Intermunicipais do Estado de Minas Gerais. Sabemos que em nosso Município apesar de ter uma usina de triagem e compostagem de Lixo, a coleta de lixo de realizada nossa cidade é feita de forma conjunta, ou seja, todo tipo de lixo é recolhido em um único caminhão e sem nenhuma distinção.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_no_143_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_no_143_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementado um mata-burro na comunidade do Morro Grande, que substituirá duas manilhas de agua de um corrego existente no local, entre a propriedade da Sra. Maria de Moura Vieira Dutra e a propriedade do Sr. Gilberto._x000D_
 Tal ação justifica-se pela necessidade de implementação do referido mata-burro, haja vista este subscrevente ter sido procurado pela Sr. Maria De Moura, que esclareceu que no local, a bastante tempo atrás, o município fez uma intervenção, instalando duas manilhas para dar vazão a água do córrego existente no referido local._x000D_
 Ocorre que pela ação do tempo e volume de água, as manilhas não estão mais suportando a vazão, ademais encontram-se sem a devida manutenção, gerando assim rotineiramente enchentes causadas tanto pelo seu entupimento, quanto pela ação das chuvas, deixando assim os moradores da localidade ilhados, pois alaga tudo ao redor e principalmente a via de acesso.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_no_144_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_no_144_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a poda das árvores que se encontram no entorno da ponte sobre o rio brumado, nas proximidades da comunidade dos Faleiros._x000D_
 Tal ação justifica-se por tais árvores estarem atrapalhando na visão da via, conforme demonstra a foto anexa, desta maneira perde-se a visibilidade de quem está trafegando, aumentando a chance para que ocorram acidentes. Neste sentido, insta informar que uma simples poda de seus galhos resolve a presente demanda.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_no_145_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_no_145_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de passagem elevada na Rua Expedicionário Manoel C da Silva (rua da quadra da escola estadual Pedro Domingues), localizada no bairro Senhor dos Passos._x000D_
 Tal ação justifica-se pelo enorme movimento de veículos existente na referida rua, que segundo informações advindas dos moradores da localidade, estão trafegando pela via em alta velocidade._x000D_
 Ocorre que a referida rua possui um grande número de crianças, que rotineiramente utiliza-se da via para brincar, ademais é a rua de acesso a uma quadra esportiva, o que aumenta ainda mais o número de jovens e crianças que por ali circulam, consequentemente aumentando o riscos de acidentes que possam vir a ocorrer devido a imprudência dos condutores._x000D_
 Desta maneira a implementação da referida passagem elevada inibirá a possibilidade de se trafegar por tal rua em alta velocidade, aumentando a segurança de todos.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_no_146_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_no_146_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e cascalhamento do “Morro do Batuta” e da “Cava da Micueta”, localizados na estrada que liga a comunidade do sapé sentido a área urbana de nosso Município._x000D_
 Tal ação justifica-se pelo estado de conservação dos referidos pontos, uma vez que a trafegabilidade por estes é praticamente impossível, ademais, vale ressaltar que trata-se de uma importante via de nosso Município e que possui  um elevado tráfego diário, abarcando desde o escoamento da produção agrícola e a locomoção do produtor rural até o transporte escolar municipal.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_no_147_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_no_147_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do campo de futebol localizado na comunidade da Serra do Camapuã, ademais pede-se que seja realizado um estudo para a viabilidade de implementação de alambrado e de 02 (dois) vestiários._x000D_
 Tais ações justificam-se pela necessidade de melhoria do referido campo de futebol, uma vez que sua grama está bem deteriorada, ademais traz a baila a possibilidade de implementação de um alambrado ao redor do campo, com a finalidade de proteger tal local, além disso pede-se também a construção de 02( dois) vestiários no local para dar um melhor suporte e condições de higiene aos esportistas que utilizam de tal campo.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_no_148_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_no_148_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada que liga a MG-270 a Comunidade da Vargem Grande, passando próximo a fazenda Marajó._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, impossibilitando aos usuários uma boa trafegabilidade, dificultando assim o escoamento da produção agrícola e a locomoção em geral pela referida via.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_no_149_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_no_149_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de passarela de pedestre ao lado da Ponte localizada na Rua Rui Barbosa._x000D_
 Tal ação justifica-se pela necessidade da implementação, haja vista que na localidade há somente a ponte que liga o bairro São Vicente ao bairro Sassafrás, o que obriga aos pedestres transitarem por dentro da via, ressaltando ainda que a ponte é estreita._x000D_
 Ocorre que a via supracitada tem um alto fluxo de veículos e desta maneira põe diretamente em risco a vida dos pedestres que trafegam pelo local, o que por si só demonstra a urgência de implementação da referida passarela, para que possíveis acidentes sejam evitados.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_no_150_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_no_150_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da quadra localizada no bairro Sassafrás. _x000D_
 Tal ação tem por objetivo restaurar ou retirar a estrutura instalada para a prática de Basquete, uma vez que, conforme demonstra foto anexa, a mesma se deteriorou pela ação do tempo, estando prestes a cair._x000D_
 Ocorre que várias crianças, adolescentes e demais jovens utilizam diariamente o espaço para a prática esportiva diária, e a atual situação tem colocado em risco a segurança daqueles que utilizam tal espaço, desta maneira, faz-se necessário a intervenção imediata do poder público, para omenos retirar a estrutura danificada, resguardando principalmente a integridade das crianças que brincam no local.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_no_151_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_no_151_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da histórica Casa de Pedra, patrimônio histórico do Município que está se deteriorando além da ação do tempo por causa de falta de manutenção básica._x000D_
 Ocorre que este subscritor rotineiramente passa pelo local e além de observar pessoalmente a situação em que se encontra tal patrimônio público a população vem cobrando efetivamente uma manutenção de tal acervo._x000D_
 Ademais, resta ressaltar a importância cultural e turística que tal acervo possui, sendo um conjunto de ruínas remanescentes da expedição bandeirante de Fernão Dias do início do século XVIII, construída no ano de 1.701, sendo um patrimônio histórico do Iphan ( Instituto do Patrimônio Histórico e Artístico Nacional)._x000D_
 Por todo o exposto, solicita atenção imediata à demanda apresentada, tendo em vista a proteção contra a dilapidação do patrimônio público e a proteção da história e cultura de nosso município, além de manter o local acessível para o turismo.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_no_152_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_no_152_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um estudo acerca da possibilidade de serem instaladas de um lado da Rua Carlos Veloso placas que inibem o estacionamento de veículos, demanda esta advinda da solicitação dos moradores da localidade._x000D_
 Tal ação justifica-se pelo alto fluxo de veículos na rua, após a instalação do prédio da Sicoob na esquina da referida rua, o que aumentou consideravelmente o número de veículos que utilizam da via para estacionar de ambos os lados, ademais vale esclarecer que veículos de grande porte não estão conseguindo trafegar pela referida via, desta forma os serviço de coleta de resíduos sólidos e transporte escolar estão diretamente afetados, não conseguindo abarcar tal via.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_no_153_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_no_153_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria Municipal de Obras e Infraestrutura possa realizar a instalação dos equipamentos de academia ao ar livre, que estão guardados no poliesportivo Deputado Agostinho Patrus (poliesportivo do alto Santa Efigênia)._x000D_
 Tal ação justifica-se pela necessidade de instalação de tais equipamentos, a buscar uma oferta de melhor qualidade de vida aos nossos munícipes, os incentivando-os a prática de exercícios físicos, ademais resta salientar que tais equipamentos estão guardados e se deteriorando sem serem utilizados, ademais a localização de instalação deve ser estudada pela própria secretaria.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_no_154_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_no_154_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a pedidos dos moradores locais e dos demais usuários da via que seja realizado o patrolamento da estrada Rural que liga o município até a comunidade do Sapé._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, que se encontra com uma péssima condição de trafegabilidade, atrapalhando assim desde a locomoção comum até o escoamento da produção agrícola local, ademais tal ação somente deverá ser realizada até a divisa do Município de Entre Rios de Minas com o Município de Jeceaba, haja vista que a competência de atuação deste Município vai somente até tal divisa.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_no_155_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_no_155_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa disponibilizar caminhão para realizar a coleta de resíduos sólidos (lixo) na comunidade dos Cunhas._x000D_
 Tal ação justifica-se pela necessidade da referida coleta de lixo, haja vista a quantidade de resíduos produzidos pelas pessoas residentes na comunidade e pela necessidade de dar ao lixo uma destinação correta, como forma de preservar o nosso meio ambiente, ademais trata-se de uma demanda de saúde pública, uma vez que o lixo atrai animais que muita das vezes nos trazem doenças e também animais peçonhentos que possam a vir picar os moradores da localidade</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_no_156_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_no_156_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de lixeiras na Comunidade dos Cunhas._x000D_
 Tal ação justifica-se pela necessidade de um local adequado para as pessoas depositarem seus resíduos sólidos até que o município consiga os recolher, ademais resta salientar que tal ação visa a limpeza do local e o afastamento de animais, dentre eles os peçonhentos, que acabam por furar os sacos de lixo e espalhar este por todas as vias da referida comunidade, como já vem ocorrendo.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_no_157_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_no_157_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um bueiro localizado na Rua Dep. José Geraldo de Oliveira, situada no bairro Vargem do Engenho._x000D_
 Tal ação justifica-se pelo estado em que se encontra o referido bueiro, exalando um mal cheiro enorme pelo local, atraindo diversos animais que dissimulam a sujeira e doenças pelo referido bairro, ademais resta salientar que conforme dispõe a Lei 13.308/2016 que estabelece as diretrizes do saneamento básico em nosso país, reafirma em seu art. 53, §1°, inciso I, o dever do poder público ou concessionária de serviço público de zelar pelo esgotamento sanitário._x000D_
 Nesse espeque, solicita este subscrevente a manutenção imediata do referido bueiro pelo ente municipal e caso a manutenção seja de responsabilidade de concessionária de serviço, que a mesma possa ser oficiada a proceder com a manutenção da demanda ora apresentada.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_no_158_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_no_158_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca das bandeiras instaladas no trevo de nosso município._x000D_
 Tal ação justifica-se pelo mal estado de conservação em que as mesmas encontram, estando rasgadas e deterioradas pela ação do tempo, ademais vale ressaltar que a localidade além de ser o ponto de entrada principal de nossa cidade também é um cartão postal, por te ali uma estátua do cavalo campolina, simbolizando a raça criada em nosso município, desta maneira várias pessoas param no local para registrar o momento e leva consigo memórias e fotografias do berço da raça Campolina._x000D_
 Diante o exposto, como forma de demonstrar os cuidados com os patrimônios de nosso município e de manter a eficiência do poder executivo, que está positivada no art. 37 da CF/88, solicita-se a troca das supracitadas bandeiras.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_no_159_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_no_159_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este executivo municipal possa disponibilizar um caminhão pipa para jogar água nas ruas do bairro Sassafrás._x000D_
 Tal ação justifica-se pela enorme quantidade de poeira existente no supracitado bairro, como é de conhecimento mútuo, tal local não possui pavimentação asfáltica e vem sofrendo com a falta de chuvas</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_no_160_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_no_160_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o pagamento de insalubridade aos funcionários deste Executivo que trabalham com roçadeiras, em especial aos lotados na Secretaria de Obras e Infraestrutura._x000D_
 Tal ação justifica-se pela necessidade de implementar tal direito a estes funcionários, vez que comprovadamente se enquadram no grupo de serviço que faz jus a tal adicional, conforme estabelecido no Art. 192 do Decreto Lei n°5.452/1943</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_no_161_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_no_161_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a aplicação de escória nas ruas do bairro Sassafras, com exceção daquelas que serão contempladas com a pavimentação asfáltica._x000D_
 Tal demanda já é de conhecimento deste executivo, tendo a mesma ficado acordado entre o Prefeito Municipal, este subscrevente e o líder comunitário do referido bairro, sendo assim solicita que a demanda possa ser executada o mais breve possível, tendo em vista a necessidade desta manutenção em conjunto com a aplicação do insumo supracitado pelas vias do referido bairro._x000D_
 Ademais resta salientar que tal ação implicará diretamente na boa conservação da via, evitando poeira e barro em suas respectivas épocas.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_no_162_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_no_162_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da estrada rural que liga a MG-383 ao pesque e pague jacarandá, localizado no bairro Castro._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supracitada estrada rural, que engloba várias residências rurais além de dar acesso ao referido pesque pague, ademais vale ressaltar que segundo os moradores da região a referida via não tem a manutenção devida do ente público a cerca de 06 (seis) anos e dessa forma a via encontra-se praticamente intrafegável.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa notificar o dono do terreno que dá frente a Rua dos Expedicionários, próximo ao número 34, para que possa realizar a manutenção do muro._x000D_
 Tal ação é de suma importância, haja vista as condições precárias em que o mesmo se encontra, conforme demonstra a foto anexa, aparentemente o muro está prestes a desabar, podendo ocasionar algum acidente com pedestres ou usuários do transporte coletivo._x000D_
 Ocorre que o muro está no limite da calçada, e neste segmento há um ponto de ônibus, onde diariamente várias pessoas ficam a esperar por seu transporte, abrigando desde crianças e adolescentes até adultos. Pelo risco iminente de desabamento, faz necessária a intervenção do poder público no sentido de este ter a competência para notificar o dono do imóvel, para que este possa reestruturar tal  área, assegurando assim a segurança de todas as pessoas que necessitam transitar pelo local e aqueles que ali permanecem à espera do transporte coletivo.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_no_164_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_no_164_-_2022.pdf</t>
   </si>
   <si>
     <t>Para a implementação de dois mata-burros, na estrada pública situada na comunidade da Mata dos Pachecos, próximo à casa da Sra. Edwiges ( esposa do Sr. conhecido do Canário). _x000D_
 Tal ação justifica-se pela necessidade de melhor atender cerca de 10 famílias que residem nas proximidades, gerando uma melhor trafegabilidade e qualidade de vida para a região.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_no_165_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_no_165_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do cabresto de uma ponte localizada na comunidade da Pedra Negra, próximo a residência do Sr. Nonô Cota._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata, conforme demonstra a foto em anexo, vez que a referida ponte tem sua estrutura de concreto, e seu cabresto veio a ceder, desta forma a mesma corre grande risco de desabamento, ademais respeitando o princípio da eficiência, disposto no art. 37 da CF/88 e visando resguardar a economia dos cofres públicos se faz necessária a manutenção imediata da supracitada ponte. _x000D_
 Por fim, vale esclarecer que a Engenheira Serventuária deste Executivo já esteve no local, constatando a necessidade imediata de tal manutenção.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_no_166_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_no_166_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma ponte entre a propriedade do Sr. Nízio do Nego e do Sr. Carlos (seu irmão), na comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pela necessidade de estabelecer o acesso entre as duas propriedades, uma vez que se trata de obrigação do município, conforme dispõe a Lei n° 1.925/2022, ademais resta esclarecer que os proprietários estão doando a madeira necessária para construção da referida ponte, necessitando somente da mão de obra e do maquinário do município.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_no_167_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_no_167_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a realocação de manilhas que dão vazão a um córrego na comunidade do Brumadinho, na divisa das propriedades dos Srs. Ivair e Túlio Resende (funerária)._x000D_
 Tal ação justifica-se pela necessidade de realocar as manilhas de volta na parte em que escoa o córrego, haja vista que as mesmas devido ao acúmulo de sujeira e volume de água no período chuvoso se deslocaram, ademais vale ressaltar que a barragem sobre tais manilhas cedeu, e os utilitários da passagem estão ilhados, sem o devido acesso._x000D_
 Ademais, esclareço que tais manilhas encontram-se em perfeito estado de conservação, somente devendo ser instaladas novamente no local de origem, e desta forma deve ser refeita a passagem sobre estas.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_no_168_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_no_168_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na estrada na estrada que liga a zona urbana de nosso município a Comunidade do Sapé, no trecho em que compreende a primeira ponte após o morro do batuta até a segunda ponte._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade, principalmente no trecho acima referido, que comporta diversas residências, inclusive a da Sra. Janinha do Vicente. Ocorre que recentemente no local houve a manutenção da via, e com isso a poeira no local tem predominado, levando sujeira excessiva a casa dos moradores das imediações deste trecho, além de sujar aqueles que se deslocam ou esperam o transporte que passa na via.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_no_169_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_no_169_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o reaproveitamento de um mata-burro retirado na comunidade das Bruxas._x000D_
 Tal ação justifica-se pela necessidade de reaproveitamento de tal mata-burro, uma vez que o mesmo não é mais necessário na comunidade, faz-se necessário a implementação deste em outro local que dependa da implementação de um. Conforme demonstra a foto anexa, o mesmo encontra-se jogado nas imediações de onde foi retirado, gerando um prejuízo aos cofres públicos, vez que o mesmo se encontra em perfeito estado para reaproveitamento.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_no_170_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_no_170_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da Estrada Rural de acesso a comunidade do Camapuã de Baixo._x000D_
 Tal ação justifica-se pelo estado de conservação da via, conforme demonstra a foto anexa, o barranco beirando o rio está a ceder, neste contexto como pode ser observado através da fotografia, a demanda encontra-se próximo a ponte, o que certamente irá afetar sua cabeceira, podendo a comprometer sua estrutura, o que de imediato causaria grande prejuízo aos cofres públicos para sua reconstrução, além de deixar a via intransitável._x000D_
 Diante o exposto, a necessidade de manutenção imediata está evidente, sendo o que por si só este subscrevente pleiteia de imediato.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_no_171_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_no_171_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da estrada rural que dá acesso a casa do Sr. Marcelino (conhecido como Célio Andrade), na comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pela necessidade de manutenção da via, uma vez que a mesma é acesso para vários moradores além do Sr. Marcelino, e a situação da via é deplorável, estando em condições de intrafegabilidade, neste sentido os moradores da localidade estão com seu direito de ir e vir cerceado, o que dificulta nas atividades diárias que dependem de locomoção e também no escoar de suas produções agrícolas.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_no_172_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_no_172_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de iluminação pública na Praça Cassiano Campolina, localizada em frente a Farmácia Municipal._x000D_
 Tal ação justifica-se pela referida praça possuir apenas um poste de iluminação pública, conforme demonstra foto em anexo, sendo um local onde diariamente várias crianças brincam, e para maior segurança destas e dos moradores da localidade faz-se necessária a implementação de uma iluminação pública digna, com vários postes ao entorno e no centro da praça, ademais solicita-se também a troca da lâmpada dos poste existente para uma de led.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_no_173_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_no_173_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza (capina) do terreno da Escola Municipal da comunidade São José das Mercês._x000D_
 Tal demanda advém dos moradores da localidade e pais dos alunos e justifica-se pelo que foi relatado por estes, segundo o que chegou a este subscrevente o local encontra-se com o mato muito alto, estando aparecendo no local vários tipos de animais, dentre eles os peçonhentos como cobras, o que pode vir a causar acidentes com os alunos, podendo até mesmo trazer estes a óbito, ademais vale ressaltar que o local encontra-se propício ao acúmulo de lixo, sendo imprescindível a realização da limpeza para garantir a saúde, a segurança e o bem estar dos alunos e dos moradores da redondeza da supracitada escola.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_no_174_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_no_174_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que possa ser estudada a implementação do programa Olho Vivo no Município de Entre Rios de Minas._x000D_
 O programa olho vivo trata-se de um sistema de videomonitoramento que tem como objetivo utilizar mecanismos tecnológicos para melhorias na segurança pública do município, mediante a vigilância permanente de vias públicas, locais de interesse estratégico e vigilância móvel em grandes eventos._x000D_
 (confira mais informações sobre o programa no arquivo disponível nesta indicação)</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a zona urbana de nosso município a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pela mal estado de conservação da via, devendo a mesma ser patrolada e nos pontos em que se julgarem necessário instalar insumos como cascalho ou escória, ademais vale esclarecer ainda que a via é responsável por grande parte do escoamento da produção agrícola e pelo transporte de estudantes, o que reforça a necessidade de manutenção imediata da supracitada via.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_no_176_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_no_176_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de madeira localizado entre as propriedades dos Srs. Ditinho do tio Osvaldo e Beto do Vicente Coelho, na comunidade da Cachoeira do Tio Osvaldo._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata do referido mata-burro, que como já explanado é de madeira, estando com algumas de suas travessas quebradas, o que põe em risco aqueles que necessitam de passar pelo local, sendo para resolver suas atividades diárias ou para escoar a sua produção agrícola.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_no_177_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_no_177_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada manutenção da passagem da rede de esgoto que liga a ETE (Estação de Tratamento de Esgoto), estando essas fissuras formadas dentro do terreno do Sr. João Maia Cardoso (João Jiló)._x000D_
 Ocorre que recentemente abriu-se no terreno do proprietário supracitado estas crateras, provavelmente advindas da execução da referida obra, e faz-se necessária a reparação urgentemente devido ao risco que existe no local de causar-se dano ao proprietário, uma vez que o mesmo é criador de gado e desta maneira um animal pode vir a cair em uma dessas crateras e morrer</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_no_178_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_no_178_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a substituição de 4 (quatro) manilhas localizadas na estrada da Comunidade da Bem Querência, próximo a Casa da Sra. Marli e mais 7 (sete) moradores._x000D_
 Tal ação justifica-se pela necessidade de substituição das referidas manilhas, que vieram a quebrar pela ação do tempo, devendo este executivo realizar a troca, ademais salienta esse subscrevente após conversa direta com os moradores locais que caso este executivo não possa de imediato realizar a substituição, que ele possa fornecer de imediato as supracitadas manilhas, pois a própria população já se posicionou a cerca de realizarem a troca por sua conta, necessitando apenas de tal material.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_no_179_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_no_179_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de um poste de iluminação pública na Rua São Domingos, próximo ao n°25._x000D_
 Tal ação justifica-se pela necessidade de implementação do referido poste de iluminação pública, vez que o local apresenta ponto de escuridão, aumentando a sensação de insegurança para com o local, adverte-se ainda que a implementação deste pode ajudar a coibir atos ilícitos que possam vir a ocorrer nesta localidade.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_no_180_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_no_180_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da ponte de madeira localizada na comunidade Faleiros, dentro da estrada que corta a propriedade do Sr. José Geraldo (conhecida também por antiga fazenda do Alípio Coelho)._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supracitada ponte, conforme demonstra a foto anexa, o “braço” da ponte estar a ceder, podendo comprometer toda sua estrutura, tendo em vista o que se pode observar na foto, a estrutura da ponte ainda não se perdeu totalmente, sendo mais baratos para os cofres públicos a manutenção imediata, pois caso não tome a atitude de recuperá-la o mais breve possível a mesma virá a se perder, e assim a solução será a reconstrução de uma nova no local._x000D_
 Por fim e não menos importantes esclarecemos ainda o risco eminente de se ocorrer algum acidente no local.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_no_181_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_no_181_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento na estrada vicinal localizada na Comunidade dos Coqueiros, ademais solicita ainda que seja implementado no referido local uma manilha, entre a propriedade do falecido Sr. Garrafão e do Sr. Tuniquinho._x000D_
 Tal ação justifica-se pela necessidade de patrolamento do local, pois esta via vicinal se deteriorou bastante na época chuvosa, abrindo várias valas no decorrer da via, ocorre também  que é de suma importância a implementação da manilha solicitada no local supracitado, ajudando a conservação da via como um todo._x000D_
 A demanda veio a conhecimento deste subscrevente através de uma solicitação advinda do Sr. Geraldo Coqueiro, conhecido como Ladico, que reside no local, ademais resta salientar que tal localidade é rodeada por vários sítios e a trafegabilidade da via realmente está comprometida.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_no_182_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_no_182_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga o nosso Município ao Município de Resende Costa, estrada essa que corta importantes comunidades, como a dos Faleiros e dos Coelhos._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção na referida via, que é uma das principais estradas vicinais de nosso Município, por onde diariamente transitam carros comuns levando os munícipes de um local para o outro, ônibus escolares, máquinas agrícolas e caminhões utilizados para escoamento da produção e para as mais diversas entregas de insumos agrícolas. _x000D_
 Ademais vale ressaltar que a época é propícia a manutenção da via, uma vez que estamos no período de seca, deixando a mínima possibilidade da via ser acometida pelas chuvas o que automaticamente atrapalharia na trafegabilidade.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Indica-se a este Executivo Municipal a necessária e urgente revisão dos salários bases de todo o funcionalismo público municipal, de modo que não haja discrepâncias entre as funções estabelecidas, em especial aquelas categorias profissionais dos integrantes das Estratégias de Saúde da Família (ESF), como também nas outras categorias profissionais da saúde, a exemplo de um psicólogo que hoje é remunerado com o salário base de R$ 2.596,21. _x000D_
 Vale ressaltar que as unidades de saúde são compostas de Enfermeiros, Recepcionistas, Técnicos de Enfermagem e Auxiliares de Serviços Gerais. Ao entender deste parlamentar, é necessária a valorização destes profissionais de modo a não se existir tamanha discrepância na política de remuneração, de modo que venham a receber um valor muito menor do que aquelas categorias priorizadas por lei federal.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_no_184_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_no_184_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a liberação de estacionamento em um lado no decorrer da Rua José Rezende._x000D_
 Tal ação justifica-se pela necessidade de deixar na via um local adequado para estacionamento, tendo em vista que naquela localidade há três órgãos públicos, cujo quais são IMA, EMATER e SIAT que visam o atendimento ao público, sendo principalmente o produtor rural._x000D_
 Ademais resta salientar que nesta referida via, está instalada a Secretaria de Obras e Infraestrutura Urbana e desta maneira há uma grande dificuldade dos utilitários deste serviço em encontrar um local adequado para estacionamento, além de possuir no local comércios que dependem de um lugar adequado para carga e descarga._x000D_
 Por fim, ressalto que tal estacionamento era permitido até pouco tempo e injustificadamente veio a ser proibido, gerando grande dificuldade aos usuários dos serviços ofertados nestes órgãos públicos e aos comerciantes que dependem de um local adequado para efetuar carga e descarga de suas mercadorias.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_no_185_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_no_185_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a retirada de água que está escorrendo na Rua Mário Pica-Pau._x000D_
 Tal ação justifica-se pois na referida rua rotineiramente há um acúmulo de água advinda de alguma residência que não está ligada no sistema de esgoto ou de águas pluviais, conforme demonstra a foto em anexo, desta maneira pede-se a este executivo que tome as providências cabíveis para a resolução do problema, seja ele mesmo fazendo a ligação no sistema de captação de água/esgoto ou notificando o proprietário a fazer, caso a obrigação seja deste.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Obras possa prestar assistência à Sra. Sônia Ribeiro, moradora da Rua José Sebastião Batista de Oliveira, número 276, Bairro Batista de Oliveira, onde, segundo a mesma, a abertura de seu portão ficou comprometida com a implantação de um passeio naquela via. _x000D_
 Que o chefe do Departamento de Obras do Município possa comparecer ao local para averiguar a situação e prestar as orientações a respeito do problema que se menciona.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_no_188_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_no_188_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este executivo possa instalar lixeiras na comunidade da Ponte Funda, e também disponibilizar a coleta do lixo dentro da própria comunidade._x000D_
 Tal ação advém das solicitações dos moradores da localidade, que procurou este subscrevente para interceder junto ao município. De acordo com a população local, hoje não existe nenhuma lixeira pública na comunidade, local esse adequado para que os moradores possam depositar seus resíduos sólidos. Ademais, a outra demanda supracitada é consequência da primeira. Outro ponto a se destacar é que já existe uma coleta feita no local, sendo esta uma vez por semana, o que dificulta para os moradores, pois a mesma é realizada na entrada da comunidade, o que fica cerca de 8km da mesma, dificultando com que os moradores possam depositar seu lixo para que o mesmo tenha uma destinação correta.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_no_189_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_no_189_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a MG-383 à comunidade da Serra do Camapuã, ressalta-se que é a estrada principal que liga a comunidade a área urbana de nosso município, ademais ressalta-se a necessidade de manutenção das vias paralelas a essa estrada, que a ligam a comunidades como a do Taquaril._x000D_
 Tal ação justifica-se pela precariedade em que se encontram as supracitadas vias, restringindo o direito de ir e vir do munícipes pela falta de manutenção, deixando a trafegabilidade da via comprometida, o que resulta direto nos prejuízos ao homem do campo, que utilizam de tais vias para escoar suas produções, ademais ressalta-se a dificuldade do transporte escolar em transitar nesses locais, na dificuldade dos moradores de ter acesso a área urbana para resolver seus problemas cotidiano e até mesmo em cuidar de sua saúde._x000D_
 Desta maneira, requer que este Executivo possa tomar as medidas necessárias para realizar a manutenção dessas vias o mais breve possível.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_no_190_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_no_190_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de 03 (três) mata-burros na comunidade do Colônia, na via que dá acesso a casa do Sr. João (pai do Lucimar da Casa de ração), solicita-se também que tal via, em seus pontos mais críticos, possa ser patrolada e encascalhada._x000D_
 Tal ação justifica-se primeiro pela celeridade nos atendimentos realizados pelo TFD, em especial ao atendimento da esposa do Sr. João, cuja qual é paciente que se encontra dependente de hemodiálise, desta forma o carro do município tem encontrado tremenda dificuldade em trafegar por esta via, ademais os motoristas têm perdido um tempo considerável ao parar para abrir tantas porteiras, motivo pelo qual solicita-se a implementação destes supracitados mata-burros, para dar celeridade neste transporte e consequentemente conseguir atender mais munícipes.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_no_191_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_no_191_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção dos brinquedos do parquinho existente na Praça Coronel Joaquim Resende._x000D_
 Tal demanda advém da população utilitária do parquinho para com esta subscrevente, onde foi solicitado uma intervenção no sentido de ser realizada uma manutenção periódica dos brinquedos daquela praça, cujo qual ficam expostos ao tempo, necessitando de uma ação básica como a lubrificação, bem como outras ações de manutenção que este executivo possa observar como necessária._x000D_
 Nesse sentido, busca-se uma maior segurança para nossas crianças, que rotineiramente usam este espaço público para brincar, de forma a garantir que tais equipamentos não possam vir a causar acidentes por falta de manutenção.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_no_192_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_no_192_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a instalação de energia elétrica na Rua Inês Assis, localizada no bairro Sassafrás._x000D_
 Tal ação justifica-se pela localidade não possuir iluminação pública, e pela dificuldade que os moradores da referida rua encontram em solicitar a instalação de energia elétrica, neste sentido vale esclarecer a recusa da empresa prestadora de serviço em fazer a instalação para os moradores, desta maneira os mesmo para possuírem tal serviço necessário, dependem que vizinhos da outra rua os cedam, o que mostra o descaso do poder público com a situação, devendo este de imediato se posicionar à frente da situação e requerer a instalação na localidade, fato que de imediato dará aos moradores as condições necessárias para requerem a instalação própria em suas residências.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_no_193_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_no_193_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o realocamento de um poste de iluminação pública e rede elétrica localizado na Rua Pedro Domingues, nº 162._x000D_
 Tal ação faz-se necessária pela proximidade em que o poste encontra-se da varanda da residência, estando em desconformidade com os demais postes existentes naquela via, desta maneira destaca-se que o mesmo está muito para dentro do passeio, levando perigo aos moradores da supracitada residência, além disso o poste foi instalado em frente ao portão de acesso desta casa, em total desconformidade, vez que o mesmo deveria ser instalado nas divisas de lote, assim os proprietários estão encontrando uma enorme dificuldade para acessar sua residência e carregar os diversos objetos necessários no dia a dia para dentro de sua casa.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_no_194_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_no_194_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa analisar a instalação de uma manilha ou de uma ponte, na estrada rural que corta o terreno do Sr. Alcino Sebastião Narciso de Resende._x000D_
 Tal ação justifica-se pela necessidade de manutenção da referida estrada que corta a propriedade supracitada, local esse que encontra-se urgentemente precisando da instalação de uma ponte ou a instalação de uma manilha, próximo a casa do Sr. Alcino Sebastião, de modo que no local a água corrente tem degradado diretamente a via, deixando-a praticamente intrafegável.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_no_195_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_no_195_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma academia ao ar livre no bairro do Batista de Oliveira._x000D_
 Tal ação justifica-se pela necessidade da melhoria da saúde física e mental dos moradores deste referido bairro, visando uma melhor qualidade de vida aos munícipes que serão beneficiados por esta ação, além de proporcionar momentos de lazer às pessoas que utilizarão este espaço público</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_no_196_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_no_196_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a aplicação de água nas ruas do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias do supracitado bairro, de modo que segundo os moradores da localidade uma vez na semana já resolveria o problema, tendo em vista que a época de seca que atravessamos faz com que a poeira se propague mais facilmente._x000D_
 Neste sentido, ressaltamos aqui ainda que a proliferação de poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes da poeira._x000D_
 Desta forma, requer que este Executivo realize  a ação supra indicada, que é de extrema necessidade aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_no_197_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_no_197_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de quebra-molas na Rua José Sebastião, localizada no bairro Batista de Oliveira._x000D_
 Tal ação Justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, tem chegado ao conhecimento deste subscrevente diversas reclamações de moradores da localidade, informando que os condutores de veículos e motocicletas têm trafegado em alta velocidade pela via, colocando em risco a vida dos pedestres que trafegam pelo local, e das crianças que ali costumam brincar._x000D_
 Há de se ressaltar que a solução para o problema é a implementação de quebra-molas, uma vez que a fiscalização eletrônica é inviável para a localidade e a polícia militar não consegue fazer rondas e blits rotineiramente pelo local, devido a demanda e o pouco efetivo que possui nosso município._x000D_
 Por todo o exposto, requer este subscrevente que tal demanda seja analisada o mais breve possível pela Secretaria Municipal de Obras e Infraestrutura, mais especificamente</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_no_198_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_no_198_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua Pedro Antônio dos Santos, próximo a oficina do Sr. Alcides, localizada no bairro Cachoeira._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção do calçamento da referida rua, vez que o mesmo encontra-se danificado, comprometendo a boa trafegabilidade da supracitada via, o que pode inclusive gerar danos aos motoristas, bem como, uma maior deterioração da própria via.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_no_199_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_no_199_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de quebra-molas na Rua Sebastião Panzera Veloso, próximo ao n° 174 ou o que este Executivo se julgar necessário._x000D_
 Tal ação justifica-se pela necessidade de implantação do referido quebra-molas, haja vista que no local, segundo moradores, os condutores estão trafegando em alta velocidade, colocando em risco a vida dos pedestres que transitam por esta supracitada via, principalmente as crianças que rotineiramente brincam no local.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Solicita que seja realizada a pavimentação asfáltica na entrada da lateral de acesso a Associação dos Pais e Parentes dos Dependentes Químicos - APADEQ de Entre Rios de Minas._x000D_
 Tal ação justifica-se pela necessidade de se asfaltar o referido acesso desta importante associação de nosso município, que realiza a desintoxicação de usuários, merecendo um acesso digno, pois no local podem ocorrer emergências e a ambulância não conseguir o acesso fácil e rápido necessário.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_no_201_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_no_201_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um mata-burro (de madeira) localizado na Comunidade da Cachoeira dos Forros, entre a propriedade do Sr. Beto do Vicente Coelho e do Sr. Ditinho._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção, conforme demonstra a foto anexa, as travessas estão quebradas, levando um grande risco aquelas pessoas que necessitam de trafegar por aquele local. Ressalta-se ainda a importância dessa via para o povo desta comunidade, pois é uma das vias principais, englobando a propriedade de várias pessoas, por onde essas escoam sua produção e também trafegam diariamente.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_no_202_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_no_202_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte de madeira, localizada na comunidade da Cachoeira dos Forros, que está instalada na via principal, dentro da propriedade do Sr. conhecido como Tio Osvaldo._x000D_
 Tal ação justifica-se pelo estado precário de conservação em que se encontra a referida ponte, conforme demonstra foto anexa, a mesma tem sua estrutura de madeira e apresenta várias “travessas” quebradas, o que põe em risco a vida de quem necessita utilizá-la, pois grande parte da produção agrícola do local é necessariamente escoada pela via, correndo alto risco de se perder ao atravessar a supracitada ponte.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_no_203_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_no_203_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de Bueiro na Rua Margarida Augusta da Cruz, próximo ao n° 10, no bairro São Lucas._x000D_
 Tal ação justifica-se pelo precário estado de conservação que tal bueiro apresenta, conforme demonstram as fotos anexas, causando risco aos veículos que trafegam pela via, aos pedestres e às crianças que brincam por aquela localidade. _x000D_
 Desta maneira torna-se imprescindível a supracitada manutenção, a fim de se restabelecer a segurança de todos aqueles usuários da via.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_no_204_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_no_204_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que esse executivo municipal possa realizar a manutenção de um vazamento de água existente na estrada principal da comunidade da Serra do Camapuã, conforme demonstra a foto anexa._x000D_
 Tal ação justifica-se pela necessidade imediata de reparação neste vazamento, levando em conta o princípio da eficiência da administração pública, que está esculpida no art. 37 da CF/1988._x000D_
 Desta maneira requer que tal ação seja realizada o mais breve possível.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_no_205_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_no_205_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural da comunidade da Serra do Camapuã, passando pela comunidade do Caiuca e do Ouvidor, sentido comunidade do Catauá até a divisa com o município de Lagoa Dourada, onde acaba a competência deste executivo em agir._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção na supracitada via, uma vez que a mesma encontra-se em péssimo estado de conservação, dificultando a trafegabilidade do local e desta maneira prejudicando o  escoamento da produção agrícola de todos os agricultores daquela região.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_no_206_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_no_206_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural da comunidade da Serra do Camapuã, passando pela comunidade do Madruga  e Castro e Camapuã de Cima, sentido comunidade do Catauá até a divisa com o município de Lagoa Dourada, onde acaba a competência deste executivo em agir._x000D_
 Tal ação justifica-se pela necessidade imediata de manutenção na supracitada via, uma vez que a mesma encontra-se em péssimo estado de conservação, dificultando a trafegabilidade do local e desta maneira prejudicando o  escoamento da produção agrícola de todos os agricultores daquela região.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_no_207_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_no_207_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na estrada que liga a comunidade da Pedra Negra seguindo em direção ao município Desterro de Entre Rios, passando pela propriedade do Sr. Geraldo da Cachaça._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade, principalmente no trecho acima referido, que comporta diversas residências. Ocorre que recentemente no local houve a manutenção da via, e com isso a poeira no local tem predominado, levando sujeira excessiva à casa dos moradores das imediações deste trecho, além de recentemente ter causado dois acidentes de motociclistas na supracitada via, ocorridos pelo excesso de poeira.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_no_208_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_no_208_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da rede de esgoto localizada na rua José Dos Santos, localizada no bairro Vila São Vicente, próximo ao campinho existente naquela localidade._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata da rede de esgoto, conforme demonstram as fotos anexas, o mesmo, após ruptura de seu encanamento está correndo livremente a céu aberto, recaindo sobre o canal de águas pluviais e consequentemente sendo lançado ao córrego que corta a comunidade, o que tem causado além de um desconforto aos moradores da localidade pelo mal cheiro, um grande dano ambiental.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_no_209_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_no_209_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera em todo o seu teor a indicação de n° 94/2021, de autoria deste subscrevente que dispõe sobre uma vistoria/averiguação do Córrego do Batata, ademais a indicação ainda explanou que  conforme denúncias de moradores, vem ocorrendo o despejo irregular de esgoto na água corrente existente no local. Tal fato, inclusive, tem provocado intenso mau cheiro, o que acaba por prejudicar todos os cidadãos que vivem nas imediações._x000D_
 Por fim pugna a supracitada indicação que diante os fatos, que sejam tomadas providências, bem como sejam fornecidas informações a respeito de eventual e referida irregularidade, a fim de que sejam cumpridas as disposições da Lei Municipal 1.695/2015, especialmente as constantes no art. 2º, II da citada lei, o que por hora também se solicita nesta indicação.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_no_210_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_no_210_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata burro na comunidade Campo do Meio, entre as propriedades do Sr. Jandir filho do Delcides e do Sr. Adelmo Fonseca Campos._x000D_
 Tal ação justifica-se pela necessidade de manutenção do local, vez que o referido mata-burro açoriou e com isso os animar estão transitando de um lado para o outro da via, causando inúmeros transtornos aos proprietários. Desta maneira faz-se necessário que este Executivo atua imediatamente para realizar a manutenção, sendo necessário segundo os utilitários da via a retirada do mesmo, uma nova perfuração da vala e o realocamento da estrutura do supracitado mata-burro, que encontrasse totalmente intupido.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_no_211_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_no_211_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera os pedidos contidos na indicação n° 208-2022 deste subscrevente, ressaltando que houve a manutenção da rede de Esgoto da Rua José dos Santos, no bairro Vila São Vicente, porém ressalta que o problema apesar de ter sido resolvido voltou a existir no local._x000D_
 Desta maneira, faz-se necessária a imediata manutenção, por tudo aquilo que foi explanado na supracitada indicação, ademais encaminho as fotos anexa, para constatar que o problema persiste, ou seja, há esgoto a céu aberto no referido local.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_no_212_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_no_212_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do elevado existente na Praça Senador Ribeiro._x000D_
 Tal ação justifica-se pela necessidade de manutenção do supracitado local, conforme demonstra a foto anexa, observa-se que os paralelepípedos estão afundando. Ressalta-se ainda que no supracitado local existia uma árvore, e com a retirada desta, instalou-se os paralelepipedos, ademais esclareço ainda que o local serve como ponto de lazer e diversão para os munícipes, ainda é utilizado como ponto de apoio para a feira municipal, tal elevado também é utilizado de palco para os eventos públicos, como o sábado interativo de Festa da Colheita, que ocorre na durante a parte do dia nesta praça.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_no_213_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_no_213_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na estrada que liga a zona urbana de nosso município a Comunidade do Sapé, no trecho em que compreende a primeira ponte após o morro do batuta até o município de Jeceaba-MG._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade, principalmente no trecho acima referido, que comporta diversas residências. Ocorre que recentemente no local houve a manutenção da via, e com isso a poeira no local tem predominado, levando sujeira excessiva a casa dos moradores das imediações deste trecho, além de sujar aqueles que se deslocam ou esperam o transporte que passa na via.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_no_215_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_no_215_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro, localizado proximo a divisida do nosso Município com o Municipio de Jeceaba, mas precisamente estando na estrada que liga a nossa cidade à comunidade do Sapé, após o Morro do Batuta, estando entre a última ponte da estrada, e a ponte que faz a divisa destes supracitados Municípios._x000D_
 Tal ação justifica-se pelo mal estado de conservação do referido mata-burro, que encontra-se com várias travessas quebradas, o que demonstra um perigo eminente para aqueles que necessitam de trafegar pelo local, vale ressaltar ainda que o local está a poucos passos de ficar intrafegável, o que implicará diretamente no direito de ir e vir de todos os usuários da supracitada localidade. Desta maneira, faz-se necessária a intervenção imediata deste Executivo no referido local.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_no_216_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_no_216_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido contido na indicação de n° 204-2022 de autoria deste subscrevente, cuja qual dispõe sobre uma possível a manutenção de um vazamento de água existente na estrada principal da comunidade da Serra do Camapuã. Ressalta-se porém que agora existe mais um vazamento na estrada._x000D_
 Desta maneira requer que tal ação seja realizada o mais breve possível, haja vista que a demora na manutenção do problema relatado na supracitada indicação e o novo vazamento que apareceu no local.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_no_217_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_no_217_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da Estrada Rural que liga à área urbana de nosso Município a comunidade dos Faleiros, mas precisamente próximo ao morro do Pedro Rita._x000D_
 Tal ação justifica-se pela necessidade de patrolamento do local, haja vista a quantidade de pedras existentes na via, o que tem ocasionado prejuízos aos que trafegam por ali, pois as referidas pedras existentes neste trecho estão furando os pneus dos veículos, desta maneira atrapalham a trafegabilidade do local e causam essa infelicidade aos condutores.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_no_218_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_no_218_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de painel turístico com os dizeres “Eu Amo Entre Rios”, devendo este Executivo realizar um estudo de viabilidade para achar um local adequado, sugerindo ainda essa subscrevente alguns pontos que caberia tal painel, sendo os seguintes:_x000D_
 - Trevo da Cidade - próximo a estátua do Cavalo Campolina._x000D_
 - Praça Antônio Morais - bairro Santa Efigênia, por ser uma praça ampla e estar no início da cidade._x000D_
 - Igreja Matriz - Centro da cidade, local onde diversas pessoas passam, além de ser um local que se tornou um de nossos cartões postais._x000D_
 Tal ação justifica-se pela necessidade de se incentivar o turismo de nosso município, além de se tal painel se tornar um novo cartão postal de nossa cidade, e servirá também de um novo ponto turístico, o que implicará na ampla divulgação pelo brasil e pelo mundo através de todas as redes sociais, além de ser um ponto onde os entrerrianos e turistas poderão expressar o seu amor por esta cidade.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_no_219_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_no_219_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera os pedidos contidos na indicação de n° 27-2022 de autoria deste subscrevente, a qual dispõe sobre a necessidade de reconstrução de uma ponte na comunidade do Montijo de Baixo, localizada próxima às residências dos Srs. Silvio Fortunato, Brás Geraldo (do açúcar), Joãozinho do Ataíde, entre outros._x000D_
 Como aludido na supramencionada indicação,  é de amplo conhecimento que o grande volume de chuvas que atingiu o nosso município no começo do ano, causou diversos problemas em nosso município, como pontos de alagamentos e degradação das estradas rurais, causadas pelo intenso volume de água._x000D_
 Desta maneira a presente indicação busca viabilizar o acesso à comunidade supracitada próximo a casa dos Srs. supracitados, tendo em vista que a ponte existente na estrada de acesso veio a ceder, gerando grande transtornos aos moradores desta localidade, os deixando impossibilitados de ir e vir normalmente, o que interfere diretamente no escoamento de produção agrícola e atividades rotineiras.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_no_220_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_no_220_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Praça Senador Ribeiro, em frente a casa do ex-prefeito Marinho._x000D_
 Tal ação justifica-se pela necessidade de manutenção do referido ponto, conforme demonstra a foto anexa, os paralelepípedos estão soltando, e desta maneira a via encontra-se danificada, causando transtornos a todos que necessitam transitar por ali, inclusive, podendo a vir gerar acidentes com motocicletas._x000D_
 Ressalta-se ainda que tal localidade está diretamente no centro da cidade e que desta maneira possui um grande fluxo de veículos, sejam estes leves e pesados, motivo pelo qual necessita-se de uma manutenção imediata.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_no_221_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_no_221_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de local de um poste que encontra-se na Rua Juarez de Assis Pena esquina com a Rua Carlos Veloso, no bairro São Lucas e também a implementação de um novo poste entre este que está no local errado e o próximo que está instalado na Rua Juarez de Assis Pena._x000D_
 Tal ação justifica-se pelo local onde encontra-se instalado supracitado poste, ou seja, totalmente dentro da rua, conforme demonstra as fotos anexas, o que está em total desacordo em relação a localidade onde o mesmo deveria ser instalado, ademais, por este motivo, o mesmo pode vir a ocasionar acidentes. Lado outro pede-se também a instalação de um novo poste entre este e o próximo daquela via, pois como também observa-se nas fotos anexas, o local encontra-se totalmente escuro, e desta maneira, torna-se um local perigoso para a população, dando uma sensação de insegurança e incerteza para aqueles moradores.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um bueiro na Rua Juarez de Assis Pena, próximo ao nº25, no bairro São Lucas._x000D_
 Ocorre que o bueiro existente responsável pelo escoamento das águas advindas da chuva perdeu sua tampa de proteção, conforme demonstra a foto anexa, e desta maneira tem colocado em risco a população que circula pelo local, podendo ocasionar acidentes, pois trata-se de um buraco profundo o suficiente para fraturar a perna de qualquer cidadão. _x000D_
 Desta maneira, faz-se necessário a manutenção do local, com a implementação de uma nova tampa de proteção, haja vista que no local havia uma de ferro e que atendia perfeitamente a demanda supracitada.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_no_223_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_no_223_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementada uma caçamba de lixo no bairro Padre Vitor, em local a ser estudado por este Executivo, mas de imediato sugiro que seja instalado próximo a praça existente no supramencionado bairro._x000D_
 Tal ação justifica-se pois a coleta de resíduos sólidos atualmente é realizada em dois dias da semana, o que não tem resolvido a demanda dos moradores, tendo em vista o crescimento considerável do bairro nos últimos anos e consequentemente a quantidade de lixo produzida._x000D_
 Assim faz-se necessário a implementação desta caçamba, para evitar que as pessoas deixem seus resíduos na rua à espera do caminhão de coleta, o que pode gerar uma grande sujeira nas vias do bairro, devido ao número de cachorros em situação de rua e que reviram o lixo a procura de alimento.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_no_224_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_no_224_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de uma lixeira na entrada da comunidade do Brumadinho, acesso que se dá pela MG-383, logo após o bairro Castro._x000D_
 Tal ação justifica-se pois o local é o acesso principal da referida comunidade e não há no supracitado local um lugar adequado para que os munícipes daquela localidade dispensarem os seus resíduos sólidos, vez que atualmente dispensam nesse local sugerido e desta maneira o local fica extremamente poluído._x000D_
 Assim faz-se necessário a implementação desta lixeira, de modo que ao atender o bairro Castro o caminhão de coleta estenderá até o local para recolher os resíduos dessa localidade.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_no_225_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_no_225_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a viabilidade do aluguel de mais uma patrol para atender a demanda das estradas rurais._x000D_
 Tal ação justifica-se pela necessidade diária de manutenção de nossas estradas rurais, para que assim o serviço de manutenção seja mais efetivo, vez que a época de chuva se aproxima e desta maneira nossas vias rurais certamente ficarão intrafegáveis._x000D_
 Neste sentido, ressalta-se ainda que o nosso Município possui cerca de 1.200 km ( um mil e duzentos quilômetros) de vias rurais e desta forma o maquinário existente não dá conta da demanda de realizar uma manutenção efetiva, deixando tais vias em boas condições de trafegabilidade</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_no_226_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_no_226_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um estudo acerca da possibilidade de um leilão para venda da motoniveladora (patrol) mais antiga de propriedade deste Executivo, com intuito de assim o município possa adquirir uma nova._x000D_
 Tal ação se dá pelo fato que a supracitada máquina é bastante antiga, e desta maneira não tem conseguido atender a demanda existente como deve ser, uma vez que pelo longo período de utilização, hoje encontra-se mais parada (quebrada) em manutenção do que trabalhando, em razão do deterioramento de suas peças e de sua idade de funcionamento, assim com o dinheiro arrecadado no possível leilão o Município poderá efetuar a compra de uma nova, que atenderá melhor a demanda aqui existente.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_no_227_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_no_227_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que providências sejam tomadas acerca de alguns cachorros em situação de rua que área urbana de nosso Município, e estão atacando as pessoas._x000D_
 Vale esclarecer que este subscrevente tem conhecimento do problema e de todo o trabalho que este Executivo vem fazendo para reduzir a população desses animais, estabelecendo ações de castramóvel e outras. 	_x000D_
 Ainda neste contexto, ressalta-se que a ação em questão deve ser realizada frente a esses animais que são agressivos e atacam as pessoas, sejam essas crianças, adultos e até idosos, tendo por objetivo tirar de imediato a circulação destes animais e dar-lhes um destino adequado._x000D_
 Sendo assim, pede-se a este Executivo que tome providências em relação à problemática existente, de maneira a identificar esses animais e os recolherem, os dando uma destinação correta e garantindo a segurança da população.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_no_228_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_no_228_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas ruas do bairro Sassafrás, bem como nas Comunidades da Gameleira e São José das Mercês._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias do supracitado bairro, bem como nas comunidades supracitadas, de modo que segundo os moradores da localidade tendo em vista que a época de seca que atravessamos faz com que a poeira se propague mais facilmente, gerando assim além de sujeira, diversas doenças respiratórias._x000D_
 Insta destacar que este Executivo já vem realizando em trabalho em alguns locais, como de fato é reconhecido por este subscrevente e por moradores dessas localidades, entretanto essa aplicação tem sido realizada durante o dia, o que no modo de vista deste subscritor tem adiantado pouco, uma vez que as temperaturas elevadas durante o dia, combinado com o tráfego pelos locais fazem com que rapidamente a via esteja seca e prolifere novamente essa poeira.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_no_229_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_no_229_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa se atentar às demandas básicas do bairro Castro, como a infraestrutura urbana e a iluminação pública da supracitada localidade._x000D_
 Ocorre que o supracitado bairro é um dos maiores, senão o maior de nosso Município e sua infraestrutura tem deixado a desejar. Através de moradores, reclamações recorrentes têm chegado ao conhecimento dessa subscrevente no que tange a infraestrutura básica das ruas do supramencionado bairro, além da má qualidade dos serviços de prestação continuada, como a limpeza de suas vias urbanas, esgoto sendo despejado a céu aberto, o que inclusive já gerou multa ambiental a este Executivo, falta de pavimentação em suas vias, falta de manutenção daquelas vias não pavimentadas e por fim a falha na iluminação pública, onde ressalta-se que esta taxa vem sendo cobrada desses moradores mensalmente.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_no_230_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_no_230_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na Rua Antônio Pedro, localizada no Bairro Castro._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade, que possui diversas residências. Ocorre que a poeira está no local de forma excessiva, o que consequentemente leva sujeira a casa dos moradores da supracitada via, além de aumentar a quantidade de doenças respiratórias.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Solicita que seja estudado a implementação de vale alimentação para os funcionários públicos do poder Executivo._x000D_
 O vale alimentação é um benefício fornecido aos funcionários, com um valor preestabelecido para que se supra gastos diários com alimentação. Com esse vale, os funcionários deste Executivo poderão melhorar a sua alimentação diária, sendo uma forma de ajudá-los a conquistar isso, além de se tornar um complemento em sua renda mensal este também é visto como forma de valorizar a todos esses servidores que são essenciais para o bom desenvolvimento de nosso Município, além de se tornar um atrativo para novos servidores._x000D_
 Desta maneira, sabendo da dificuldade de melhorar o plano de cargos e salários do município, por questões financeiras, seria uma maneira de dirimir os baixos salários estabelecidos na Lei que instituiu o plano de cargos e salários.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_no_232_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_no_232_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a retirada de uma garagem e um curral, que foram instalados no final da Rua Amor Perfeito, no loteamento Belvedere, no bairro da Vargem do Engenho._x000D_
 Tais demandas advém dos moradores da localidade, vez que as supramencionadas obras estão instaladas em local público, conforme pode ser confirmado por visita técnica da equipe de obras e patrimônio deste Executivo, e conforme demonstram as fotos anexas. _x000D_
 Neste contexto, além de estar se utilizando de espaço público para servir de garagem, foi implementado no local como já aludido um curral, que tem disseminado um mal cheiro tremendo, além de ferir diretamente o código de posturas do Município, ademais os moradores temem que com a chegada das chuvas, a água que escorre no local leve a sujeira a casa dos moradores que confrontam com a localidade.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_no_233_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_no_233_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a coleta de lixo na comunidade da Ponte Funda._x000D_
 Tal ação justifica-se pela necessidade de ser realizada a coleta de lixo no local, vez que nessa comunidade foram instaladas duas lixeiras, para que os moradores da referida localidade pudessem dar uma destinação correta para seus resíduos, o que de fato vem ocorrendo._x000D_
 Entretanto, conforme pode-se observar pelas fotos anexas, a coleta não vem atendendo a demanda do local, e segundo moradores a mais de 15 (quinze) dias o serviço não acontece, o que gera um acúmulo de lixo e consequentemente uma sujeira excessiva do local, ademais, este acúmulo é prejudicial aos proprietários da vizinhança a lixeira, pois animais como cachorros e ratos espalham o lixo, o que  consequentemente leva a sujar suas propriedades e ainda correm o risco do gado engasgar ao mastigar esses resíduos.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_no_234_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_no_234_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua Lucí Faria na divisa com a Rua Rio Brumado._x000D_
 Tal ação justifica-se pela necessidade de manutenção do referido ponto, conforme demonstra a foto anexa, os paralelepípedos estão soltando, e desta maneira a via encontra-se danificada, causando transtornos a todos que necessitam transitar por ali, inclusive, podendo a vir gerar acidentes._x000D_
 Ressalta-se ainda que tal localidade está entre uma via bastante movimentada da nossa cidade e a Escola Estadual “Pedro Domingues” e desta maneira possui um grande fluxo de veículos, inclusive os que realizam o transporte escolar, motivo pelo qual necessita-se de uma manutenção imediata.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_no_235_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_no_235_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Av. Dr. José Gonçalves da Cunha, próximo ao Gás do Celinho, já na altura do bairro Senhor dos Passos._x000D_
 Tal ação justifica-se pela necessidade de manutenção do referido ponto, conforme demonstra a foto anexa, os paralelepípedos estão soltando, e desta maneira a via encontra-se danificada, causando transtornos a todos que necessitam transitar por ali, inclusive, podendo a vir gerar acidentes.Ressalta-se ainda que tal via é uma das principais de nosso município, e que comporta um elevado fluxo de veículos, não podendo a mesma ficar danificada desta maneira, motivo pelo qual faz-se necessário a imediata intervenção do poder público neste local.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_no_236_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_no_236_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de 03 (três) quebra-molas, na Comunidade da Serra do Camapuã, próximo ao pesque e pague do Sr. Fernando, local esse que também possui diversas moradias a fim de reduzir a velocidade dos condutores ao passarem pelo local, diminuindo assim além da poeira que provocam, o risco de acidentes, já que trata-se de uma via principal, onde ocorre a entrada e saída de veículos e o tráfego de pedestres.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Reitera os pedidos contidos na indicação de n° 210-2022 de autoria deste vereador que dispõe sobre a manutenção de um mata-burro na comunidade Campo do Meio, localizado entre as propriedades do Sr. Jandir filho do Delcides e do Sr. Adelmo Fonseca Campos.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_no_238_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_no_238_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a coleta de lixo na comunidade da Bem Querência, no latão que se encontra próximo a casa do Sr. Bernardo._x000D_
 Tal ação justifica-se por este ponto de coleta ter sido esquecido, esclareço ainda que a coleta tem sido realizada na supracitada comunidade, porém o ponto de coleta evidenciado não está sendo contemplado, provavelmente pelos novos funcionários não possuírem conhecimento sobre todos os pontos de coleta existente na localidade, desta maneira solicita que seja repassado para todos os funcionários do setor de coleta de resíduos sólidos os locais existentes, para que assim o serviço seja realizado de forma correta.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_no_239_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_no_239_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa direcionar ao Sr. responsável pelo setor de trânsito do município a necessidade de se realizar um estudo técnico na Praça do Bagre e desta maneira avaliar quais as condições de trafegabilidade daquelas ruas que a circulam, instalando no local novamente placas de sinalização._x000D_
 Tal demanda advém de reclamações dos moradores daquela localidade, vez que o local anteriormente era agraciado com placas de sinalização de trânsito, onde ficava explícito em quais sentidos se poderia trafegar e sem nenhuma justificativa plausível para com a população tais placas foram retiradas._x000D_
 Ocorre que diante esse impasse de sinalização, os condutores têm reclamado diariamente sobre a confusão que se faz ao trafegar pela localidade, vez que não se sabe ao certo quais ruas são de mão dupla e quais de mão única, o que  inclusive já ocasionou acidente no local, devido essa falta de placas de trânsito, motivo pelo qual solicita que tal demanda seja analisada o mais breve possível.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_no_240_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_no_240_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de um tambor de lixo na comunidade do Madruga da Pedra, bem com a implementação de mais um tambor, pois os existentes não estão sendo o suficiente para atender a demanda, assim deve ser trocado o que está danificado, que é localizado próximo a residência do Sr. Mané do Afonso, bem como a implementação do outro supracitado, desta vez a ser instalado próximo a propriedade da Sra. Joana, esposa do Sr. Elias._x000D_
 Solicita-se ainda que seja instalado um tambor de lixo na comunidade da Pedra Negra, próximo a propriedade do Sr. Geraldo Gervásio, o qual atenderá várias residências das localidades._x000D_
 Ocorre que nos supracitados locais do Município já é realizado o serviço de coleta dos resíduos sólidos, porém está faltando uma infraestrutura que de suporte a demanda, o que justifica o pedido supra solicitado.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Larissa Rodrigues, Roni Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_no_241_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_no_241_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja realizada a implementação de iluminação pública na Rua Travessa Maria Resende Asevedo, localizada no bairro Castro._x000D_
 A supramencionada ação justifica-se pela localidade não possuir iluminação pública, como pode se observar pelas fotos anexas, apesar de possuir rede elétrica em toda sua extensão, a via não possui sequer um poste que tenha lâmpada, o que tem ocasionado a população uma sensação de insegurança, haja vista que a falta de iluminação facilita o cometimento de ilícitos, ademais ressalta-se ainda a dificuldade dos munícipes residentes ali ao se deslocarem no período noturno, por não enxergarem o que possa ter em seu caminho._x000D_
 Por fim destaca-se que além de ser algo imprescindível a infraestrutura básica urbana tal ação tem por escopo proporcionar uma maior segurança e bem-estar à população, além de facilitar o deslocamento por toda via.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_no_242_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_no_242_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de 02 (dois) mata-burros de madeira localizados na comunidade dos Dois Córregos, sendo o primeiro na divisa das propriedades do Sr. Alziro da Costa Reis com o Sr. Antônio Borges e o outro na divisa da propriedade do Sr. Alziro da Costa Reis, com a antiga propriedade da Sra. Andreia Cunha. 	_x000D_
 Tais ações justificam-se pelo mal estado de conservação dos supracitados mata-burros, conforme demonstra a foto anexa, algumas de suas “travessas” encontram-se quebradas, o que pode gerar algum acidente e tem causado insegurança para os condutores que transitam pelo local.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_no_243_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_no_243_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reconstrução de uma ponte na estrada principal que liga a área urbana do Município à comunidade do Montijo, ponte essa conhecida popularmente por ponte do Braz._x000D_
 Tal ação justifica-se pela necessidade de reconstrução da supracitada ponte, que veio a cair e tornou-se o local intransitável, o que implica diretamente no direito de ir e vir dos munícipes e impacta diretamente no escoamento da produção agrícola dos moradores da mencionada comunidade._x000D_
 Assim requer este subscrevente, que o poder Executivo analise o pedido o mais breve possível, de modo a agir imediatamente na reconstrução desta ponte, fato que devolverá aos moradores locais e demais utilitários da via condições de trafegabilidade.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_no_244_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_no_244_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este executivo municipal possa solicitar a Defesa Civil Municipal para que compareça na Rua Nico Retratista entre as residências de n° 17 e 23 para averiguar os deslizamentos de terra que estão ocorrendo num terreno que dá fundo para Rodovia MG-270 (Av. tiradentes) e desta maneira que efetue um laudo sobre as condições do local._x000D_
 Tal demanda advém da reclamação dos moradores da referida rua, pois segundo estes, toda vez que chove ocorre um novo deslizamento, levando medo aos vizinhos da localidade.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa elaborar um plano de contenção de encostas em nosso Município, visando o mapeamento das áreas de risco, bem como o remanejamento daquelas pessoas que se enquadrarem em áreas de deslizamento._x000D_
 Há de se ressaltar que este ano foi aprovado um projeto de Lei n° 10-2022 de autoria do Poder Executivo que posteriormente passou a Lei n° 1.929 de 28 de Março de 2022, cuja qual garante um valor a ser destinado ao denominado “aluguel social” para as pessoas que, por motivo de força maior são obrigadas a sair de suas residências, desta forma fica claro que há uma verba destinada a arcar com essas despesas.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_no_246_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_no_246_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a manutenção da Av. Benedito Valadares, desta maneira sugere ao Município a realização de uma “operação tapa buracos” no decorrer de toda a via._x000D_
 Tal ação é de grande importância para nosso Município, tendo em vista que a supracitada via é uma das principais de nossa cidade e encontra-se em um estado precário de conservação, vale ressaltar que por ela passa os mais diversos tipos de veículos, indo dos de pequeno porte aos de carga, além disso esclareço ainda que na supracitada via está localizada importantes instituições como o Banco do Brasil, fórum da comarca de Entre Rios de Minas - MG, cartórios de notas e o maior supermercado da cidade, o que demonstra a grande circulação de veículos pelo local.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_no_247_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_no_247_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa incluir diretrizes que contemplem as pessoas com deficiência intelectual e motora na legislação municipal em vigor, incluindo o Plano Diretor Participativo em discussão, assegurando os direitos preconizados pela Lei Federal nº 13.146/2015, a Lei Brasileira de Inclusão da Pessoa com Deficiência, no sentido de desenvolver políticas públicas que os abranjam, permitindo a igualdade, a acessibilidade e a assistência integral em suas necessidades._x000D_
 Que se façam campanhas de promoção dos direitos da pessoa com deficiência e seja formulado um projeto de lei que institua o Conselho Municipal dos Direitos da Pessoa com Deficiência, órgão este que muito contribuirá no processo de fiscalização da aplicação destas políticas.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_no_248_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_no_248_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa desenvolver um projeto de revitalização da região central com parâmetros urbanísticos que contemplem as pessoas com deficiência visual, intelectual e motora, com a adequação das calçadas que permitam a acessibilidade total ao comércio, equipamentos de saúde, prédios públicos e demais órgãos instalados no Centro de Entre Rios de Minas. _x000D_
 Que utilize de recursos da CFEM, acordos judiciais ou de emendas parlamentares para a execução deste objeto, incluindo tal proposta no Plano Diretor Participativo, assegurando assim a inclusão, a liberdade de ir e vir e o exercício da cidadania por estas pessoas de tão grande importância em nossa sociedade.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_no_249_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_no_249_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa desenvolver uma política pública de estímulo à geração de empregos e a criação de oportunidade no empreendedorismo para pessoas com deficiência, num trabalho conjunto com os serviços de assistência social, empresários e a APAE de Entre Rios de Minas, oportunizando a inclusão social de todos, com as devidas campanhas de orientação, acompanhamento e instrução nos serviços públicos, fomentando esta importante discussão em prol da pessoa com deficiência e de todos os Munícipes.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_no_250_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_no_250_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possa executar a implantação de um elevador e estratégias de acessibilidade para pessoas com deficiência na nova sede da Prefeitura Municipal, localizada na Rua Jeceaba, de modo a permitir o acesso de cadeirantes e pessoas de mobilidade reduzida ao segundo e ao terceiro pavimento, franqueando o acesso irrestrito em todo o prédio, nos serviços públicos prestados. _x000D_
 Tal iniciativa reforça a preocupação não somente com o cidadão que necessita dos serviços, mas também à própria admissão de servidores e da atuação de agentes públicos com deficiência no âmbito do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Solicita que seja estudada a possibilidade de revitalização do calçamento da Praça Senador Ribeiro.                                                                                                                                                                                                                                                                                         _x000D_
 Como é sabido, as praças possuem o objetivo de proporcionar às pessoas um local de prazer, entretenimento, qualidade de vida, lazer, socialização e cultura._x000D_
 Nesse espeque, ressaltamos a importância que a supracitada praça possui para nosso Município, sendo a que possui o maior movimento de pessoas, até por estar localizada na área central de nossa cidade e também por abrigar a feira livre Municipal o que leva para o local um elevado número de pessoas até o local.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_no_252_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_no_252_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam realizadas as obras que garantam acessibilidade as calçadas do entorno desta Casa Legislativa, haja vista que no cruzamento existente entre a AV. Dr. José G. da Cunha e a Rua Comendador Pena não existe nenhum rebaixamento que dê acesso a faixa de pedestre, o que atrapalha a locomoção das pessoas que possuem alguma deficiência física ou visual.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_no_253_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_no_253_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o encascalhamento das ruas do bairro Sassafrás que ainda não foram contempladas com a pavimentação asfáltica._x000D_
 Tal ação justifica-se pela necessidade de aplicação do referido insumo, tendo em vista que o período chuvoso se aproxima e com ele a tendência é que tais vias fiquem com a trafegabilidade precária.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_no_254_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_no_254_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o encascalhamento ou implementação de escória da Rua Isaura Mendes._x000D_
 Primeiramente esclarece este subscrevente que a via em questão encontrava-se com aplicação de escória, tendo tal implementação sido realizada pelos fiéis da Igreja Assembléia dos Primogênitos, existente na supramencionada Rua._x000D_
 Ocorre que o Município retirou tal insumo da supracitada via, deixando-a novamente na “terra batida”, o que afeta diretamente na boa trafegabilidade do local, além de proliferar mais facilmente a poeira, ademais os moradores da localidade temem pelo período chuvoso que se aproxima, fato que causará transtornos e poderá até mesmo deixar o local intrafegável.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_no_255_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_no_255_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de mais uma banca de triagem na Usina de Triagem e Compostagem de Lixo._x000D_
 Tal ação justifica-se pela necessidade de implementação da supracitada banca, vez que a usina possui somente uma que vem sendo insuficiente para o bom funcionamento desta, haja vista que existem dois turnos de serviço, sendo um das 7:00 horas da manhã até às 16:00 horas da tarde e o outro de 13:00 da tarde até às 22:00 da noite, deixando ociosos aqueles funcionários que chegam no segundo turno até o horário de saída dos funcionários do primeiro turno, pela banca existente não comportar todos trabalhando ao mesmo tempo. _x000D_
 Ressalta-se ainda que, a supramencionada ação visa melhorar as condições de trabalho dos servidores que atuam no local. Ademais solicita-se ainda que seja alongada a cobertura ali existente, com a finalidade de diminuir a exposição dos servidores ao sol e a chuva.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_no_256_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_no_256_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera os pedidos em indicações anteriores para que seja realizada a manutenção de um mata-burro na estrada que liga a comunidade do Brumadinho a comunidade da Cachoeira dos Forros, localizada propriedade do Sr. Polino, próximo a torre de internet._x000D_
 Conforme demonstram as fotos anexas, o supramencionado mata-burro é de madeira e encontra-se me péssimo estado de conservação, estando com algumas travessas quebradas, o que tem prejudicado diretamente o tráfego de veículos pela via, inclusive daqueles que fazem o escoamento da produção agrícola, podendo ainda, no estado em que se encontra ocasionar algum acidente.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_no_257_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_no_257_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um quebra-mola na Av. Rui Barbosa, próximo a casa do Sr. Marquinhos do Caminhão._x000D_
 Justifica-se a indicação pelo fluxo de veículos e pelas características da área que favorecem o excesso de velocidade praticado pelos motoristas que trafegam na via. A situação atual está colocando em risco a integridade física dos moradores, especialmente das crianças e, até mesmo, a estrutura das casas que margeiam a avenida.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_no_258_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_no_258_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a realocação da placa de indica as ruínas da Casa de Pedra na comunidade do “gambá”, bem como a manutenção da cerca do entorno deste patrimônio histórico do Município e do IPHAN._x000D_
 Justifica-se a indicação pela necessidade imediata de restabelecer o informativo visual da localidade, que se dá através da placa de sinalização, bem como a necessidade de manutenção da cerca que protege o local, conforme demonstram as fotos anexas.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/indicacao_no_259_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/indicacao_no_259_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja novamente instalada a lixeira localizada na Praça Antônio Morais, a que se encontra próximo ao ponto de ônibus da supracitada localidade._x000D_
 Justifica-se a indicação pela necessidade de recolocar uma lixeira no local, sendo essa essencial para manter o espaço público limpo, e em contrapartida, para que os munícipes tenham um local adequado para destinação de seu lixo. Ocorre que o local já possui a estrutura, conforme demonstra a foto anexa, devendo assim ser realocado somente a parte da lixeira onde se deposita o lixo.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_no_260_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_no_260_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento na Rua Vicente Chagas._x000D_
 Tal ação justifica-se pela más condições em que se encontra o calçamento da supramencionada via, conforme demonstra a foto anexa, de modo que a manutenção é essencial para garantir a boa trafegabilidade da Rua.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>À pedido dos moradores locais, solicita que seja feito o patrolamento e cascalhamento da estrada que dá acesso ao Sítio das Pedras, localizada no bairro Batista de Oliveira, próximo ao local onde a copasa realizava a coleta de água para o abastecimento de nossa cidade, tendo em vista as péssimas condições na qual a via, atualmente, se encontra.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_no_262-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_no_262-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte na comunidade do Brumadinho, localizada na propriedade do Sr. Wilson do Siluca._x000D_
 Tal ação justifica-se pela necessidade de manutenção da referida ponte, que é construída de madeira, e está sem alguns pranchões em sua cabeceira, o que gera perigo para aquelas pessoas que necessitam trafegar pelo local, ademais vale salientar que trata-se de uma via principal da comunidade, cuja qual, inclusive recebe o tráfego de ônibus escolar.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_no_263_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_no_263_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a manutenção de todos os equipamentos das academias ao ar livre existentes em nosso Município._x000D_
 Tal ação justifica-se pela necessidade de manutenção existente para com esses equipamentos, em especial aqueles mais antigos e mais utilizados, como é o caso da academia ao ar livre existente em frente a entrada do condomínio Liberdade. _x000D_
 Nesse sentido, vale ainda ressaltar que uma das obrigações do Município é o  dever de zelar pelo patrimônio público, e ao atender esta demanda também estará proporcionando à população condições às atividades físicas e consequentemente zelando pela saúde de todos.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/indicacao_no_264_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/indicacao_no_264_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa viabilizar o término da pavimentação da Rua Arthur Ribeiro._x000D_
 Tal ação justifica-se pela necessidade de dar continuação a pavimentação da supracitada rua, vez que o serviço já foi realizado até um certo ponto da via em questão, faltando assim pouca extensão, que não ultrapassa 50 metros para se pavimentar na referida via.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_no_265_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_no_265_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa enviar as contas de água para o posto de saúde do distrito da Serra do Camapuã._x000D_
 Tal ação justifica-se pela dificuldade encontrada pelos moradores da localidade ao acesso às suas contas de água, serviço este que é fornecido pelo Município, e desta forma sua conta é emitida pelo mesmo no setor de tributação deste Executivo Municipal, assim busca-se através desta indicação um dia a ser estudado para que um servidor municipal possa estar disponibilizando-as no supracitado ponto._x000D_
 Ademais, vale ressaltar que segundo relato desses munícipes a falta de logística e dificuldade encontrada no transporte até a sede do Executivo, tem feito com que vários moradores deixem suas contas acumularem e desta forma acabam por ter tal serviço “cortado” dependendo do tempo que não realizam o pagamento.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_no_266_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_no_266_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um quebra-mola na Rua Delcides Gonçalves da Cunha, próximo ao número 129._x000D_
 _x000D_
 Justifica-se a indicação pelo fluxo de veículos e pelas características da área que favorecem o excesso de velocidade praticado pelos motoristas que trafegam na via. A situação atual está colocando em risco a integridade física dos moradores, especialmente das crianças e, até mesmo, a estrutura das casas que margeiam a avenida.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_no_267_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_no_267_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da rede de esgoto localizada no bairro Vila São Vicente, próximo a residência do Sr. Benedito, conhecido como “gamelão”._x000D_
 _x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata da rede de esgoto, que novamente está sendo despejado livremente a céu aberto, recaindo sobre o canal de águas pluviais e consequentemente sendo lançado ao córrego que corta o supramencionado bairro, o que consequentemente tem causado um enorme desconforto aos moradores pelo mal cheiro, além de culminar em um dano ambiental.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_no_268_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_no_268_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este possa analisar a possibilidade de instalação de energia elétrica e água no campo de futebol da comunidade dos Coelhos, localizado próximo ao “Zé da Venda”._x000D_
 Tal ação visa o incentivo ao esporte local daquela comunidade, que tem um time de futebol que tradicionalmente disputa várias partidas no supracitado campo, além de utilizá-lo para seus treinamentos._x000D_
 Segundo os moradores locais, tal time disputa anualmente cerca de 50 partidas, dentre estas a de campeonatos regionais, onde levam o nome de nosso município para toda a região. _x000D_
 Desta forma, faz-se necessário a intervenção do poder público para fomentar a prática esportiva ali existente, de maneira a oferecer condições dignas às práticas esportivas no supracitado campo de futebol, resta salientar ainda que segundo o Sr. “Zé da Venda” a luz e a água está próxima ao local, o que entende-se não causar ao Município grande custo na realização desta ação.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_no_269_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_no_269_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa jogar água nas ruas da comunidade São José das Mercês (Gambá), no mínimo uma vez por semana._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade, a qual possui diversas residências. Ocorre que a poeira está no local de forma excessiva, o que consequentemente leva sujeira a casa dos moradores das supracitadas vias da comunidade, além de aumentar a quantidade de doenças respiratórias.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_no_270_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_no_270_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa analisar o estado em que se encontra o telhado do salão comunitário da comunidade do Madruga da Pedra, e realizar a manutenção necessária no mesmo._x000D_
 Inicialmente, cumpre destacar que segundo os moradores da localidade, o supracitado telhado encontra-se com uma parte desabando. Desta maneira vem pedir ao poder público a manutenção necessária, vez que trata-se de um local utilizado como seção eleitoral e que será utilizado nas eleições que se aproximam._x000D_
 Nesse sentido, para que não haja risco de que aconteça acidente durante a eleição e nas demais datas em que tal local é utilizado pela população, solicita-se que a demanda seja repassada para o Sr. Taquinho, Diretor de Departamento da Secretaria Municipal de Obras e Infraestrutura, para que o mesmo, tomando conhecimento do assunto possa intervir no local.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/indicacao_no_271_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/indicacao_no_271_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de quatro quebra-molas na estrada rural que liga a zona urbana de nosso município à comunidade da ponte funda, após a ponte sobre o rio brumado, e antes da Fazenda Santa Rita, de propriedade do Sr. Túlio Resende, onde existem várias casas._x000D_
 _x000D_
 Justifica-se a indicação pelo fluxo de veículos e pelas características da área que favorecem o excesso de velocidade praticado pelos motoristas que trafegam na via, conforme demonstram as imagens anexas. A situação tem ocasionado uma enorme quantidade de poeira nessas residências, motivo pelo qual levou os moradores daquela região a solicitarem a implementação de tais quebra-molas, o que é requisitado desde já por este subscrevente.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/indicacao_no_272_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/indicacao_no_272_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que possa ser realizada, urgentemente, uma intervenção no “Córrego do Batata”._x000D_
 Apesar de ser um assunto de conhecimento mútuo, bem como já ter sido objeto de outras indicações, ofícios e requerimentos, venho novamente solicitar a intervenção imediata no local, haja vista a urgência do tema._x000D_
 Nota-se que, apesar de todas essas cobranças realizadas por parte dos membros dessa Casa de Leis e pelos demais cidadãos, a situação do local continua precária, como se observa das fotos que acompanham a presente indicação._x000D_
 Vale ressaltar que o supracitado córrego nasce, aparentemente, dentro do bairro São Vicente e segue seu curso natural até desaguar no rio Brumado. Ocorre que, durante seu curso, está sendo despejado esgoto no mesmo, o que tem causado grande transtorno aos moradores que o margeiam, pelo mau cheiro exalado e pelo acúmulo de lixo, sem contar a proliferação de doenças.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/indicacao_no_273_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/indicacao_no_273_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de dois mata-burros de madeira, localizados na comunidade do Montijo, localizados na estrada que corta a propriedade do Sr. Célio da Costa Reis, conhecido popularmente por Nenem._x000D_
 _x000D_
 Conforme demonstram as fotos anexas, os supramencionados mata-burros são de madeira e encontram-se em péssimo estado de conservação, estando com algumas travessas quebradas, o que tem prejudicado diretamente o tráfego de veículos pela via, inclusive daquelas pessoas que a utilizam para realizar o escoamento de sua produção agrícola, podendo ainda, no estado em que se encontra ocasionar algum acidente, salienta-se ainda que o transporte escolar utiliza-se da supracitada via, demonstrando ainda o risco a integridade física desses alunos.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_no_274-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_no_274-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na entrada de uma das estradas de acesso a comunidade do Brumadinho, qual seja a que se encontra as margens da rodovia MG-383, após o bairro Castro._x000D_
 Tal ação justifica-se pela necessidade manutenção do supracitado mata-burro, que tem sua estruta de ferro, e encontra-se com algumas travessas soltas, o que ocasionou um acidente com uma utilitária da via, causando-lhe um dano material em seu veículo._x000D_
 Neste contexto, faz-se necessária a intervenção do Poder Executivo o mais breve possível, pois além de estar comprometendo a trafegabilidade da via, tem colocado em risco a integridade física daqueles que por ali trafegam, ademais, ressalta-se que como acima aludido, a presente situação deste mata-burro, já gerou prejuízos a uma utilitária da via, o que inclusive pode ocorrer novamente.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_no_275-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_no_275-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura, possa disponibilizar uma equipe técnica para comparecer ao Morro do Moinho Velho._x000D_
 Tal ação, justifica-se pela necessidade de uma análise técnica para observar o estado de conservação de tal morro, a fim de que se possa elaborar um plano para intervenção no local, pois o mesmo encontra-se em péssimas condições de trafegabilidade e como se avizinha o período chuvoso, se nada for feito, o mesmo se tornará totalmente intrafegável._x000D_
 Salienta-se ainda que até veículos de pequeno porte, estão encontrando dificuldade em se deslocar pelo supramencionado local, o que interfere diretamente no direito de ir e vir dos munícipes residentes no local e pelos demais cidadão que por ali trafegam.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_no_276-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_no_276-2022.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de dois quebra-molas na Rua José Esteves, sendo o primeiro  próximo do n° 54 e o segundo próximo ao n°106 ._x000D_
 Justifica-se a indicação pelo fluxo de veículos e pelas características da área que favorecem o excesso de velocidade praticado pelos motoristas que trafegam na via. A situação atual está colocando em risco a integridade física dos moradores, especialmente das crianças e, até mesmo, a estrutura das casas que margeiam a supramencionada rua.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_no_277-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_no_277-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura possa inserir em seu cronograma de pavimentação asfáltica o “Morro do Gil”, localizado na estrada de acesso a comunidade do Gil, qual seja, a entrada a direita, considerando 7 km após a ponte sobre o rio Brumado, sentido a Desterro De Entre Rios de Minas. _x000D_
 Primeiramente, vale esclarecer que essa estrada rural dá acesso a várias comunidades que pertencem ao nosso Município, cuja qual abriga o supramencionado morro, que encontra-se em um péssimo estado de conservação, o que vem perdurando a bastante tempo, motivo pelo qual indica-se e solicita-se ao Poder Executivo a inserção do mesmo no cronograma de obras para sua pavimentação._x000D_
 Ressalta-se ainda, que com o período de chuva que se avizinha, o mencionado local provavelmente ficará intrafegável, interferindo diretamente no direito de ir e vir dos munícipes e das demais pessoas que necessitam de trafegar pelo supracitado local.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_no_278-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_no_278-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na comunidade da Acaiuaba, bem como a retirada de um, ambos localizados próximo a entrada das propriedades do Sr. Tango e do Sr. Dico do Vicentino._x000D_
 Tal ação justifica-se pela necessidade de um desses mata-burros, bem com a eliminação de um, haja vista a proximidade dos dois e a falta de necessidade dos mesmos, sendo que somente um atenderia perfeitamente ao local._x000D_
 Nesse sentido, resta informar que os mesmos encontram-se sem travessa no meio, desta maneira, ao retirar um, solicita que a parte retirada seja utilizada para fechar o meio do outro, podendo ainda a outra parte ser restaurada e utilizada em outro local que necessite.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_no_279-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_no_279-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória no acesso da casa da Sra. Aparecida enfermeira, localizada na comunidade do Colônia._x000D_
 Tal ação justifica-se pelo mau estado de conservação da estrada que dá acesso à casa da Sra. Aparecida, que é enfermeira e servidora do Município, desenvolvendo suas atividades no PSF da comunidade do Colônia, ressalta-se, que essa servidora é procurada diariamente em sua residência, fora de seu horário de trabalho, por moradores da localidade, que necessitam de uma ajuda técnica, seja para aplicação de medicamento injetável, realização de curativos ou até mesmo orientação cuja medicação necessitam utilizar. Desta maneira a manutenção é imprescindível para que se consiga acessar a casa da Sra. Aparecida, haja vista o medo da população para com o período chuvoso que se avizinha, pois certamente se tal intervenção não for realizada, será impossível a chegada até a supramencionada residência, tanto para sua proprietária quanto para as demais pessoas</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_no_280-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_no_280-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reforma do prédio escolar da comunidade da Pedra negra, mais precisamente no que tange ao seu telhado e ao fechamento de cerca._x000D_
 Tal ação justifica-se pela necessidade de realização de uma reforma no supramencionado prédio escolar, que, atualmente não funciona mais como escola, dessa maneira necessita-se de uma reparação imediata, para que assim possa ser utilizado para desenvolvimento de outra atividade, a qual sugere este subscrevente como ponto de atendimento de saúde nesta comunidade, o que de fato também é o desejo de toda aquela comunidade._x000D_
 Desta maneira, primordialmente deve ser realizada a troca do telhado bem como a reconstrução da cerca, para que o mesmo se mantenha seguro e longe do acesso de animais.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/indicacao_no_281-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/indicacao_no_281-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na comunidade da Cachoeirinha, localizado na estrada rural que corta a propriedade do Sr. Luiz Miranda, conhecido popularmente como “Luiz do carro de boi”._x000D_
 Tal ação justifica-se pela necessidade de voltar o supramencionado mata-burro as suas caracteristicas originais, haja vista que o mesmo foi tampado por inteiro, e assim os animais tem circulado livrimente de um lado para outro da via, o que além de ocasionar um constragimento para seus proprietarios, podem causar acidentes para com aqueles que trafegam por esta via.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/indicacao_no_282-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/indicacao_no_282-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na comunidade da Acaiuaba, localizado na estrada que corta a propriedade do Sr. Carlinhos do João do Leni, próximo a uns fornos de carvão._x000D_
 Tal ação justifica-se pela necessidade de manutenção do supracitado mata-burro, que tem sua estrutura de ferro, e encontra-se com algumas travessas deterioradas, conforme demonstra as imagens anexas, o que gera um alto risco aos condutores, principalmente aqueles que trafegam de motocicleta pelo local._x000D_
 Neste contexto, faz-se necessária a intervenção do Poder Executivo o mais breve possível, pois além de estar comprometendo a trafegabilidade da via, tem colocado em risco a integridade física daqueles que por ali trafegam.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/indicacao_no_283-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/indicacao_no_283-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reforma do prédio escolar da comunidade do Montijo, que vem se degradando dia após dia pela ação do tempo._x000D_
 Tal ação justifica-se pela necessidade de zelar pelo patrimônio público municipal, vez que trata-se de obrigação objetiva do Município, conforme preceitua nossa Constituição Federal, neste sentido vale ressaltar que o supramencionado prédio escolar precisa urgentemente de uma reforma completa e também de uma implementação de cerca, cuja qual ajudará em sua conservação. Indica-se ainda que tal prédio possa ser utilizado para outra atividade que o Poder Executivo julgar necessário.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/indicacao_no_284-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/indicacao_no_284-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa identificar e recolher os cachorros em situação de rua que estão atacando os Munícipes._x000D_
 Tal ação justifica-se pelos recorrentes incidentes que vem ocorrendo com esses animais nas ruas de nossa cidade, onde este subscrevente tem sido_x000D_
 procurado pela população que tem se mostrado amedrontada pela situação, os ataques já ocorreram com pedestres, ciclistas e motociclistas._x000D_
 Diante o exposto, indica-se então que tais animais sejam mapeados e recolhidos de nossas vias, e que tal ação seja feita com responsabilidade, para que estes animais recebam uma destinação digna.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/indicacao_no_285-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/indicacao_no_285-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do manilhamento do córrego localizado na comunidade da Serra do Camapuã, antes da ponte de concreto_x000D_
 existente no sentido a entrada da casa do Sr. Antônio do Sidinei._x000D_
 Tal ação justifica-se pelo período chuvoso que se avizinha, devendo este Executivo utilizar as manilhas que já estão no local, como demonstram as fotos_x000D_
 anexas, para ampliar a vazão do córrego ali existente, pois como mencionado o período de chuva está se aproximando e as manilhas existentes neste local são insuficientes para suportar o volume d'água que está por vir, ressalta-se ainda, que, caso a ação não seja realizada, a força da água acumulada poderá carregar a estrutura existente no local, deixando-o intrafegável.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/indicacao_no_286-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/indicacao_no_286-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural na Serra do Camapuã, sendo a estrada que sai da estrada principal e liga as residências dos Srs. João Paulino, Adolfo e Herculano._x000D_
 Tal ação justifica-se pelo mau estado de conservação da via, fazendo necessário a manutenção supramencionada, sendo necessário ainda que os_x000D_
 conservas retirem as águas antes do período chuvoso que se avizinha._x000D_
 Ademais, ressalta-se ainda que pela quantidade de buracos existente na supracitada estrada vicinal os caminhoneiros que realizam o transporte de leite_x000D_
 estão deixando de recolhê-los por causa da situação que a mesma se encontra, conforme se observa nas fotos anexas.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1169/indicacao_no_287-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1169/indicacao_no_287-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o desentupimento da rede de esgoto de uma casa na Rua Expedicionário Manoel Carlos da Silva, que encontra-se ao lado da residência da Sra. Bete Carapina, onde reside o Sr. Tião do Lino._x000D_
 Insta informar ainda, que o proprietário da residência que está tendo problema com essa rede de esgoto é o Sr. José Hugo._x000D_
 Solicitamos a imediata manutenção, haja vista que o esgotamento sanitário voltando diretamente nesta residência além de gerar mal cheiro, traz consigo sujeira e proliferação de doenças.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_no_288-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_no_288-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o encascalhamento da estrada rural que dá acesso a comunidade do Moinho Velho._x000D_
 Tal ação justifica-se pela necessidade de aplicação do supracitado insumo, vez que com as recentes chuvas a via se deteriorou bastante, inclusive o ônibus escolar não consegue transitar pelo local, tendo o mesmo “atolado” na mencionada estrada recentemente.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/indicacao_no_289-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/indicacao_no_289-2022.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 242-2022 a qual trata da manutenção de dois mata-burros de madeiras localizados na Comunidade Dois Córregos, sendo o primeiro na divisa das propriedades do Sr. Alziro da Costa Reis com o Sr. Antônio Borges e o outro na divisa da propriedade do Sr. Alziro da Costa Reis, com a antiga propriedade da Sra. Andreia Cunha. 	_x000D_
 _x000D_
 Conforme aludido na supracitada indicação, o local necessita de manutenção imediata, conforme disposto naquele pedido as travessas dos mata-burros estão quebradas e veio a se agravar devido a falta de manutenção, conforme se observa pela foto anexa. Assim solicita-se a intervenção imediata deste Executivo no local.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_no_290-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_no_290-2022.pdf</t>
   </si>
   <si>
     <t>Solicita-se a manutenção paliativa da estrada rural que liga o nosso Município ao Município de Resende Costa, considerando somente até onde nosso Município detém competência para intervir, aplicando cascalho nos pontos mais críticos. _x000D_
 Tal ação justifica-se por ser uma importante via de nosso Município, que abarca várias comunidades com a dos Coelhos, Montijo e outras, pois o ônibus escolar que circula pelo local está encontrando dificuldade devido a pontos bastante degradados e com acúmulo de lama, tal ação pretende garantir a trafegabilidade da via e a segurança para aqueles que nela trafegam, inclusive aos estudantes dessas comunidades.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_no_291-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_no_291-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua São Vicente, próximo ao n° 752, de fora da casa da Dona Elza._x000D_
 Tal ação justifica-se pela necessidade de manutenção do calçamento no supracitado local, haja vista que rotineiramente uma há uma carreta estacionada ali, o que fez com que o local afundasse, e desta maneira, ao chover o local empossa água, o que gera um transtorno para a moradora, pelo tráfego de veículos na rua, a água que ficou empossada é jogada automaticamente em sua residência.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_no_292-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_no_292-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua João Fernandes de Resende, em dois pontos, sendo o primeiro próximo a serralheria do Geraldo Henrique e o outro na esquina que divisa com a Rua João Fernandes._x000D_
 Tal ação justifica-se pela necessidade de manutenção do calçamento nos supracitados locais, cujo quais calçamentos estão afundando, o que implica na boa trafegabilidade da via._x000D_
 Dessa maneira, solicita este signatário que este executivo possa realizar a manutenção no supramencionado local o mais breve possível.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/indicacao_no_293-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/indicacao_no_293-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o encascalhamento do local onde o ônibus escolar vira na Comunidade da Bem Querência, indo até a residência da Sra. Maria Lúcia e demais moradores abaixo desta residência, bem como que seja estendido o encascalhamento até a comunidade da Vargem da Alegria, passando por dentro, até a propriedade da Sra. Preta e de seus filhos._x000D_
 Tal ação justifica-se pela necessidade de aplicação deste insumo, que garantirá a trafegabilidade e as boas condições destas localidades durante o período chuvoso que se avizinha, trata-se ainda de uma ação imprescindível para garantir o acesso das crianças e adolescentes a educação, haja vista que o como aludido, o ônibus escolar trafega por estes locais.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/indicacao_no_294-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/indicacao_no_294-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a construção de uma guarita na comunidade da Gameleira, próximo ao orelhão, que atenderá a população daquele local, principalmente os alunos._x000D_
 Tal ação busca um local adequado para que os alunos de nosso município possam esperar o transporte escolar, principalmente pelo período chuvoso que se avizinha, levando em consideração que atualmente estes estudantes ficam expostos a chuva, somente se protegendo com seus guarda-chuvas, o que é mostra ineficiente e inadequado, o que pode ser ilustrado pela foto anexa.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/indicacao_no_295-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/indicacao_no_295-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o encascalhamento da estrada rural que corta a comunidade da São José das Neves (Rua do Fogo), próximo a residência do Sr. Noé._x000D_
 Tal ação justifica-se pela necessidade de implementação do referido insumo no local, haja vista que o local encontra-se praticamente intrafegável, conforme se nota pelas fotos anexas, causadas pelas recentes chuvas, ressalta-se ainda que  não estamos no período chuvoso propriamente dito, e caso o encascalhamento do local não seja realizado, o mesmo se restará intrafegável.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/indicacao_no_296-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/indicacao_no_296-2022.pdf</t>
   </si>
   <si>
     <t>Solicita a pedido de moradores da localidade que este Executivo Municipal possa realizar um estudo de viabilidade para alteração e redução do ângulo de curvatura da guia d’água no entroncamento da Av. Major Juscelino com a Rua Aurélio Ribeiro, localizado próximo ao Docce Bomboniere._x000D_
 Tal ação justifica-se pela necessidade de minimizar e até mesmo solucionar os conflitos ocasionados pelas águas pluviais no referido local, até mesmo minimizar a força das águas decorrentes das chuvas dos entroncamentos localizados abaixo do supramencionado ponto, inclusive já foi realizado um estudo prévio feito pela Sra. Helena Marchisotti de Souza, Arquiteta e Urbanista, conforme imagens anexas.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/indicacao_no_297-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/indicacao_no_297-2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa envidar esforços para disponibilizar à população um Centro Municipal Oftalmológico Público, que permita a realização de consultas, exames médicos e até mesmo cirurgias simples. Propõe-se que o centro oftalmológico possa atender demandas como cirurgia de catarata, glaucoma e outras doenças oculares, realizando adequadamente o tratamento e acompanhamento direto ao paciente por meio do Sistema Único de Saúde (SUS)._x000D_
 A existência de um centro oftalmológico no Município de Entre Rios de Minas buscaria não apenas tratar os casos mais graves, mas também identificar problemas oculares iniciais, proporcionando o tratamento apropriado para cada caso. Deste modo, entendemos que seria possível evitar complicações e também que os pacientes não necessitem de se deslocar para outras cidades para procedimentos simples.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_no_298-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_no_298-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este executivo municipal possa disponibilizar o maquinário necessário para realizar a implementação de escória na rua Adolfo Rodrigues Pereira, na comunidade da Serra do Camapuã, localidade popularmente conhecida como rua da propriedade fazenda do Marinho, ressalta-se que tal insumo já se encontra no local, dependendo somente de ser espalhado._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstram as fotos anexas, devido ao começo do período chuvoso, o local tornou-se intrafegável, e assim o produtor rural daquela comunidade não consegue escoar sua produção, em especial a de leite, produto altamente perecível, o que tem causado um enorme prejuízo e dissabor a esses pecuaristas._x000D_
 Diante o exposto, solicita-se que tal ação seja analisada e realizada o mais breve possível, levando em consideração o período chuvoso que começou recentemente e os prejuízos que a falta de manutenção de vias como essa podem causar aos nossos produtores.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/indicacao_no_299-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/indicacao_no_299-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória nas ruas do bairro Sassafrás, de maneira urgente, devido a condição de trafegabilidade neste local._x000D_
 Tal ação justifica-se pelo fato da maioria das vias do supramencionado bairro não serem pavimentadas, e com a chegada do período chuvoso, o local restou-se praticamente intrafegável, pela lama gerada, e desta maneira a população tem pedido desesperadamente a este signatário que possa interceder junto ao Poder Executivo, a fim de solucionar o problema, haja vista que os moradores da localidade não conseguem sair de suas casas para trabalhar, devida a quantidade de barro existente no decorrer dessas ruas._x000D_
 Desta maneira, solicita a implementação do supramencionado insumo, para garantir a trafegabilidade no referido bairro, e assim, por consequência, garantir o direito constitucional de ir e vir de todos que necessitam trafegar por ali, em especial destes moradores.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/indicacao_no_300-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/indicacao_no_300-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município possa determinar ao fiscal de Posturas a averiguação de todos lotes vagos, públicos e particulares, que se encontram em condições de abandono com grande quantidade de mato, para que seja realizada a limpeza dos mesmos, em observância ao que preceitua o Código de Posturas do Município de Entre Rios de Minas, em seu art. 12, adotando para isso todas as medidas cabíveis, inclusive a cominação de multa aos proprietários que estejam irregulares, nos termos do art. 15 da mencionada lei. _x000D_
 Dessa maneira, o Poder Público poderá promover o combate à doenças e proliferação de pragas e insetos, tendo em vista que em lotes abandonados e sujos, há grandes riscos de haver proliferação de pragas, como ratos, escorpiões, cobras, entre outros animais. Essas doenças podem rapidamente se espalhar pela cidade e prejudicarem muitas pessoas, mas tudo pode ser evitado com uma boa limpeza.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/indicacao_no_301-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/indicacao_no_301-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa manter o fluxo de veículos no centro de nossa cidade neste final de semana, enquanto ocorre o festival gastronômico._x000D_
 É de conhecimento deste subscrevente que parte da rua Dr. João Vaz estará impedida, como de fato já está, pois foi o local adequado que este Executivo, através da secretaria de Cultura, Esporte, Lazer e Turismo julgou necessária e adequada para que tal evento ocorra, que inclusive este signatário parabeniza pela manutenção de tal evento, que já se tornou um festival importante para o calendário do Município, o que atrai para nossa cidade vários turistas, o que gera um aquecimento significativo para nosso comércio._x000D_
 Neste sentido, o pedido deste subscrevente é de que as vias vicinais a esta fechada continue com o livre acesso, de modo que a feira livre municipal e os demais comércios da área central não se prejudique com a falta de circulação de pessoas pelo fato da sua via principal de acesso está temporariamente fechada.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/indicacao_no_302-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/indicacao_no_302-2022.pdf</t>
   </si>
   <si>
     <t>Solicita-se a manutenção da estrada rural que liga o nosso Município à comunidade do Olhos D’água, próximo ao poço artesiano daquela comunidade e próximo ao sítio do “Zé do Café”, devendo aplicar cascalho nos pontos mais críticos, em que se julgar necessária a aplicação de tal insumo. _x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, conforme demonstra a foto anexa, bem como por tal estrada ser uma das mais importantes de nosso Município. Ocorre que, com o início do período chuvoso, as enxurradas estão escoando por dentro da via, retirando todo o insumo (escória/cascalho) existente ali, e desta maneira, cria-se valas dentro da estrada, o que tira a condição de trafegabilidade da via, além de aumentar risco de acidentes, colocando em risco a vida de quem necessita trafegar pelo local._x000D_
 Por fim, frisa-se a necessidade de urgência de manutenção no local.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/indicacao_no_303-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/indicacao_no_303-2022.pdf</t>
   </si>
   <si>
     <t>Solicita-se a manutenção do “cabresto” de uma ponte na divisa do nosso Município com o Município de Jeceaba, localizada às margens do Ribeirão “Mamão” devendo ressaltar que o Município vizinho já solucionou o problema de seu lado e resta tão somente ao nosso Município que faça a manutenção imediata da parte que é de sua competência, haja vista que nossa estrutura é de madeira e a mesma está cedendo.._x000D_
 Tal ação justifica-se pela deterioração que tal  ponte sofreu, estando com seu “cabresto” praticamente comprometido, conforme demonstra as fotos anexas, devendo ser imediatamente restaurada, haja vista o período chuvoso que se avizinha, aumentando assim significativamente o fluxo d’água do supramencionado ribeirão, o que pode comprometer a trafegabilidade do local e até mesmo derrubar a ponte.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/indicacao_no_304-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/indicacao_no_304-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da rede de esgoto localizada na Av. do Contorno II._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata da rede de esgoto, que está sendo despejado na rede pluvial que corta o local, desaguando diretamente no córrego que passa às margens da supramencionada Avenida, o que tem causado enorme desconforto aos moradores da localidade, pelo mal cheiro. _x000D_
 Ademais, cumpre destacar que a problemática tem ocasionado um dano ambiental no referido córrego, motivo pelo qual solicita a reparação imediata na rede de esgoto supracitada.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_no_305_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_no_305_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo possa realizar o restante da pavimentação asfáltica da Rua Almerinda Augusta de Resende, localizada na comunidade do Colônia._x000D_
 Tal ação justifica-se pois a supramencionada rua somente foi asfaltada até um certo ponto, deixando a pavimentação de atender toda sua extensão, ressalta-se que resta aproximadamente 100 (cem) metros para a via ser totalmente pavimentada, ou seja, algo que não vai onerar tanto os cofres do Município. Ademais, esclareço ainda que a rua passará por reparos em sua pavimentação, haja vista a garantia quinquenal acionada por este Executivo junto a empresa prestadora do serviço, motivo pelo qual, solicita este signatário que aproveitando esta obra, que possa se realizar o restante desta pavimentação.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_no_306_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_no_306_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da drenagem da Rua Dr. João Vaz, em frente ao número 435. Tal ação justifica-se pela necessidade de melhoria da drenagem no referido local, conforme demonstra a foto anexa. Ademais, vale ressaltar que trata-se da principal rua do centro de nossa cidade, onde há inúmeros comércios que estão sendo prejudicados pela drenagem desta via, haja vista que o acúmulo de água consequentemente leva sujeira aos passeios e as lojas com o tráfego de veículo.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_no_307_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_no_307_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza do córrego que corta o bairro Vargem do Engenho. Tal ação advém dos moradores da localidade e justifica-se pela necessidade de limpeza do supramencionado córrego, vez que o mesmo encontra-se tomado por taboas, vegetação comum, sujeira e também por assoreamento natural. Neste sentido, esclareço que devido ao período chuvoso que entramos, o volume d’água aumenta de forma significante, além de ser um local de escoamento natural das águas pluviais. Desta maneira, pelos motivos supramencionados, o referido córrego, na atual conjuntura não consegue dar vazão ao volume d’água nele despejado, e assim transborda e inunda várias casas que estão localizadas em suas margens, o que é favorecido pela topografia do local, e ocorreu nos últimos anos, pondo as pessoas residentes desta localidade em risco, além das mesmas terem que temporariamente deixar os seus lares.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_no_308_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_no_308_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza do córrego que corta a comunidade do Colônia. Tal ação advém dos moradores da localidade e justifica-se pela necessidade de limpeza do supramencionado córrego, vez que o mesmo encontra-se tomado por taboas, vegetação comum, sujeira e também por assoreamento natural. Neste sentido, esclareço que devido ao período chuvoso que entramos, o volume d’água aumenta de forma significante, além de ser um local de escoamento natural das águas pluviais. Desta maneira, pelos motivos supramencionados, o referido córrego, e assim o volume d’água é superior a vazão atual do córrego. Destaca-se que as residências que margeiam o referido córrego podem ser inundadas, como ocorreu nos anos anteriores,  pondo em risco a vida dos moradores desta localidade. Ademais, por sabermos que nos próximos dias as máquinas do Município estarão na supracitada comunidade, motivo pelo qual pede-se que aproveitando desta situação a presente demanda já seja resolvida.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_no_309_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_no_309_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural da comunidade da Acaiuaba. Tal ação justifica-se pelo mau estado de conservação da via, fazendo-se necessária a manutenção supramencionada, haja vista o período chuvoso ao qual entramos, e a probabilidade da via se deteriorar ainda mais. Outro ponto a se destacar é que a mencionada via rural é o principal acesso de toda a comunidade, sendo utilizada para o transporte escolar e escoamento de toda produção agrícola. Ademais, ressalta-se que tal ação deverá ser realizada pelo decorrer de toda via principal da supramencionada comunidade rural.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/indicacao_no_310_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/indicacao_no_310_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção dos bancos da praça Sebastião Ferreira de Azevedo (Tião Azevedo), localizada no bairro Santa Efigênia. Tal ação justifica-se pois os bancos do local foram feitos em madeira, e desta maneira, por ficarem expostos ao tempo, ocorre o seu deterioramento natural, assim muitos estão furados, corroídos por insetos e apodrecendo, o que tira a segurança daquelas pessoas que utilizam a praça como um local de lazer e até mesmo de convívio social. Desta maneira, solicita-se que a demanda seja analisada o mais breve possível, para que o local volte a ter condições de ser utilizado pelos nossos cidadãos.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/indicacao_no_311_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/indicacao_no_311_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa notificar a empresa responsável pela pavimentação da Rua da Copasa, no Bairro Castro , para que a mesma realize a manutenção do trecho de baixo, que está próximo ao córrego. Tal ação justifica-se pela deterioração do trecho supracitado, conforme demonstra as fotos em anexo, fazendo necessária a manutenção imediata pela empresa que realizou tal pavimentação, vez que a obra encontra-se em plena vigência de sua garantia quinquenal.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/indicacao_no_312_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/indicacao_no_312_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa disponibilizar mão de obra para terminar a implementação de meios-fios e canaletas no “Morro do Batuta”, haja vista que 60% das obras já foram realizadas e o material já está disponível no local. Neste sentido, vale esclarecer que essa demanda advém da preocupação dos utilitários da via e deste subscrevente, pois com o período chuvoso o qual entramos, a não conclusão da obra pode acarretar uma danificação de toda pavimentação realizada no supracitado local, prejudicando assim o tráfego e consequentemente aqueles que dependem da boa trafegabilidade do supracitado morro para desenvolver suas atividades diárias, além de onerar novamente os cofres municipais.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/indicacao_no_313_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/indicacao_no_313_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de um bueiro, na Rua Turmalina, localizada no bairro São Lucas. Tal ação deverá ser executada no início da supramencionada via, vez que a mesma é um morro bem íngreme, e os atuais bueiros não estão suportando o volume das águas pluviais, invadindo assim residências da Rua Fluorita. Neste sentido, vale ressaltar que a implementação deste, resolverá a problemática de invasão d'água que acontece na rua Fluorita, vez que se quebrará a força da enxurrada, canalizando-a praticamente em sua totalidade.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_no_314_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_no_314_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a manutenção paliativa da estrada rural que liga a comunidade dos Coelhos até a divisa do Município de Resende Costa - MG. Tal ação justifica-se pelo mal estado de conservação desta via rural, sendo necessária a intervenção do poder público municipal em alguns pontos, sendo estes mais críticos a partir do “Zé da Venda” até a supracitada divisa, devendo ser feito no local o patrolamento e o encascalhamento dos pontos que se julgarem essenciais.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_no_315_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_no_315_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 221 a qual solicita que seja realizada a troca de local de um poste que encontra-se na Rua Juarez de Assis Pena esquina com a Rua Carlos Veloso, no bairro São Lucas e também a implementação de um novo poste entre este que está no local errado e o próximo que está instalado na Rua Juarez de Assis Pena._x000D_
 Tal ação justifica-se pelo local onde encontra-se instalado supracitado poste, ou seja, totalmente dentro da rua, o que está em total desacordo em relação a localidade onde o mesmo deveria ser instalado, ademais, por este motivo, o mesmo pode vir a ocasionar acidentes.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_no_316_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_no_316_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa resolver a falta de medicamentos básicos na farmácia municipal, dentre estes, que se normalize a distribuição dos seguintes medicamentos:_x000D_
 Ibuprofeno;_x000D_
 Amoxicilina; _x000D_
 Paracetamol;_x000D_
 Dipirona._x000D_
 Desta forma, insta esclarece que o mais prejudicado com essa situação é o povo mais humilde, os quais não possuem condições de arcar com medicamentos, e desse jeito, muita das vezes acabam por não seguir o tratamento adequado.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_no_317_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_no_317_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção paliativa na estrada rural que liga a escola da comunidade do Montijo, passando pelo alto do Coelho e do Orlando, chegando até a comunidade rural do Brumadinho, onde deverá ser implementado cascalho ou escória nos locais que se julgarem necessários._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via rural, que, como aludido, é o ponto por onde diversos munícipes transitam diariamente, em especial aos estudantes. Ocorre que o período chuvoso cujo qual atravessamos tem deteriorado ainda mais certos pontos dessa estrada, motivo pelo qual solicita este subscrevente que seja acatada a demanda o mais breve possível.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_no_318_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_no_318_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de um mata-burro de madeira, na propriedade do Sr. José Francisco, na comunidade dos Coelhos, mas especificamente localizado na estrada que dá acesso à propriedade do Sr. Alcides Coelho. Tal ação justifica-se pois a supramencionada porteira foi instalada na via pública sem qualquer autorização para tal, atrapalhando rotineiramente aqueles que necessitam trafegar pelo local, inclusive os caminhões de leite e gado que circulam com frequência pela região. Deste modo, pensando na melhor comodidade tanto ao proprietário quanto nos demais utilitários da via, faz-se necessário a implementação do referido mata-burro. Ademais, salienta-se ainda que o Sr. Alcides é um grande colaborador do Município, já tendo cedido por diversas vezes madeira para atender as demandas de pontes e mata-burros daquela região.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_no_319_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_no_319_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa dar continuidade ao trabalho de iluminação que começou a ser Realizado na Rua Maria da Paixão Dutra Neves, no bairro Batista de Oliveira. Nesse espeque, vale ressaltar que a iluminação pública é um serviço essencial à qualidade de vida da população da nossa cidade, permitindo que a comunidade local desfrute, plenamente, do espaço público durante à noite, considerando ainda a sensação de segurança trazida por este serviço, pois a sua falta, facilita a possibilidade de ações ilícitas. Por fim, destaca-se que o serviço começou a ser realizado no local e parou a cerca de 03 (meses), alguns postes já foram instalados, porém, até o presente momento não foi finalizada a fase de iluminação destes.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/indicacao_no_320_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/indicacao_no_320_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar rotineiramente uma manutenção mais efetiva nos veículos que compõem a frota municipal._x000D_
 Tal ação advém da população entrerriana, através de uma denúncia recebida por este subscrevente de que uma van de placa RFA9I40, que estaria com seu equipamento de freio comprometido, o que foi verificado por este subscrevente no almoxarifado, tomando conhecimento então que se tratava apenas do freio de estacionamento._x000D_
 Em que pese a realidade dos fatos ser menos gravosa do que a denúncia, solicita-se a imediata manutenção neste veículo, e que possa ser realizada uma manutenção periódica mais precisa, para que nenhum veículo do Município possa sair do almoxarifado sem estar com todos os seus equipamentos de segurança funcionando, o que inclusive é o básico para atender a população sem colocar a vida de nenhuma pessoa em risco.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Franklin William</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/indicacao_no_321_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/indicacao_no_321_-_2022.pdf</t>
   </si>
   <si>
     <t>Que o Município possa estudar e aplicar o reajuste dos valores das diárias dos motoristas da Prefeitura Municipal, considerando um cálculo dos valores atualizados de alimentação no mercado para tal. Solicita-se esta indicação diante do aumento dos preços dos produtos de modo geral, em especial nos restaurantes e pontos de paradas nas rodovias, uma vez que estes trabalhadores se encontram por longo período diário em dedicação ao transporte de munícipes, em extrema dedicação aos cargos que ocupam.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/indicacao_no_322_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/indicacao_no_322_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção de uma via vicinal, com a implementação de cascalho ou escória, localizada entre a via de acesso entre as comunidades dos Coelho e Brumadinho, qual seja a que dá acesso à propriedade do Sr. Ageu._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstra a foto anexa, o local está repleto de buracos, o que está dificultando a trafegabilidade pelo local, principalmente nos dias chuvosos.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/indicacao_no_323_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/indicacao_no_323_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um quebra-mola na Rua Aurélio Ribeiro, próximo ao bar do Sr. Thiago ._x000D_
 Justifica-se a indicação pelo fluxo de veículos e pelas características da área que favorecem o excesso de velocidade praticado pelos motoristas que trafegam na via, ademais trata-se de um local onde há grande fluxo de pedestres, muitos em função dos comércios existentes. A situação atual está colocando em risco a integridade física dos moradores, especialmente das crianças que costumam brincar na supramencionada via.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/indicacao_no_324_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/indicacao_no_324_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a troca ou adequar o mata-burro existente na entrada da localidade conhecida como “buraco do vento”, que é um dos acessos a comunidade da Ponte Funda, estando localizado na propriedade da Dona Zutinha._x000D_
 Ocorre que a supramencionada localidade fica às margens da rodovia MG-270 próximo ao km 24, e o referido mata-burro não esta impedindo a passagem dos animais que ali existem, saindo estes para o asfalto, o que já quase ocasionou diversos acidentes._x000D_
 Assim o pedido em si é para que este mencionado mata-burro seja alongado, já que a medida atual do mesmo é insuficiente para evitar que animais o atravesse, o que coloca em risco a segurança de todas as pessoas que trafegam pela rodovia MG-270 próximo a este trecho, além de poder ocasionar um prejuízo ao proprietário destes animais.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/indicacao_no_325_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/indicacao_no_325_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa começar a realizar o enfeite de natal de nossas praças e demais locais públicos, como de costume, solicita-se ainda subsidiariamente que possa ser estudada a viabilidade de uma Casa do Papai Noel._x000D_
 As supramencionadas ações visam resgatar as tradições natalinas de nosso Município, em especial a possibilidade de criação de uma “Casa do Papai Noel” que trará consigo a magia do natal para nossas crianças, em especial aquelas que não possuem a oportunidade de visitar outros lugares que tenham os mais diversos enfeites e a presença de um “Papai Noel”.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/indicacao_no_326_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/indicacao_no_326_-_2022.pdf</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Obras e Infraestrutura possa averiguar a situação e tomar providências quanto a buracos no calçamento da Rua José dos Santos, Bairro São Vicente, onde moradores inclusive já colocaram galhos de plantas para sinalizar aos pedestres e motoristas o problema. De maneira a não gerar riscos a quem trafega à noite, em especial durante à noite, que se possa corrigir o problema o mais rápido possível.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/indicacao_no_327_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/indicacao_no_327_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a retirada periódica das folhas das palmeiras localizadas em frente ao Hospital Cassiano Campolina, bem como as localizadas na Praça Cassiano Campolina (Praça do Hospital), durante todo o período chuvoso o qual atravessamos._x000D_
 Tal ação justifica-se pelo risco iminente de queda destas folhas nesta época do ano, pois as constantes chuvas e ventos as derrubam com mais facilidade. Ademais, destaca-se que tais folhas são pesadas, e em sua queda natural pode ocasionar acidentes com veículos, o que gerará um dano material e ainda colocará em risco a vida dos pedestres.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/indicacao_no_328_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/indicacao_no_328_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa aumentar o número de vezes da coleta de lixo no bairro Padre Victor._x000D_
 Tal ação advém do pleito dos moradores da supramencionada localidade, vez que atualmente tal serviço é prestado no supramencionado bairro duas vezes por semana, o que segundo estes moradores é insuficiente pela demanda existente._x000D_
 Neste sentido, deve-se esclarecer que o supracitado bairro obteve um crescimento significativo nos últimos anos, contando com diversos novos moradores, o que deve ser levado em consideração para que essa prestação de serviço seja mais efetiva._x000D_
 Outro ponto a se destacar, é que segundo os moradores, as coletas sendo realizadas somente duas vezes por semana ajuda a disseminar a sujeira pelo bairro, haja vista a quantidade de cachorros em situação de rua que rasgam os lixos à procura de alimento, o que consequentemente pode vir a disseminar vários tipos de doenças.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/indicacao_no_329_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/indicacao_no_329_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca da manilha existente no muro da subestação da ETE localizada no bairro São Lucas._x000D_
 Tal ação advém da Sr. Edna e do Sr. Vitor, vizinhos da subestação da ETE do bairro São Lucas, onde foi construído um muro de divisa e deixado uma manilha de pequeno porte para escoamento das águas pluviais._x000D_
 Conforme observa-se nas fotos anexas, o terreno dessas pessoas está ficando alagado toda vez que chove, causando inúmeros transtornos pelo volume d'água e pelo mal cheiro exalado no local. Ademais salienta-se que parte do muro veio a desabar pelo intenso volume d’água.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/indicacao_no_330_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/indicacao_no_330_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a área urbana de nosso Município a comunidade do Gambá, com a implementação de escória/cascalho nos pontos mais críticos e a retirada das águas pluviais que estão correndo na via e consequentemente causando erosão, haja vista a impossibilidade de patrolamento completo da mesma pelo período chuvoso que atravessamos._x000D_
 Tal ação justifica-se pela necessidade de garantir uma boa trafegabilidade pela supramencionada via, cuja qual é responsável pelo escoamento da produção agrícola dos produtores desta região, além da mesma ser utilizada para o transporte escolar e para as demais necessidades dos moradores desta área rural.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/indicacao_no_331_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/indicacao_no_331_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a comunidade da Mata dos Pachecos a comunidade do Colônia, com a implementação de escória/cascalho nos pontos mais críticos e a retirada das águas pluviais que estão correndo na via e consequentemente causando erosão, haja vista a impossibilidade de patrolamento completo da mesma pelo período chuvoso que atravessamos._x000D_
 Tal ação justifica-se pela necessidade de garantir uma boa trafegabilidade pela supramencionada via, cuja qual é responsável pelo escoamento da produção agrícola dos produtores desta região, além da mesma ser utilizada para o transporte escolar e para as demais necessidades dos moradores desta área rural.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/indicacao_no_332_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/indicacao_no_332_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do cabresto de uma ponte localizada na comunidade da Cachoeirinha, na estrada que corta o terreno do Sr. Luís Miranda do Carro de Boi e faz divisa com o Sr. Anibal, próximo a ferrovia._x000D_
 Tal ação justifica-se pela necessidade de manutenção, conforme demonstra a foto anexa. Segundo moradores da localidade houve um acidente na mesma e assim parte de sua estrutura encontra-se danificada.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1221/indicacao_no_333_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1221/indicacao_no_333_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória/cascalho na saída da propriedade do Sr. Moacyr pai do Orlando, na comunidade do Montijo._x000D_
 Tal ação justifica-se pela necessidade de implementação de um dos supramencionados insumos, vez que a via vicinal encontra-se em péssimo estado de conservação, tratando-se ainda de pessoas idosas e com problemas de saúde, que tem seu acesso comprometido o que pode dificultar a locomoção dos mesmos em uma possível emergência.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1222/indicacao_no_334_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1222/indicacao_no_334_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa estudar a implementação de brinquedos iguais aos das fotos anexas em algumas praças de nosso Município._x000D_
 Tal ação visa proporcionar às crianças de nossa cidade um local de lazer, para que as mesmas possam brincar e estreitar as suas relações pessoais, através de uma estrutura digna e segura para as mesmas._x000D_
 Outro ponto a se destacar, é a função social que tal implementação traria, pois sabemos que em nosso município existe somente uma praça que possui o chamado “parquinho”, e com uma estrutura já ultrapassada, assim daremos um local de lazer às nossas crianças, independentemente de sua classe social._x000D_
 Por fim, venho esclarecer que a pouco tempo o Município de Lagoa Dourada-MG, implementou em uma de suas praças estes brinquedos, e que tal ação foi um sucesso total, passando o espaço público a receber um número grande de crianças e pais, gerando um entretenimento para todos.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1223/indicacao_no_335_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1223/indicacao_no_335_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a extensão de rede, com a instalação de iluminação pública na Rua João Cardoso Resende, conhecida popularmente como “Rua da Bocaína". Segundo moradores locais, no ano de 2021 havia um projeto aprovado e licitado pela Prefeitura Municipal que levaria a iluminação da Rua Frei Toninho até a Praça do Hospital Cassiano Campolina, ou seja, iluminaria toda a supramencionada rua._x000D_
 Tal ação justifica-se ainda pela falta de segurança que os moradores encontram para transitar pela supracitada via, ademais, o local acaba-se por ser tornar ermo pela falta de iluminação, sendo favorável para o cometimento de possíveis atos ilícitos.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1224/indicacao_no_336_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1224/indicacao_no_336_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa viabilizar uma correção nos valores das diárias pagas aos motoristas do Município, considerando que o decreto que o decreto n° 2.177 de 25 de fevereiro de 2019, que dispõe estritamente sobre a concessão de diárias de viagens e adiantamentos a Servidores Públicos Municipais alterou o Anexo I da Lei Municipal n° 1.555/2009 já está bem defasado, haja vista a não recomposição dos valores desde a data do decreto até o presente momento._x000D_
 Neste sentido, solicita-se que o chefe do Poder Executivo, possa reajustar o valor, levando em consideração o INPC dos anos de 2020,2021 e 2022, pois sabemos o impacto da inflação no decorrer destes anos, deixando os nossos servidores desguarnecidos no cumprimento de suas funções._x000D_
 Outrossim, vale esclarecer ainda que as rotineiras trocas de motoristas no Município se dão pelo baixo valor salarial oferecido pelo mesmo, vez que os salários ofertados em empresas e demais entes públicos são superiores ao ofertado aqui.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1225/indicacao_no_337_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1225/indicacao_no_337_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa encaminhar a esta Casa de Legislativa um Projeto de Lei que visa a melhoria do salário dos motoristas do Município._x000D_
 Tal ação visa uma justa recomposição salarial desta classe de servidores tão importante para o nosso Município, levando em consideração a grande rotatividade de motoristas que deixam o Município pela baixa remuneração ofertada.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1226/indicacao_no_338_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1226/indicacao_no_338_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza de um bueiro localizado na estrada da comunidade da Água Limpa, após a propriedade do Sr. Chiquinho, sentido a divisa com o  Município de Desterro de Entre Rios._x000D_
 Tal ação justifica-se, pois como já explanado o supramencionado bueiro encontra-se totalmente entupido e desta maneira, as águas pluviais estão descendo dentro da via, a deteriorando por inteiro.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1227/indicacao_no_339_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1227/indicacao_no_339_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada da Água Limpa da Acaiuaba que dá acesso a comunidade da Pedra Negra, sentido Gil de Baixo, devendo ser realizado somente na parte que compreende ao nosso Município. _x000D_
 Tal ação advém a pedido dos moradores da localidade, que necessitam desta via para se locomover, bem como para o escoamento de toda produção agrícola da população.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1228/indicacao_no_340_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1228/indicacao_no_340_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a compra de insumos de higiene para a ESF Valéria Baêta, bem como a aquisição de um bebedouro (de preferência o que possui torneiras), ademais solicita ainda a liberação do segundo banheiro sanitário do local, haja vista que atualmente no local está sendo utilizado somente um sanitário, atendendo os homens e as mulheres._x000D_
 Tais informações foram comprovadas por este signatário através de visita técnica no local, onde foi possível constatar a supramencionada falta de insumos bem como a funcionalidade de somente um sanitário.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1229/indicacao_no_341_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1229/indicacao_no_341_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa viabilizar novamente a distribuição de calcário para os produtores da agricultura familiar._x000D_
 Tal ação, advém da solicitação destes produtores, que nos anos anteriores foram contemplados por este incentivo do Município e que ainda este ano foram convocadas a apresentarem a documentação necessária para serem novamente agraciados com o supramencionado insumo, mas até o presente momento o Município não o fez._x000D_
 Salienta-se ainda que o referido insumo deve ser entregue antes do período de plantio, haja vista que o mesmo é utilizado para preparação do solo (correção do solo), outro ponto a se destacar é o alto preço de mercado do calcário, o que faz com que estes agricultores não tenha como adquiri-lo, o que interfere diretamente em sua produção.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1230/indicacao_no_342_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1230/indicacao_no_342_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma estrada da Comunidade dos Coelhos, próximo a propriedade do Sr. Brás Coelho._x000D_
 Tal ação justifica-se pelo estado de conservação da via, que está sendo deteriorada pela ação da enxurrada, assim o ideal para o local é a implementação de manilhas para retirada das águas pluviais, não deixando que se forme enxurrada na via.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1231/indicacao_no_343_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1231/indicacao_no_343_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural do Campo da Chave, mas especificamente entre a ponte do campo da Chave e da Ferrovia._x000D_
 Tal ação faz-se necessária pois no local foi feito um corte diagonal da enxurrada, em forma de curva de nível, o que a princípio tem resolvido parte do problema da enxurrada, mas dificulta o tráfego de veículo, pois além de raspar o fundo dos veículos também faz com que os carros fiquem agarrados._x000D_
 Desta maneira, em conversa com os moradores da localidade, foi solicitado que o Executivo possa disponibilizar manilhas para o local, e que os próprios moradores as colocariam no local.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1232/indicacao_no_344_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1232/indicacao_no_344_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada uma manutenção paliativa da estrada rural que liga a zona urbana do Município as comunidades do Gambá e da Pedra Negra, patrolando e encascalhando os pontos mais críticos._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, devendo ser realizada de imediato a manutenção nos pontos críticos, ao qual cito de imediato a “cava da onça”.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1233/indicacao_no_345_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1233/indicacao_no_345_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada que liga o bairro Castro a comunidade do Lagrimar._x000D_
 Tal ação justifica-se pelo estado de conservação da via, conforme se observa na foto anexa, há pontos onde a trafegabilidade está comprometida, neste sentido solicita-se uma manutenção imediata nos pontos em que se julgarem necessários, inclusive com a implementação de escória/cascalho, bem como a retirada das água pluviais.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1234/indicacao_no_346_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1234/indicacao_no_346_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de acesso da casa do Sr. Sô Quim, Sr. Tavinho e da Sra. Margarida, localizada na localidade conhecida como Vargem da Ponte._x000D_
 Tal ação justifica-se pela necessidade de garantir o direito de ir e vir dos moradores da localidade, em especial dos Srs. supramencionados que passam por sério problemas de saúde, inclusive um é paciente oncológico e o carro do TFD vai até o local para buscá-lo._x000D_
 Há de se ressaltar que além destes pacientes do TFD, o local também é ponto de busca de alunos da rede de ensino. Neste sentido, o local mais perigoso é onde os veículos manobram, que está a ponto de virar um atoleiro.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1235/indicacao_no_347_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1235/indicacao_no_347_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa verificar se o lote de sua propriedade na Rua José dos Santos está sendo ocupado por alguém._x000D_
 Segundo informações advindas de moradores da localidade, possivelmente o local de propriedade do Município foi indevidamente ocupado por alguém que está criando animais no local, sendo cercado por cerca. Ademais, alegam também que o local está servindo de depósito de entulhos, o que atrai animais peçonhentos para a localidade._x000D_
 Desta maneira, solicita-se que tais denúncias sejam verificadas, e se o problema apontado realmente existir, que o Município tome as devidas providências.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_no_348_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_no_348_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam retomadas as obras complementares de drenagem, escoamento e passeios da Rua Marta Ribeiro de Oliveira Batista, localizada no bairro Batista de Oliveira._x000D_
 Ocorre que a supramencionada via foi contemplada pela pavimentação asfáltico no presente ano, através do processo licitatório n° 12/2022, e posteriormente firmou-se o contrato de n° 27/2022 entre o Município e a vencedora do certame licitatório, qual seja a empresa LOCADORA TERRAMARES._x000D_
 Diante o exposto a presente obra iniciou-se e sem justificativa plausível não fora finalizada, e, conforme demonstram as fotos anexas, as águas pluviais advindas constantes no período chuvoso cujo qual atravessamos começou a danificar a via.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_no_349_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_no_349_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através da Secretaria de Obras e Infraestrutura possa realizar uma visita in loco a comunidade de São José das Mercês (Gambá), para verificar como está a situação da iluminação pública do local, bem como trocar todas as lâmpadas que estão queimadas. A ação engloba ainda mais dois bairros, quais sejam, Sassafrás e Santa Efigênia._x000D_
 Tal ação visa garantir aos moradores um serviço público prestado com eficiência, já que todos contribuem mensalmente com a taxa de iluminação pública cobrada pelo Município através da concessionária de energia elétrica, ademais salienta-se que a falta de iluminação pode contribuir para que ocorram os atos ilícitos nestes locais, diminuindo a sensação de segurança dos mesmos,  além disso, prejudica também a locomoção dos munícipes no período noturno.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1238/indicacao_no_350_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1238/indicacao_no_350_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma estrada rural na comunidade Olhos D'água, na via de acesso a residência do Sr. Ricardo do Tião do Tarciso._x000D_
 Tal ação justifica-se pelo mau estado de conservação da supramencionada via de acesso, onde os munícipes residentes da localidade estão ilhados, tendo seu direito de ir e vir cerceado, ademais esclareço ainda que no local há vários produtores de leite, produto este altamente perecível, acarretando em perdas consideráveis de sua produção pelo fato do caminhão que recolhe o produto não conseguir transitar pela via para realizar a coleta, o que tem gerado prejuízos a aos produtores rurais.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_no_351_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_no_351_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma estrada rural na comunidade Olhos D'água, na via de acesso a residência da Sra. Sebastiana._x000D_
 Tal ação justifica-se pelo mau estado de conservação da supramencionada via de acesso, onde os munícipes residentes da localidade encontram-se com seu seu direito de ir e vir cerceado. _x000D_
 Neste espeque, esclareço ainda que a Sra. Sebastiana necessita de realizar tratamentos de saúde, haja vista um acidente que veio a sofrer, outro ponto a se destacar são os demais produtores de leite desta região, que estão sofrendo uma perda na sua produção pelo fato do caminhão que recolhe o supramencionado insumo não conseguir trafegar pelo local, o que resulta em um grande prejuízo aos produtores pelo produto ser altamente perecível.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1240/indicacao_no_352_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1240/indicacao_no_352_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma estrada rural na comunidade do Camapuã, próximo a residência da Sra. Vitalina._x000D_
 Tal ação justifica-se pelo mau estado de conservação da via, conforme demonstra a foto anexa, devido ao período chuvoso que se iniciou o local virou um verdadeiro atoleiro, cerceando assim o direito de ir e vir dos munícipes e dos demais utilitários da supramencionada via, necessitando de imediato a implementação de insumos como escória ou cascalho, para que provisóriamente devolva ao local uma condição mínima de trafegabilidade.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_no_353_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_no_353_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Rua Leonor Cândido Veloso, localizada no bairro Padre Vitor, exclusivamente na parte que não possui pavimentação._x000D_
 Tal ação justifica-se por parte desta via não ser pavimentada, estando com vários buracos no decorrer de sua extensão, solicitando assim uma manutenção imediata até que o local possa ser devidamente pavimentado, o que de imediato também já se indica.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_354_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_354_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa viabilizar uma melhoria na infraestrutura do povoado do Taboado._x000D_
 Tal indicação advém da população da localidade, que constantemente está enfrentando dificuldades no que tange a iluminação pública, a solicitação de ligação de energia elétrica, e água potável._x000D_
 Assim solicita-se a este Executivo que possa instalar mais postes de iluminação pública no local, bem como o ligamento de novos pontos de água potável na comunidade, bem como um diálogo efetivo para com a fornecedora de energia elétrica, visando um melhor atendimento destes serviços essenciais na supramencionada comunidade.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1243/indicacao_no_355_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1243/indicacao_no_355_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através da Secretaria de Obras e Infraestrutura possa realizar o patrolamento e cascalhamentos da estrada de acesso das comunidades Vargem da Alegria, Bem Querência e Ponte Funda._x000D_
 Tal ação justifica-se pelo mau estado de conservação da supramencionada estrada rural, a qual dá acesso às supramencionadas comunidades rurais, esclareço ainda que as supracitada via abarca o transporte escolar e é o ponto principal de escoamento de toda produção agrícola destas comunidades.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_no_356_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_no_356_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada principal da comunidade da Comunidade da Ponte Funda, com a implementação de escória/cascalho nos pontos mais degradados, bem como a limpeza dos mata-burros existentes no decorrer da via._x000D_
 Tal ação justifica-se pela necessidade de manutenção da supramencionada via, conforme demonstra a foto anexa, a mesma se encontra bem degradada pela ação das chuvas, inclusive com pontos onde o ônibus escolar e demais veículos estão agarrando, bem como a limpeza dos mata-burros existentes no decorrer desta via rural.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1245/indicacao_no_357_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1245/indicacao_no_357_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza da travessia da Rua Carlos Veloso até a Rua José dos Santos._x000D_
 Tal ação justifica-se por este local ser o acesso entre uma via e outra e assim diariamente vários munícipes utilizam desta passagem para acessarem as supramencionadas via, e conforme demonstra a foto anexa a pastagem do local encontra-se alta, atraindo animais peçonhentos que podem causar acidentes com esses munícipes que utilizam a mencionada travessia, ademais, caso o local seja de particular, que o mesmo possa ser notificado para realizar a limpeza destes lotes, conforme o que preceitua o Código de Posturas do Município em seu art. 12, adotando para isso todas as medidas cabíveis, inclusive a cominação de multa aos proprietários que estejam irregulares, nos termos do art. 15 da mencionada lei.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_no_358_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_no_358_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória na via de acesso a casa do Sr. Nirley, na comunidade São José das Neves (Rua do Fogo), próximo a granja do Sr. Noé._x000D_
 Tal ação justifica-se pelo mau estado de conservação da supramencionada via de acesso, devido às fortes chuvas o local encontra-se praticamente intrafegável, o que tem impactado direto no direito de ir e vir do sr. Nirley e de sua família.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_no_359_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_no_359_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um trecho de aproximadamente 300 metros na via de acesso a comunidade da Água Limpa dos Ferreira, localizado após o quebra-molas da Associação ACONEVES, bem como a retirada das águas pluviais._x000D_
 Tal ação justifica-se pelo mau estado de conservação do supramencionado trecho, que está praticamente intrafegável devido a ação das águas pluviais, devendo no local ser implementado cascalho/escória, bem como que se faça as retiradas das enxurradas que estão escoando pelo decorrer da via.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1248/indicacao_no_360_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1248/indicacao_no_360_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal, por meio da Secretaria de Educação, possa viabilizar o funcionamento da Creche Municipal (Ana Gonçalves da Cunha)  em tempo Integral. A ação visa possibilitar às crianças diversos pontos positivos no seu desenvolvimento como: o desenvolvimento da autonomia, em virtude de passarem uma boa parte do dia na escola e sem os pais, propicia uma convivência com um número maior de pessoas e novas experiências, melhoria da aprendizagem, melhoria da convivência social, garante a segurança dos alunos, o acesso ao esporte, a cultura, garante uma alimentação equilibrada, o que resulta numa formação mais plena e humanizada. _x000D_
 Outro ponto a se destacar é  o melhor alinhamento do cotidiano dos pais para com a rotina de seus filhos, pois com a execução da proposta acima, os mesmos poderão se adequar com mais facilidade a rotina das crianças, levando em consideração a possibilidade das mães conseguirem voltar ao mercado de trabalho.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_no_361_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_no_361_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita novamente este signatário que seja realizado o patrolamento e cascalhamento das Ruas do bairro Sassafrás._x000D_
 Primeiramente, insta esclarecer que este signatário ao longo de seu mandato já solicitou tal manutenção por diversas vezes, porém no atual período chuvoso o estado das ruas do supramencionado bairro se deteriorou ainda mais, tendo os moradores da localidade seu direito de ir e vir cerceado._x000D_
 Neste diapasão, solicita-se que a manutenção de todas essas vias sejam realizadas o mais breve possível, observando ainda a retirada das águas pluviais, para que as mesmas não carreguem o insumo a ser aplicado.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_no_362_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_no_362_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo possa resolver a falta de medicamentos básicos na farmácia municipal, dentre estes, os de baixo valor._x000D_
 Tal ação justifica-se a pedido da população, que rotineiramente tem procurado este subscrevente para trazer esta demanda tão importante a nossos cidadãos, haja vista que os prejudicados com essa situação é o povo mais humilde, os quais não possuem condições de arcar com medicamentos, e desse jeito, muita das vezes acabam por não seguir o tratamento adequado._x000D_
 Por fim, resta esclarecer que a Constituição da República de 1988 positivou em seu art. 196 que a Saúde é direito de todos e dever do Estado, tendo o ente municipal a obrigação de cumpri-la. Nesse sentido, a falta de medicamento interfere diretamente na boa manutenção da saúde de nossos munícipes.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1251/indicacao_no_363_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1251/indicacao_no_363_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e cascalhamento  de uma via rural na comunidade dos coqueiros, próximo ao chacreamento do Sr. Humberto, bem como a via de acesso a esse chacreamento e as demais vias de acesso a essas chácaras (cuja as quais são públicas)._x000D_
 Tal ação justifica-se pelo mau estado de conservação das supramencionadas vias devido ao período chuvoso que atravessamos._x000D_
 Ressalta-se que as supramencionadas vias estão praticamente intrafegáveis pelo acúmulo de barro e pelos buracos ocasionados pelas águas pluviais, sendo de extrema necessidade o patrolamento e a aplicação do insumo supracitado, bem como a retirada das águas pluviais no decorrer destas vias.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_no_364_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_no_364_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de cascalho/escória perto da propriedade do Sr. Vicente Firmino, na comunidade do Mata-Bois, bem como a mesma ação no morro do João Anjo, na comunidade do Gambá de Baixo._x000D_
 Tais ações pretendem devolver a boa trafegabilidade dos supramencionados locais, pois os carros estão ficando agarrados pelas condições dessas vias, em especial o Morro Grande, local que é rota do ônibus escolar.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_no_365_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_no_365_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa contratar uma pessoa para realizar o serviço de Conserva das estradas das comunidades da Ponte Funda, Colônia e Bem Querência._x000D_
 Tal ação visa que tal profissional possa realizar o serviço de manutenção básica destas vias, tais como a limpeza de bueiros, a retirada de enxurradas, a capina de suas laterais e poda das árvores que invadem a pista de rolamento. _x000D_
 Ademais, resta esclarecer, que tais ações diminuirão a degradação dessas vias, uma vez que o profissional será contratado para realizar somente este serviço.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1254/indicacao_no_366_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1254/indicacao_no_366_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa contratar uma pessoa para realizar o serviço de Conserva das estradas das comunidades da Gameleira, Mata-bois, São José das Mercês, Pedra Negra e Acaiuaba._x000D_
 Tal ação visa que tal profissional possa realizar o serviço de manutenção básica destas vias, tais como a limpeza de bueiros, a retirada de enxurradas, a capina de suas laterais e poda das árvores que invadem a pista de rolamento. _x000D_
 Ademais, resta esclarecer, que tais ações diminuirão a degradação dessas vias, uma vez que o profissional será contratado para realizar somente este serviço.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1255/indicacao_no_367_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1255/indicacao_no_367_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa aumentar o número de lixeiras pelo centro da cidade e pelos demais bairros._x000D_
 Tal ação justifica-se pela necessidade de aumentar o número de lixeiras que nosso Município possui, possibilitando mais locais adequados para que a população em geral possa destinar corretamente seus resíduos sólidos, ajudando na conservação da limpeza de nossa área urbana.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_no_368_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_no_368_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar uma licitação para contratar empresa específica no serviço de borracharia, para atender as demandas da secretaria de Obras e Infraestrutura, mais especificamente das máquinas e caminhões do Município._x000D_
 Tal ação visa sanar as demandas da secretaria de Obras e Infraestrutura em especial para com as máquinas e caminhões do Município, que ao terem seus pneus furados, rasgados ou estourados retornam para o almoxarifado do Município, onde ficam por dias esperando que os mesmos sejam arrumados, deixando assim a execução do serviço que desempenham parados, o que interfere diretamente na manutenção das nossas vias rurais.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1257/indicacao_no_369_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1257/indicacao_no_369_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma lixeira na parte externa da Creche Municipal._x000D_
 Tal ação justifica-se pela necessidade de um local adequado para que os munícipes possam dar destinação correta de seus resíduos sólidos, em especial os que são produzidos pela Creche Municipal, de maneira que a ação visa em suma manter o espaço externo deste local limpo, haja vista a circulação de crianças e pais e principalmente as maléficas que o acúmulo de lixo pode trazer para nossas crianças que ali estudam.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_no_370_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_no_370_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a pavimentação asfáltica do morro do Silvio Coelho, localizado na comunidade do Montijo._x000D_
 Tal ação justifica-se pelo mau estado de conservação de tal morro, cujo qual cumpre destacar que é bastante íngreme e desta forma é difícil sua conservação, motivo pelo qual faz-se necessária a pavimentação asfáltica do local._x000D_
 Neste espeque, cumpre destacar, que este subscrevente reconhece o esforço que vem sendo desempenhado pelo Sr. Prefeito para pavimentar esses locais íngremes de nossas vias rurais, tendo inclusive até o presente momento já realizado essas obras de pavimentação em locais que se via intrafegável nessa época do ano. _x000D_
 Motivo pelo qual, vem pedir uma atenção especial para que a localidade seja pavimentada.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_no_371_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_no_371_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o encascalhamento de uma via de acesso à propriedade do Sr. Zico do Arestino e demais munícipes que utilizam essa via para acessarem suas residências, localizada na comunidade do Cascalho Preto._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que está totalmente intransitável, deixando os utilitários do local privado de exercer o seu direito constitucional de ir e vir._x000D_
 Diante o exposto solicita a implementação do supramencionado insumo, pois é o único capaz de devolver a boa trafegabilidade a mencionada via.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_no_372_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_no_372_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através de sua Secretaria de Obras e Infraestrutura possa deslocar uma equipe técnica até a ponte do Mindeca localizada próxima a propriedade do Sr. Mindeca, na comunidade de São José Das Mercês._x000D_
 Tão ação justifica-se pelo desmoronamento de parte da lateral do barranco onde fica a supramencionada, conforme demonstra as fotos anexas, ocasionado pelas recentes chuvas, o que tem deixado a população que necessita utilizar a via apreensiva e com medo de passar pelo local._x000D_
 Assim, pensando na segurança dos utilitários da mencionada ponte, é imprescindível que este executivo envie até o local uma equipe técnica para avaliar a situação, e caso seja necessário, que realize a manutenção imediata do local, o que vai de encontro ao princípio princípio da eficiência, estampado no caput do art. 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_no_373_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_no_373_-_2022.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação para que sejam retomadas imediatamente as obras complementares de drenagem, escoamento e passeios da Rua Marta Ribeiro de Oliveira Batista, localizada no bairro Batista de Oliveira._x000D_
 Ocorre que a via foi contemplada pela pavimentação asfáltico no presente ano, através do processo licitatório n° 12/2022, e posteriormente firmou-se o contrato de n° 27/2022 entre o Município e a vencedora do certame licitatório, qual seja a empresa LOCADORA TERRAMARES._x000D_
 Diante do exposto, a presente obra iniciou-se e sem justificativa plausível não fora finalizada, e, conforme demonstram as fotos anexas, as águas pluviais advindas constantes no período chuvoso cujo qual atravessamos começou a danificar a via._x000D_
 Por todo o exposto, solicita que este Executivo Municipal possa notificar a empresa para finalizar as obras complementares supramencionadas, sob pena de torná-la inapta a licitar com o Município.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_no_374_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_no_374_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar as obras necessárias para a manutenção da estrada de acesso da comunidade do Lagrimar._x000D_
 Tal indicação refere-se especificamente há um ponto onde foi aplicado uma escória, que devido a não realização de cacimba para segurar as águas pluviais escorreu para um local onde existem nascentes d’água._x000D_
 Neste espeque, ressalta-se que a escória possivelmente poderá contaminar esta água, que é utilizada por diversos donos de rebanhos, por ser um material pesado e de vasta composição química, colocando em risco a saúde desses animais, que necessitam de utilizar desta água, e que ainda pode ser utilizada no futuro para abastecimento de algumas residências da região. Ademais a situação vem causando um dano ambiental, o qual inclusive poderá este Executivo ser responsabilizado civil e criminalmente por este dano._x000D_
 Outrossim, pretende-se ainda com a mencionada ação, restabelecer as condições de trafegabilidade do local, resguardando o direito de ir e vir.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_no_375_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_no_375_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa notificar os proprietários dos lotes de n°60 e de n°90, localizados na Rua Mário Pica-Pau, bairro Tira Couro, para realizar a limpeza dos mesmos, haja vista o tamanho em que o mato dos mencionados locais se encontram, propiciando a proliferação de animais peçonhentos e acúmulo de lixo._x000D_
 Para que seja realizada a limpeza dos mesmos, deve-se observar o que preceitua o Código de Posturas do Município de Entre Rios de Minas, em seu art. 12, adotando para isso todas as medidas cabíveis, inclusive a cominação de multa, nos termos do art. 15 da lei. _x000D_
 Dessa maneira, o Poder Público, como já dito, poderá promover o combate à doenças e proliferação de pragas e insetos, tendo em vista que em lotes abandonados e sujos, há grandes riscos de haver proliferação de pragas, como ratos, escorpiões, cobras, entre outros animais. Essas doenças podem rapidamente se espalhar pela cidade e prejudicarem muitas pessoas, mas tudo pode ser evitado com uma boa limpeza.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/projeto_de_lei_n_12-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/projeto_de_lei_n_12-2022.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal do Evangelho e dá outras providências".</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>José Walter Resende Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_de_lei_n_01_-2022-1.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_de_lei_n_01_-2022-1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE GERAL ANUAL NAS REMUNERAÇÕES DOS SERVIDORES DO MUNICÍPIO DE ENTRE RIOS DE MINAS ATIVOS E INATIVOS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/projeto_de_lei_n_07.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/projeto_de_lei_n_07.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa Municipal "Adote um animal" no âmbito do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/projeto_de_lei_n_10-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/projeto_de_lei_n_10-2022.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa "Aluguel Social" no Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/projeto_de_lei_n_13-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/projeto_de_lei_n_13-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização de sociedade civil denominada ASSOCIAÇÃO CULTURAL VOZES DE ENTRE RIOS DE MINAS, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n°_x000D_
 13.204/2015"</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/projeto_de_lei_n_16_de_17_de_marco_de_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/projeto_de_lei_n_16_de_17_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>Dá denominação a serviço público municipal que menciona e contém outras providências.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/631/loa_-_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/631/loa_-_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Orçamento do Município para o exercício de 2023.”</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted, Joãozinho Cricri, Larissa Rodrigues</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1587/requerimento_no_18-2022.pdf</t>
+    <t>Thiago Itamar "Ted", Joãozinho Cricri, Larissa Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1587/requerimento_no_18-2022.pdf</t>
   </si>
   <si>
     <t>A concessão de uma MOÇÃO DE APLAUSO a entrerriana Jéssica Alves Resende Freitas, filha de Ronaldo Alves de Resende e Chriley Freitas Moreira Correa, pela aprovação no 21° concurso do Ministério Público do Trabalho, sendo aprovada para o cargo de Procuradora do Trabalho, desta forma eleva-se mais uma vez o nome de nosso município, e ainda mostra aos nossos jovens que com muito esforço e dedicação é possível se chegar a cargos de destaque nacional._x000D_
 _x000D_
 Jéssica nasceu em 15 de dezembro de 1991 em Entre Rios de Minas, onde viveu por vários anos, formou-se no ensino médio e ingressou na Faculdade de Direito Milton Campos, formou-se no ano de 2014, dedicou-se a área trabalhista, inscreveu-se no 21° concurso do Ministério Público do Trabalho, sendo aprovada em Dezembro de 2020 e tomará posse no cargo no dia 18 deste mês.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1588/requerimento_no_19-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1588/requerimento_no_19-2022.pdf</t>
   </si>
   <si>
     <t>A concessão de uma MOÇÃO DE APOIO aos Professores que atuam na rede ESTADUAL de Ensino os quais aderiram ao movimento de greve em 17 de março de 2022. Dentre os pontos de maior ênfase no movimento está o cumprimento pelo Governo Estadual do reajuste de 33,24% do Piso Salarial da Educação Básica previsto por Lei Federal para 2022. O Piso é um direito garantido pela Lei Federal 11.738/08, pela Constituição do Estado, por meio do artigo 201-A, e pela Lei 21.710/2015, que garante o pagamento do piso integral para o Magistério na jornada de 24h semanais.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1586/requerimento_no_20-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1586/requerimento_no_20-2022.pdf</t>
   </si>
   <si>
     <t>A concessão de uma MOÇÃO DE APLAUSO ao entrerriano Antônio Teodósio Coelho, nascido em 05 de setembro de 1.935, pelo excelente trabalho prestado a esta Casa Legislativa, por cerca de 21 anos._x000D_
 _x000D_
 Antônio Teodósio Coelho, formou-se em técnico em contabilidade pelo IMACO na cidade de Belo Horizonte, realizou diversos cursos no Tribunal de Contas do Estado de Minas Gerais e no SICON de Minas Gerais, chegou a dar aulas por 02 (dois) anos no curso técnico de contabilidade ofertado à época em nosso Município, chegou a trabalhar na área contábil da Secretaria de Saúde de nosso Município.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1585/requerimento_no_21-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1585/requerimento_no_21-2022.pdf</t>
   </si>
   <si>
     <t>A concessão de uma MOÇÃO DE APLAUSO ao Pastor Cristhian Pereira Lanna, pelo trabalho desenvolvido à frente da Igreja Batista Ágape de Entre Rios de Minas pelo período de 10 anos, onde atuou em diversas áreas sociais, buscando sempre resgatar de nossos jovens os princípios éticos, morais, comportamentais e familiar, propagados através de sua fé sempre com o intuito de ajudar ao próximo._x000D_
 O Pastor Christian também se mostrou uma pessoa de atuação ecumênica e aberta ao diálogo, participando inclusive do culto ecumenico que empossou o Sr. Prefeito Municipal e os vereadores desta Casa Legislativa para esta legislatura. _x000D_
 (...)</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1540/requerimento_no_30-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1540/requerimento_no_30-2022.pdf</t>
   </si>
   <si>
     <t>Que o Município de Entre Rios de Minas possa realizar uma audiência pública para discutir e aprofundar as informações acerca da proposta de investimento por parte de mineradoras atuantes na cidade de Desterro de Entre Rios, dentro de uma proposta de instalação de um terminal logístico no território deste Município, a fim de depositar o minério de ferro diretamente nos vagões que trafegam pela linha férrea. Diante da ausência de informações claras sobre os impactos de tal empreendimento, pede-se que se possa esclarecer à população a respeito, atendendo ainda à necessidade de ouvir todos os lados envolvidos nesta questão.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1541/requerimento_no_31-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1541/requerimento_no_31-2022.pdf</t>
   </si>
   <si>
     <t>A retirada do Requerimento nº 26/2022, suspendendo a CONVOCAÇÃO do Sr. Diretor de Departamento, José Eustáquio Pires Lima, para que possa comparecer à esta Casa Legislativa.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1542/requerimento_no_32-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1542/requerimento_no_32-2022.pdf</t>
   </si>
   <si>
     <t>Que possa encaminhar a esta Casa Legislativa as razões da revogação do Processo Licitatório nº 071/2022, relativo à contratação de empresa especializada em prestação de serviços integral de organização de evento, produção executiva e artística e disponibilização de infraestrutura para realização da 62ª Festa da Colheita e 42ª Exposição Agropecuária do Município de Entre Rios de Minas/MG._x000D_
 _x000D_
 Ademais, esclarecer se há possibilidade de realização da festa e quais serão as formas para a sua execução haja vista o curto prazo restante até o final de julho.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1543/requerimento_no_34-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1543/requerimento_no_34-2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal apresente as portarias e relatórios quadrimestrais da execução das emendas individuais do Legislativo Municipal, conforme determinação expressa do Art. 7º da Lei Municipal nº 1.918/2022, in verbis:_x000D_
 “Art. 7° Fica o Poder Executivo obrigado a executar as emendas individuais do Legislativo Municipal, observando o disposto no arts. 165 e seguintes da Constituição Federal, no art. 123-A da Lei Orgânica Municipal, bem como no art. 18 e seguintes da Lei de Diretrizes Orçamentárias._x000D_
 Parágrafo único: Fica o Poder Executivo obrigado a publicar uma portaria por meio da qual descreva a execução da ação correspondente à mencionada na emenda, bem como apresentar relatório e cronograma quadrimestral, detalhando a execução ou previsão de execução das emendas individuais que trata o caput do presente artigo.”</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1544/requerimento_no_35-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1544/requerimento_no_35-2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa Legislativa a relação de pessoal, detalhando os cargos efetivos, contratados e comissionados. Disponibilizando, com isso, um extrato único, ao final, contendo, de forma clara, a quantidade de servidores, forma de contratação e os valores referentes à folha de pagamento que inclua horas extras, concessões, vantagens, progressões, encargos sociais, gratificações e outros lançamentos._x000D_
 Insta destacar que os elementos disponibilizados no sítio eletrônico do Município não são suficientes para uma análise clara sobre os indicadores de pessoal.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1545/requerimento_no_36-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1545/requerimento_no_36-2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo possa encaminhar a esta Casa Legislativa uma relação objetiva e precisa de todos os logradouros e vias que receberam a pavimentação asfáltica no período entre 2017 e 2022, discriminando o nome do local, a data da aplicação da camada asfáltica, a empresa responsável pelo serviço, o número do convênio (acaso tenha sido feito com recursos federais), a fonte de recursos, o número da nota de empenho, valores pagos e data de pagamento._x000D_
 _x000D_
 Justifica-se o presente requerimento de modo que esta Casa Legislativa possa monitorar as condições de cada obra realizada e se tornar partícipe no processo de fiscalização dos serviços empreendidos, de modo que todos os serviços estejam em pleno estado de conservação em respeito ao dinheiro público, e, na observância do descumprimento deste requisito, manifestar-se em relação à garantia prevista pela Lei.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1546/requerimento_no_37-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1546/requerimento_no_37-2022.pdf</t>
   </si>
   <si>
     <t>Conforme publicado no Diário Oficial do Município, mais precisamente no dia 07 de junho de 2022, o Processo Licitatório nº 071/2022, relativo à “contratação de empresa especializada em prestação de serviços integral de organização de evento, produção executiva e artística e disponibilização de infraestrutura para realização da 62ª Festa da Colheita e 42ª Exposição Agropecuária do Município de Entre Rios de Minas/MG”, foi revogado sob o argumento de “Interesse Público”._x000D_
 Todavia, o Termo de Revogação de Processo Licitatório, não apresentou quais as os motivos que levaram a considerar que o certame estava em desacordo com o “Interesse Público”, sendo certo que, como cediço, o motivo é um dos elementos essenciais do ato administrativo. (...)</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1547/requerimento_no_38-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1547/requerimento_no_38-2022.pdf</t>
   </si>
   <si>
     <t>Considerando os Ofícios de n°170-2021 e 252-2022 que relatam em síntese sobre um bloqueio realizado em uma estrada antiga, cujo qual era o acesso de importantes fazendas de produção agropecuária de nosso município._x000D_
 Considerando as respostas não satisfatórias enviadas por este Executivo através dos Ofícios n° 336-2021 e 14-2022._x000D_
 Considerando que neste ofício resposta n° 14-2022 foi relatado que este Executivo Municipal enviaria uma equipe técnica do departamento de engenharia do Município até o referido local para efetuar o acompanhamento e tomar as providências que realmente fossem julgar necessário no caso concreto._x000D_
 Considerando o Lapso temporal de 7 meses desde o envio do ofício resposta de n° 14-2022 do Gabinete do Prefeito, requer este subscrevente as seguintes informações:_x000D_
 O encaminhamento das conclusões sobre o caso concreto do serviço de engenharia realizado pelo Município no local;_x000D_
 (...)</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1548/requerimento_no_39-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1548/requerimento_no_39-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações se houve alguma decisão oficial deste Executivo, proibindo que os motoristas responsáveis pelo TFD (tratamento fora do domicílio), realizassem a busca dos pacientes moradores da zona rural em suas residências._x000D_
 É de conhecimento deste subscrevente que recentemente o transporte destes pacientes fora suspenso, dessa maneira tem impactado diretamente nas necessidades de tratamentos deste povo da zona rural, em especial aos que necessitam de realizar tratamentos oncológicos e hemodiálise.  _x000D_
 Desta maneira, são necessários estes esclarecimentos, considerando a quantidade de pacientes que estão deixando de fazerem seus tratamentos por não terem condições de se dirigirem até a área rural de nosso município em plena madrugada.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1549/requerimento_no_40-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1549/requerimento_no_40-2022.pdf</t>
   </si>
   <si>
     <t>Informações e cópias das Ordens de Serviço e Empenhos referentes às obras de reparação das ruas e avenidas constantes dos seguintes contratos:_x000D_
 Contrato 006/2018 - Objeto; Pavimentação de via Urbana - Avenida Tiradentes, bairro Vila São Vicente_x000D_
 Pedido do Sr. Secretário - Reparo em diversos pontos da pavimentação asfáltica e substituição de diversos meio-fios que se encontra com a estrutura comprometida;_x000D_
 Contrato 181/2018 - Objeto; Serviços de engenharia consistente na prestação de serviços, demolição, terraplanagem, obras de arte, drenagem, pavimentação, obras complementares, recuperação, e manutenção de rede viária; Locais: Av. Tiradentes (bairro Vila São Vicente), Rua Rui Barbosa de Araújo (bairro Sassafrás), Rua Califórnia (bairro Cachoeira). _x000D_
 Pedido do Sr. Secretário - Reparo em diversos pontos da pavimentação asfáltica e substituição de diversos meio-fio que estão com sua estrutura comprometida; _x000D_
 (...)</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1550/requerimento_no_41-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1550/requerimento_no_41-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que esse Executivo Municipal que possa prestar informações sobre quais são as contas vinculadas a fonte 200 existente no Município, bem como enviar para esta Casa Legislativa qual o valor disponível na supracitada fonte e se houver recurso, qual a destinação pode se dar para estes recursos.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted, Roni Enfermeiro</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1551/requerimento_no_42-2022.pdf</t>
+    <t>Thiago Itamar "Ted", Roni Enfermeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1551/requerimento_no_42-2022.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO a promulgação da Emenda Constitucional n° 120/2022 e demais atos normativos que regulamentam o novo piso salarial dos Agentes Comunitários de Saúde e Endemias._x000D_
 CONSIDERANDO todo o teor contido no requerimento de n° 44/2021 deste subscrevente._x000D_
 CONSIDERANDO o que consta no portal da transparência do Município, no que tange a remuneração da categoria, qual seja R$1.098,18  (um mil e noventa e oito reais e dezoito centavos), valor este abaixo do que determina a legislação federal, tendo que ser implementada para atingir o mínimo legal;_x000D_
 CONSIDERANDO que ao realizar a consulta ao supracitado site, foi possível observar que a categoria não conta com nenhum servidor Efetivo do município, há somente contratados;_x000D_
 CONSIDERANDO a importância que a classe representa para a boa manutenção da saúde em nosso Município._x000D_
 Requerem estes subscreventes, que seja cumprido por este Executivo Municipal o pagamento do piso salarial da categoria supracitada, tudo em (...)</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1552/requerimento_no_43-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1552/requerimento_no_43-2022.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO a promulgação da Emenda Constitucional n° 124/2022 e demais atos normativos que regulamentam o novo piso salarial dos profissionais da Enfermagem._x000D_
 CONSIDERANDO que consta do portal da transparência do Município que o valor pago a categoria encontra-se abaixo do que determina a legislação federal;_x000D_
 CONSIDERANDO que o número de servidores efetivos é baixo e assim necessita-se de realização de concurso público para sanar a defasagem de vagas existentes e assim evitar o sistema de contratação no Município;_x000D_
 Requerem estes subscreventes que seja cumprido por este Executivo Municipal o pagamento do piso salarial da categoria supracitada, tudo em conformidade com o que a legislação federal determina._x000D_
 Para isso, solicitamos estimativa de impacto financeiro, que demonstrará a estes subscreventes o quanto tal reajuste pode onerar a folha de pagamento do Município e se desta forma poderá ocorrer ou não o rompimento do percentual permitido pela Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1553/requerimento_no_44-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1553/requerimento_no_44-2022.pdf</t>
   </si>
   <si>
     <t>Considerando o envio do Ofício de n° 183/GAB-2022 cujo qual veio acompanhado do Projeto de Lei que dispõe sobre abertura de crédito suplementar especial para que seja contratado o Consórcio Público para o Desenvolvimento do Alto Paraopeba - CODAP, para custear as despesas do Município no Programa de Acolhimento Institucional de Crianças e Adolescentes - Abrigo Regional.  _x000D_
 Considerando que o supracitado ofício tinha por escopo explicar que essa necessidade se deu através de um possível Termo de Ajustamento de Conduta - TAC, que em tese seria realizado entre o Ministério Público de Minas Gerais e o Município de Entre Rios de Minas - MG, pelo que se pode observar da notificação anexa ao Presente Projeto de Lei._x000D_
 Considerando que, apesar de solicitar urgência na apreciação desta matéria, o projeto de Lei seguiu para essa Casa Legislativa sem ser anexado nenhum documento que comprove ou não a realização do TAC entre as partes._x000D_
 (...)</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1554/requerimento_no_45-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1554/requerimento_no_45-2022.pdf</t>
   </si>
   <si>
     <t>Considerando o Requerimento de n°14-2022, também de autoria deste subscrevente, onde se pleiteou informações acerca da paralisação das obras de reforma e ampliação do campo de futebol existente na comunidade da Mata dos Pachecos._x000D_
 Considerando o Ofício n°122/GAB/2022, de autoria do Sr. Prefeito, o qual traz como resposta que as duas empresas vencedoras do certame licitatório para referida obra declararam falência, impossibilitando o término da obra._x000D_
 Considerando, ainda, que no supramencionado ofício constou que seria realizado um novo processo licitatório para possibilitar o término da referida obra._x000D_
 Requer informações sobre o andar do aludido processo licitatório e, por conseguinte, a previsibilidade de retomada da obra.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1555/requerimento_no_46-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1555/requerimento_no_46-2022.pdf</t>
   </si>
   <si>
     <t>Informações sobre como funciona o atendimento pediátrico em nosso Município, sobre os seguintes aspectos:_x000D_
 Como funciona a questão do atendimento de urgência e emergência da pediatria, quais dias o serviço é ofertado e quantas vagas são disponibilizadas à população por dia._x000D_
 Quantos pediatras são disponibilizados pelo nosso Município, e quais são os locais de atendimento?_x000D_
 Excluindo os atendimentos via fichas de urgência, qual o quantitativo de atendimento pediátrico fornecido pelo nosso Município por mês?</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1556/requerimento_no_47-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1556/requerimento_no_47-2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca das obras de perfuração do poço artesiano indicado via Emenda Impositiva de n° 18/2021 por este subscrevente e pelo vereador José Resende Moura, a ser instalado na comunidade do Madruga da Pedra, obra esta que recebeu  o montante total  de R$49.435,04 para sua execução._x000D_
 Desta maneira, requer que seja enviada a essa Casa de Leis o cronograma de Execução da referida obra, se a mesma já se iniciou e qual a previsão para seu término, haja vista que a mesma busca atender uma grande necessidade da população local.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1557/requerimento_no_48-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1557/requerimento_no_48-2022.pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento de n° 38-2022, também de autoria deste subscrevente, o qual decorreu o prazo que trata o art. 63, XIV da Lei Orgânica Municipal, sem que este Executivo tenha esclarecido os fatos requeridos, conforme manda o supracitado dispositivo legal.                                                                                             _x000D_
 _x000D_
 Desta maneira, segue cópia do supramencionado requerimento para que o mesmo seja respondido, uma vez que o mesmo não ocorreu no prazo legal.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1558/requerimento_no_49-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1558/requerimento_no_49-2022.pdf</t>
   </si>
   <si>
     <t>Informações sobre o quantitativo de exames laboratoriais ofertados à população através da cota existente, vez que rotineiramente a população tem procurado este subscrevente alegando que os exames ofertados são insuficientes para atender a demanda da população._x000D_
 Requer ainda informações sobre quais os tipos de exames ofertados, bem como o quantitativo disponibilizado mensalmente e quais laboratórios atendem essa demanda. Por fim, solicita-se ainda informações de como ocorre a distribuição dessas vagas entre os ESFs de nosso Município, discriminando ainda o quantitativo de exame que é concedido a cada ESF._x000D_
 Neste sentido, faz-se necessária as respostas às indagações alhures, como forma de levar a transparência aos munícipes,  e caso entenda este subscrevente ser muito aquém do necessário o número de exames ofertados, o assunto pode vir a ser matéria de solicitação para que se tente aumentar esse número.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1559/requerimento_no_50-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1559/requerimento_no_50-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que o este Executivo revise os empenhos decorrentes da aplicação dos recursos da fonte 108 - Compensação Financeira de Exploração Mineral (CFEM) para especificar no histórico quais foram os locais das obras, conforme planilhas de execução, no Município realizadas com este recursos, adotando desde já este novo padrão, evitando o termo “diversas ruas do Município” que vem sendo utilizado, o que dificulta uma efetiva fiscalização.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1560/requerimento_no_51-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1560/requerimento_no_51-2022.pdf</t>
   </si>
   <si>
     <t>Que o Município encaminhe a esta Casa Legislativa a parte diária de cada máquina locada/contratada pelo Poder Executivo Municipal, sendo necessário o encaminhamento da documentação que conste o nome e assinatura do apontador responsável, o local onde a máquina prestou o serviço, bem como a especificação do serviço realizado.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1561/requerimento_no_52-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1561/requerimento_no_52-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os motivos de constar de diversas obras pagamentos realizados para a “administração da obra”. Requer, ainda, informações se tais gastos podem ser evitados, haja vista a existência de diversos profissionais da área de engenharia lotados na Secretaria de Obras e Infraestrutura.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1562/requerimento_no_53-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1562/requerimento_no_53-2022.pdf</t>
   </si>
   <si>
     <t>Que se encaminhe a esta Casa Legislativa cópia do  ato normativo que regulamenta a cobrança de taxa, contribuição ou qualquer ajuda de custo aos usuários para a utilização do Poliesportivo Agostinho Patrus, localizado no Bairro Santa Efigênia.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1563/requerimento_no_54-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1563/requerimento_no_54-2022.pdf</t>
   </si>
   <si>
     <t>O envio a esta Casa Legislativa dos exames admissionais dos motoristas (efetivos ou temporários) que prestam serviço para o Município desde o início do ano de 2020, tudo em conformidade com o que dispõe a Lei Municipal n° 954/1991 (Estatuto do Servidor) em seu art. 16. Outrossim, requer o envio dos exames demissionais dos motoristas que deixaram de prestar serviço no mesmo período._x000D_
 Requer, ainda, o envio da comprovação da realização dos cursos necessários para o desempenho da função de motorista (transporte de passageiro, transporte escolar, condução de ambulância, entre outros), bem como a cópia da carteira nacional de habilitação de cada um.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1564/requerimento_no_55-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1564/requerimento_no_55-2022.pdf</t>
   </si>
   <si>
     <t>A concessão de uma Moção de Aplauso à Sra. Julieta de Asevedo Morais, pessoa de alma caridosa, a qual sempre cooperou com as crianças atendidas pela Creche Municipal Ana Gonçalves da Cunha e hoje pelo Centro Municipal de Educação Infantil (CMEI) Geralda Vieira de Mello, além dos idosos do Asilo Dona Alzira Ribeiro. Dona Julieta coopera com estas instituições desde o ano de 1.992, não medindo esforços para praticar a solidariedade, doando produtos alimentícios, roupas, sapatos, material de limpeza, e produtos de higiene em geral para os assistidos._x000D_
 _x000D_
 Essa singela homenagem é uma forma de agradecimento e reconhecimento à ilustre dona Julieta, filha de nossa terra, pelo importante trabalho social, que apesar de residir na cidade de Belo Horizonte - MG há mais de 30 anos, nunca se esqueceu das crianças e idosos atendidos por essas importantes instituições de nossa cidade.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1565/requerimento_no_56-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1565/requerimento_no_56-2022.pdf</t>
   </si>
   <si>
     <t>Informações sobre o não cumprimento da Lei Municipal n° 1.924, de 03 de março de 2022, devidamente sancionada pelo Chefe do Poder Executivo e que encontra-se em vigor. Ressalte-se que as contas de água não estão sendo disponibilizadas na forma determinada pelo supramencionado diploma legal._x000D_
 Insta destacar que a referida lei foi de iniciativa do signatário do presente requerimento, sendo certo que o mesmo conhece a realidade e dificuldade dos moradores da zona rural.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1566/requerimento_no_57-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1566/requerimento_no_57-2022.pdf</t>
   </si>
   <si>
     <t>Requer a imediata revisão do planos de cargos e salários dos motoristas do Município, com a adequação dos salários de acordo com o mercado de trabalho, vez que muitos destes estão pedindo demissão, dificultando assim as escalas e atendimentos nos plantões, sobrecarregando parte dos motoristas que ainda atuam no Município._x000D_
 Desta maneira para que não percamos ainda mais servidores por este inconveniente,que se faça uma adequação via legislação para atender a todos, resguardando ainda o pagamento de horas extras, como determina a legislação vigente.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1567/requerimento_no_58-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1567/requerimento_no_58-2022.pdf</t>
   </si>
   <si>
     <t>Considerando o Ofício de n° 230/GAB/2022, que traz informações complementares ao Requerimento de n° 12-2022, de autoria deste signatário, informações sobre as razões que levaram o Administrador do almoxarifado a custear a aquisição, às suas expensas, de um novo Cárter para a motoniveladora New Holland RG140B, sendo este um equipamento público._x000D_
  Além disso, informar onde se encontra o Carter antigo/substituído, uma vez que trata-se de equipamento Público Municipal._x000D_
  Pleiteia, ainda, que seja encaminhado todas as notas fiscais emitidas pela empresa Rafaela de Souza Amâncio – ME, no ano de 2022, para análise do parlamentar que esta subscreve._x000D_
  Por fim e não menos importante, reitera os requerimentos para encaminhamento a esta casa legislativa das terceiras vias das notas de empenho e seus anexos do Executivo Municipal, ato este previsto na legislação que a décadas vinham sendo realizado e, lamentavelmente, por esta administração, não vem sendo executado.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1568/requerimento_no_59-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1568/requerimento_no_59-2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal informe a esta Casa Legislativa, encaminhando cópias de documentos, quais as justificativas apresentadas pela empresa Locadora Terramares LTDA após ser notificada por meio do Ofício Obras nº 004/2022, para refazer as obras de pavimentação nos diversos pontos do Município, em especial aquelas executadas na comunidade do Colônia, Zona Rural deste Município. Que o Executivo informe os prazos para uma solução definitiva para os local, haja vista o decurso do prazo para a garantia das obras supramencionadas.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted, Denis da Escolinha, Joãozinho Cricri, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Roni Enfermeiro</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1569/requerimento_no_60-2022.pdf</t>
+    <t>Thiago Itamar "Ted", Denis da Escolinha, Joãozinho Cricri, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Roni Enfermeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1569/requerimento_no_60-2022.pdf</t>
   </si>
   <si>
     <t>Conforme extrai-se do Ofício n°170/2022, exarado por esta Casa Legislativa, foi recebida denúncia no sentido de que o Senhor Secretário Municipal de Administração, Governo, Planejamento e Finanças, Sr. Bruno Lima de Freitas, não preenche os requisitos esculpidos no art. 72 da Lei Orgânica Municipal para o exercício do aludido cargo._x000D_
 Em resposta a tal ofício, foi encaminhado pelo Poder Executivo Municipal o Ofício n° 252/GAB/2022, o qual veio acompanhado dos documentos que levaram à contratação do referido secretário._x000D_
  De uma detida análise dos documentos recebidos, denota-se que, realmente, o Sr. Bruno Lima de Freitas não cumpre as condições legais para o cargo que ocupa, notadamente, o que preceitua o art. 72, inc. IV, da Lei Orgânica Municipal._x000D_
 (...)</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1570/requerimento_no_61-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1570/requerimento_no_61-2022.pdf</t>
   </si>
   <si>
     <t>A folha de ponto referente aos meses de Agosto e Setembro de 2022, acompanhados dos holerites dos seguintes funcionários:_x000D_
 Romulo Francisco de Oliveira - matrícula 3157;_x000D_
 Ariana Aparecida de Resende Pinto - matrícula 2832;_x000D_
 Ilton Vieira de Resende - matrícula 3340;_x000D_
 Maria da Consolação Maia de Paula - matrícula 231;_x000D_
 Suely Neves de Assis Oliveira - matrícula 3273;_x000D_
 Angela Ferreira Ribeiro - matrícula 159;_x000D_
 Daniele Braga Moreira - matrícula 3467;_x000D_
 Rosimeri Moura de Jesus - matrícula 3349.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>Rivael Nunes Machado, Joãozinho Cricri, Juquinha do Táxi, Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1571/requerimento_no_62-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1571/requerimento_no_62-2022.pdf</t>
   </si>
   <si>
     <t>O encaminhamento ao Executivo Municipal do Relatório da visita de campo realizada pelos integrantes da Comissão Permanente de Obras e Serviços Públicos Municipais, acompanhados do Vereador João Gonçalves de Resende, de modo que se efetue a imediata reparação dos danos constatados nas vias em questão. Ademais, que observem as considerações finais do referido documento para que se haja em favor dos princípios que assegurem a preservação do patrimônio público.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1572/requerimento_no_63-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1572/requerimento_no_63-2022.pdf</t>
   </si>
   <si>
     <t>Informações sobre o quantitativo de exames laboratoriais ofertados à população através Sistema Único de Saúde (SUS), bem como as especificações de quais exames são esses._x000D_
 Ademais, requer informações ainda acerca de como o SUS disponibiliza esse quantitativo ao nosso Município, vez que este signatário ao pesquisar o quantitativo do Município de Lagoa Dourada verificou que o mesmo é muito superior ao nosso. _x000D_
 Neste sentido, ressalta-se que o Município de Lagoa Dourada - MG possui um número menor de habitantes que o nosso Município, tendo sua população segundo o último censo do IBGE de 12.256 pessoas, e mesmo assim ainda é agraciada pelo Sistema Único de Saúde com um número superior de exames laboratoriais.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>Rodrigo de Paula Santos Silva, Rivael Nunes Machado</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1573/requerimento_no_64-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1573/requerimento_no_64-2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa Legislativa, os processos administrativos contendo todos os documentos relativos às realizações das cirurgias custeadas pelo Município, referente aos anos de 2021 e 2022 (até a presente data), contendo inclusive a fonte de recurso utilizada para efetuar o pagamento de cada cirurgia._x000D_
 Solicita-se ainda a seguinte documentação:_x000D_
 Relação de todos os pacientes atendidos por estas cirurgias, contendo seu nome, endereço, data de nascimento e o qual tipo de cirurgia o mesmo realizou._x000D_
 Relatório médico de cada paciente, o qual descreve a necessidade da cirurgia, bem como se em tal relatório descreve a emergência do procedimento._x000D_
 Documento que comprove a negativa do  Município ao Sistema Único de Saúde - SUS para a realização da cirurgia, se esta for de baixa complexidade;_x000D_
 Documento que comprove a negativa do Estado para realização da cirurgia, se esta for de média e alta complexidade;_x000D_
 (...)</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1574/requerimento_no_65-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1574/requerimento_no_65-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de como anda o processo licitatório para contratação dos projetos complementares que são necessários para finalização das obras do Paço Municipal, para que o mesmo possa ser devolvido ao uso da população.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_no_66-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_no_66-2022.pdf</t>
   </si>
   <si>
     <t>Como cediço, a Lei Orgânica do Município de Entre Rios de Minas/MG, mais precisamente no art. 123-A e seguintes, acrescido pela Emenda n° 01/2021, instituiu no âmbito municipal as Emendas Individuais Impositivas. Ressalte-se que tal norma também possui respaldo na Constituição Federal de 1988, conforme previsão expressa no art. 166 da Carta Magna._x000D_
 Logo, aludidas Emenda Impositivas, uma vez acrescida à Lei Orçamentária Anual (LOA), passam a fazer parte integrante do orçamento, sendo, portanto, de execução obrigatória. Ressalte-se que a única ressalva à obrigatoriedade são os impedimentos de ordem técnicas, os quais estão previstos no art. 123-A, §6°, da Lei Orgânica e deveriam ter sido arguidos no prazo estampado no art. 123-A, §6°, inc. I, fato ultrapassado._x000D_
 Frise-se que, no nosso modesto entendimento, o não cumprimento das Emendas Impositivas no exercício financeiro correspondente, deverá conduzir ao indeferimento das contas anuais e, ainda, poderá acarretar Crime de Responsabilidade.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>Rivael Nunes Machado, Juquinha do Táxi, Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1576/requerimento_no_67-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1576/requerimento_no_67-2022.pdf</t>
   </si>
   <si>
     <t>O encaminhamento ao Executivo Municipal do Relatório da visita de campo realizada pelos integrantes da Comissão Permanente de Obras e Serviços Públicos Municipais, de modo que se efetue a imediata reparação dos danos constatados na Rua Álvaro Resende, bem como que se execute a obra de drenagem na referida via, em atenção ao pedido de moradores. Ademais, que observem as considerações finais do referido documento para que se aja em favor dos princípios que assegurem a preservação do patrimônio público, sendo enviado ainda a esta Casa Legislativa o processo licitatório completo da supramencionada rua.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1577/requerimento_no_68-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1577/requerimento_no_68-2022.pdf</t>
   </si>
   <si>
     <t>No dia 03 de março de 2022, foi publicada a Lei Municipal n°1924/2022, a qual dispõe sobre a obrigatoriedade do município de Entre Rios de Minas em executar a medição do consumo de água, onde o mesmo é responsável pelo abastecimento, disponibilizando a fatura para o munícipe no momento da leitura._x000D_
 Ressalte-se que, nos termos do art. 5° do supramencionado dispositivo legal, a aludida lei entrou em vigor no prazo de 30 (trinta) dias, contados da data de sua publicação._x000D_
 Todavia, passando-se mais de 6 (seis) meses da entrada em vigor, salvo melhor juízo, nenhuma providência no sentido de cumprimento da norma foi tomada._x000D_
 Diante disso, requer informações sobre quais os procedimentos foram adotados pelo município no sentido de implementar o previsto na Lei Municipal n°1924/2022.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1578/requerimento_no_69-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1578/requerimento_no_69-2022.pdf</t>
   </si>
   <si>
     <t>No dia 05 de julho de 2021, foi publicada a Lei Municipal n°1893/2021, a qual dispõe sobre autorização para criação de um abrigo provisório municipal de cães e gatos. Ressalte-se que, nos termos do art. 12 do supramencionado dispositivo legal, a aludida lei entrou em vigor na data de sua publicação._x000D_
 Todavia, passando-se mais de 16 (dezesseis) meses da entrada em vigor, salvo melhor juízo, nenhuma providência no sentido de cumprimento da norma foi tomada._x000D_
 Diante disso, requer informações sobre quais os procedimentos foram adotados pelo município no sentido de implementar o abrigo previsto na Lei Municipal n°1893/2021_x000D_
 Nestes termos, pedem encaminhamento.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1584/requerimento_no_71-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1584/requerimento_no_71-2022.pdf</t>
   </si>
   <si>
     <t>Que esta Câmara Municipal possa conferir uma Moção de Aplauso ao projeto “Entre Rios e Histórias”, conduzido pelas senhoras Wilze e Tânia, junto dos parceiros Miguel e Cecília, em mobilização do comércio desta cidade, para a promoção do projeto “Natal Luz” em Entre Rios de Minas. Também conferir a moção aos moradores do Bairro Castro que se prontificaram a enfeitar a praça da referida comunidade, em frente à Igreja de São Sebastião, promovendo o espírito natalino a todos os entrerrianos e entrerrianas.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1579/requerimento_no_72-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1579/requerimento_no_72-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações de quantas Estratégias de Saúde da Família - ESF nosso Município possui, bem como a localidade que cada ESF está instalada, e a quais comunidades cada ESF atende._x000D_
 Requer ainda informações acerca do número de funcionários que cada ESF possui, indo desde os profissionais da saúde, aos demais colaboradores.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1580/requerimento_no_73-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1580/requerimento_no_73-2022.pdf</t>
   </si>
   <si>
     <t>CONVOCAR, nos termos da legislação em vigor, mas especificamente nos termos do art. 27 da lei Orgânica Municipal, o Sr. Wagner Júnior Miranda, para comparecer a próxima reunião ordinária desta Casa Legislativa, que ocorrerá no dia 20 de dezembro de 2022 às 19:00 horas, para  que possa tecer explicações aos vereadores desta Casa Legislativa acerca dos assuntos referentes ao seu departamento, de modo geral._x000D_
 Entendemos que o comparecimento do servidor se faz de extrema necessidade a fim de dirimir algumas dúvidas relacionadas à demanda dos transportes por parte da população.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1581/requerimento_no_74-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1581/requerimento_no_74-2022.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa Legislativa, os processos administrativos contendo todos os documentos relativos às realizações das cirurgias custeadas pelo Município, referente aos anos de 2020, 2021 e 2022 (até a presente data), contendo inclusive a fonte de recurso utilizada para efetuar o pagamento de cada cirurgia._x000D_
 _x000D_
 Solicita-se ainda a seguinte documentação:_x000D_
 _x000D_
 - Relação de todos os pacientes atendidos por estas cirurgias, contendo seu nome, endereço, data de nascimento e o qual tipo de cirurgia o mesmo realizou._x000D_
 - Relatório médico de cada paciente, o qual descreve a necessidade da cirurgia, bem como se em tal relatório descreve a emergência do procedimento._x000D_
 - Documento que comprove a negativa do  Município ao Sistema Único de Saúde - SUS para a realização da cirurgia, se esta for de baixa complexidade;_x000D_
 (...)</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1582/requerimento_no_75-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1582/requerimento_no_75-2022.pdf</t>
   </si>
   <si>
     <t>O encaminhamento a esta Casa Legislativa do saldo de todas contas correntes do Município de Entre Rios de Minas, totalizados até a presente data.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1583/requerimento_no_79-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1583/requerimento_no_79-2022.pdf</t>
   </si>
   <si>
     <t>Requer Informações acerca do atraso ocorrido na saída e na chegada dos pacientes que realizam o procedimento de hemodiálise no Município de Conselheiro Lafaiete - MG, na última semana, mas especificamente no dia 17/12/2022, conforme reclamação advinda dos pacientes que realizam tal procedimento.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>PRON</t>
   </si>
   <si>
     <t>Pronunciamento</t>
   </si>
   <si>
     <t>Pedido para colocar em pauta nas próximas reuniões o projeto de lei que institui o Código de Postura.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>Acidentes com os cachorros em situação de rua têm sido frequentes no munícipio. Necessidade de uma política para tratar do assunto o mais urgente possível.</t>
   </si>
   <si>
     <t>838</t>
   </si>
@@ -6021,51 +6021,51 @@
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>Rivael Nunes Machado, Joãozinho Cricri, Levi da Costa Campos</t>
   </si>
   <si>
     <t>Transporte de pacientes_x000D_
 _x000D_
 Além do assunto ser abordado na Tribuna Livre, o vereador Rivael Nunes o abordou em seu momento de fala. Ele destacou que pacientes que fazem hemodiálise estão tendo problemas frequentes na forma que são transportados. Joãozinho Cricri também demonstrou sua indignação pela situação que os pacientes estão enfrentando._x000D_
 _x000D_
 Para o vereador Levi, falta alinhamento entre a Secretaria de Saúde e setor de transporte do município.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>Reajuste das diárias dos motoristas_x000D_
 _x000D_
 Rivael também reafirmou a necessidade de ajustar as diárias pagas aos motoristas, que atualmente equivale a R$36,00 e foi reajustada pela última vez em 2019. A justificativa é alta no preço dos produtos, o que aumenta os gastos que esses profissionais têm ao realizar as viagens.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>Franklin William, Thiago Itamar Ted</t>
+    <t>Franklin William, Thiago Itamar "Ted"</t>
   </si>
   <si>
     <t>Iluminação pública_x000D_
 _x000D_
 O vereador Franklin William relatou que com a troca das lâmpadas dos postes para lâmpadas de LED, as plaquetas de identificação dos postes foram retiradas. Por isso, quando uma lâmpada queima, a prefeitura não consegue identificar de qual poste é. Ted completou que alguns postes tem essa identificação ao longo de seu comprimento, o que caracteriza o problema como especifico dos que contem a identificação nos braços.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Estacionamento 45° em frente à Igreja Matriz_x000D_
 _x000D_
 Franklin solicitou que seja feito um estudo de viabilidade em manter o estacionamento de 45° em frente à Igreja e ao Bar Matriz, já que segundo relatos, em dias de muito movimento, a rua fica muita estreita.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>Juquinha do Táxi, Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
     <t>Estradas rurais e máquinas_x000D_
 _x000D_
 Devido ao período chuvoso, as estradas rurais têm ficado cada vez mais precárias. Juquinha reforçou a necessidade da manutenção ser feita de forma mais assídua para que problemas maiores possam ser evitados. Já Rodrigo lembrou que as máquinas utilizadas também devem passar por manutenção, haja vista que estragam frequentemente.</t>
   </si>
@@ -6401,67 +6401,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_no_01_-_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_no_02_-_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_no_03_-_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_no_04_-_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_no_05_-_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_no_06_-_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/864/indicacao_no_07_-_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_no_08_-_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_no_09_-_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_no_10_-_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_no_11_-_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_no_12_-_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_no_13_-_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_no_14_-_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_no_15_-_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_no_16_-_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/874/indicacao_no_17_-_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_no_18_-_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/876/indicacao_no_19_-_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_no_20_-_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_no_21_-_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/879/indicacao_no_22_-_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/880/indicacao_no_23_-_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/882/indicacao_no_25_-_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/883/indicacao_no_26_-_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/884/indicacao_no_27_-_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_no_28_-_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/886/indicacao_no_29_-_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/887/indicacao_no_30_-_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/888/indicacao_no_31_-_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/889/indicacao_no_32_-_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_no_33_-_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_no_34_-_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_no_35_-_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/893/indicacao_no_36_-_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_no_37_-_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_no_38_-_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_no_39_-_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_no_40_-_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_no_41_-_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_no_42_-_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_no_43_-_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_no_44_-_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_no_45_-_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_no_46_-_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_no_47_-_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_no_48_-_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_no_49_-_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_no_50_-_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_no_51_-_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_no_52_-_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_no_53_-_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_no_54_-_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_no_55_-_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_no_56_-_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/914/indicacao_no_57_-_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/915/indicacao_no_58_-_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_no_59_-_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/917/indicacao_no_60_-_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/918/indicacao_no_61_-_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/919/indicacao_no_62_-_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_no_63_-_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_no_64_-_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_no_65_-_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_no_66_-_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_no_67_-_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_no_70_-_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_no_71_-_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_no_72_-_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_no_73_-_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/931/indicacao_no_74_-_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_no_75_-_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_no_76_-_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_no_77_-_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_no_79_-_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_no_80_-_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_no_81_-_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_no_82_-_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_no_83_-_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_no_84_-_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_no_85_-_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_no_86_-_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_no_87_-_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_no_89_-_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/947/indicacao_no_91_-_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_no_93_-_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/952/indicacao_no_96_-_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/953/indicacao_no_97_-_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/956/indicacao_no_100_-_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/957/indicacao_no_101_-_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/958/indicacao_no_102_-_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/959/indicacao_no_103_-_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/960/indicacao_no_104_-_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/962/indicacao_no_106_-_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/963/indicacao_no_107_-_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/964/indicacao_no_108_-_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/965/indicacao_no_109_-_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_no_110_-_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_no_111_-_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_no_112_-_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_no_114_-_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_no_115_-_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_no_116_-_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_no_117_-_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_no_118_-_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_no_119_-_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_no_120_-_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_no_121_-_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_no_122_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_no_123_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_no_125_-_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_no_126_-_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_no_127_-_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_no_128_-_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_no_129_-_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_no_130_-_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_no_131_-_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_no_132_-_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_no_133_-_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_no_134_-_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_no_136_-_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_no_137_-_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_no_138_-_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_no_139_-_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_no_140_-_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_no_141_-_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_no_142_-_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_no_143_-_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_no_144_-_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_no_145_-_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_no_146_-_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_no_147_-_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_no_148_-_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_no_149_-_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_no_150_-_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_no_151_-_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_no_152_-_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_no_153_-_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_no_154_-_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_no_155_-_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_no_156_-_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_no_157_-_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_no_158_-_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_no_159_-_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_no_160_-_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_no_161_-_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_no_162_-_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_no_164_-_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_no_165_-_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_no_166_-_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_no_167_-_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_no_168_-_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_no_169_-_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_no_170_-_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_no_171_-_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_no_172_-_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_no_173_-_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_no_174_-_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_no_176_-_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_no_177_-_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_no_178_-_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_no_179_-_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_no_180_-_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_no_181_-_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_no_182_-_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_no_184_-_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_no_185_-_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_no_188_-_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_no_189_-_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_no_190_-_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_no_191_-_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_no_192_-_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_no_193_-_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_no_194_-_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_no_195_-_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_no_196_-_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_no_197_-_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_no_198_-_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_no_199_-_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_no_201_-_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_no_202_-_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_no_203_-_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_no_204_-_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_no_205_-_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_no_206_-_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_no_207_-_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_no_208_-_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_no_209_-_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_no_210_-_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_no_211_-_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_no_212_-_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_no_213_-_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_no_215_-_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_no_216_-_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_no_217_-_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_no_218_-_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_no_219_-_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_no_220_-_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_no_221_-_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_no_223_-_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_no_224_-_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_no_225_-_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_no_226_-_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_no_227_-_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_no_228_-_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_no_229_-_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_no_230_-_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_no_232_-_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_no_233_-_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_no_234_-_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_no_235_-_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_no_236_-_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_no_238_-_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_no_239_-_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_no_240_-_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_no_241_-_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_no_242_-_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_no_243_-_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_no_244_-_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_no_246_-_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_no_247_-_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_no_248_-_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_no_249_-_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_no_250_-_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_no_252_-_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_no_253_-_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_no_254_-_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_no_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_no_256_-_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_no_257_-_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_no_258_-_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/indicacao_no_259_-_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_no_260_-_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_no_262-_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_no_263_-_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/indicacao_no_264_-_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_no_265_-_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_no_266_-_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_no_267_-_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_no_268_-_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_no_269_-_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_no_270_-_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/indicacao_no_271_-_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/indicacao_no_272_-_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/indicacao_no_273_-_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_no_274-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_no_275-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_no_276-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_no_277-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_no_278-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_no_279-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_no_280-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/indicacao_no_281-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/indicacao_no_282-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/indicacao_no_283-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/indicacao_no_284-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/indicacao_no_285-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/indicacao_no_286-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1169/indicacao_no_287-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_no_288-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/indicacao_no_289-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_no_290-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_no_291-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_no_292-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/indicacao_no_293-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/indicacao_no_294-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/indicacao_no_295-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/indicacao_no_296-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/indicacao_no_297-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_no_298-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/indicacao_no_299-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/indicacao_no_300-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/indicacao_no_301-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/indicacao_no_302-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/indicacao_no_303-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/indicacao_no_304-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_no_305_-_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_no_306_-_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_no_307_-_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_no_308_-_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_no_309_-_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/indicacao_no_310_-_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/indicacao_no_311_-_2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/indicacao_no_312_-_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/indicacao_no_313_-_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_no_314_-_2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_no_315_-_2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_no_316_-_2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_no_317_-_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_no_318_-_2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_no_319_-_2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/indicacao_no_320_-_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/indicacao_no_321_-_2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/indicacao_no_322_-_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/indicacao_no_323_-_2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/indicacao_no_324_-_2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/indicacao_no_325_-_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/indicacao_no_326_-_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/indicacao_no_327_-_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/indicacao_no_328_-_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/indicacao_no_329_-_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/indicacao_no_330_-_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/indicacao_no_331_-_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/indicacao_no_332_-_2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1221/indicacao_no_333_-_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1222/indicacao_no_334_-_2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1223/indicacao_no_335_-_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1224/indicacao_no_336_-_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1225/indicacao_no_337_-_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1226/indicacao_no_338_-_2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1227/indicacao_no_339_-_2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1228/indicacao_no_340_-_2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1229/indicacao_no_341_-_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1230/indicacao_no_342_-_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1231/indicacao_no_343_-_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1232/indicacao_no_344_-_2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1233/indicacao_no_345_-_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1234/indicacao_no_346_-_2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1235/indicacao_no_347_-_2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_no_348_-_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_no_349_-_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1238/indicacao_no_350_-_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_no_351_-_2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1240/indicacao_no_352_-_2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_no_353_-_2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_354_-_2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1243/indicacao_no_355_-_2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_no_356_-_2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1245/indicacao_no_357_-_2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_no_358_-_2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_no_359_-_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1248/indicacao_no_360_-_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_no_361_-_2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_no_362_-_2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1251/indicacao_no_363_-_2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_no_364_-_2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_no_365_-_2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1254/indicacao_no_366_-_2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1255/indicacao_no_367_-_2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_no_368_-_2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1257/indicacao_no_369_-_2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_no_370_-_2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_no_371_-_2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_no_372_-_2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_no_373_-_2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_no_374_-_2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_no_375_-_2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_de_lei_n_01_-2022-1.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/projeto_de_lei_n_07.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/projeto_de_lei_n_16_de_17_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/631/loa_-_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1587/requerimento_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1588/requerimento_no_19-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1586/requerimento_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1585/requerimento_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1540/requerimento_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1541/requerimento_no_31-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1542/requerimento_no_32-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1543/requerimento_no_34-2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1544/requerimento_no_35-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1545/requerimento_no_36-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1546/requerimento_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1547/requerimento_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1548/requerimento_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1549/requerimento_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1550/requerimento_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1551/requerimento_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1552/requerimento_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1553/requerimento_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1554/requerimento_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1555/requerimento_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1556/requerimento_no_47-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1557/requerimento_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1558/requerimento_no_49-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1559/requerimento_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1560/requerimento_no_51-2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1561/requerimento_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1562/requerimento_no_53-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1563/requerimento_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1564/requerimento_no_55-2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1565/requerimento_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1566/requerimento_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1567/requerimento_no_58-2022.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1568/requerimento_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1569/requerimento_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1570/requerimento_no_61-2022.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1571/requerimento_no_62-2022.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1572/requerimento_no_63-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1573/requerimento_no_64-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1574/requerimento_no_65-2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_no_66-2022.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1576/requerimento_no_67-2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1577/requerimento_no_68-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1578/requerimento_no_69-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1584/requerimento_no_71-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1579/requerimento_no_72-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1580/requerimento_no_73-2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1581/requerimento_no_74-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1582/requerimento_no_75-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1583/requerimento_no_79-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_no_01_-_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_no_02_-_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_no_03_-_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_no_04_-_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_no_05_-_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_no_06_-_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/864/indicacao_no_07_-_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_no_08_-_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_no_09_-_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_no_10_-_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_no_11_-_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_no_12_-_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_no_13_-_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_no_14_-_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_no_15_-_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_no_16_-_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/874/indicacao_no_17_-_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_no_18_-_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/876/indicacao_no_19_-_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_no_20_-_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_no_21_-_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/879/indicacao_no_22_-_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/880/indicacao_no_23_-_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/882/indicacao_no_25_-_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/883/indicacao_no_26_-_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/884/indicacao_no_27_-_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_no_28_-_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/886/indicacao_no_29_-_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/887/indicacao_no_30_-_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/888/indicacao_no_31_-_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/889/indicacao_no_32_-_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_no_33_-_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_no_34_-_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_no_35_-_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/893/indicacao_no_36_-_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_no_37_-_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_no_38_-_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_no_39_-_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_no_40_-_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_no_41_-_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_no_42_-_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_no_43_-_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_no_44_-_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_no_45_-_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_no_46_-_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_no_47_-_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_no_48_-_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_no_49_-_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_no_50_-_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_no_51_-_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_no_52_-_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_no_53_-_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_no_54_-_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_no_55_-_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_no_56_-_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/914/indicacao_no_57_-_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/915/indicacao_no_58_-_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_no_59_-_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/917/indicacao_no_60_-_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/918/indicacao_no_61_-_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/919/indicacao_no_62_-_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_no_63_-_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_no_64_-_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_no_65_-_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_no_66_-_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_no_67_-_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_no_70_-_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_no_71_-_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_no_72_-_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_no_73_-_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/931/indicacao_no_74_-_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_no_75_-_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_no_76_-_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_no_77_-_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_no_79_-_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_no_80_-_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_no_81_-_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_no_82_-_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_no_83_-_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_no_84_-_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_no_85_-_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_no_86_-_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_no_87_-_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_no_89_-_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/947/indicacao_no_91_-_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_no_93_-_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/952/indicacao_no_96_-_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/953/indicacao_no_97_-_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/956/indicacao_no_100_-_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/957/indicacao_no_101_-_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/958/indicacao_no_102_-_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/959/indicacao_no_103_-_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/960/indicacao_no_104_-_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/962/indicacao_no_106_-_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/963/indicacao_no_107_-_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/964/indicacao_no_108_-_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/965/indicacao_no_109_-_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/966/indicacao_no_110_-_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_no_111_-_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_no_112_-_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/970/indicacao_no_114_-_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_no_115_-_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_no_116_-_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/973/indicacao_no_117_-_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/974/indicacao_no_118_-_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/975/indicacao_no_119_-_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/976/indicacao_no_120_-_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/977/indicacao_no_121_-_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/978/indicacao_no_122_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/979/indicacao_no_123_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/980/indicacao_no_125_-_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/981/indicacao_no_126_-_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/982/indicacao_no_127_-_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/983/indicacao_no_128_-_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/984/indicacao_no_129_-_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/985/indicacao_no_130_-_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_no_131_-_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_no_132_-_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_no_133_-_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_no_134_-_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_no_136_-_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_no_137_-_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_no_138_-_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_no_139_-_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_no_140_-_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_no_141_-_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_no_142_-_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_no_143_-_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_no_144_-_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_no_145_-_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/indicacao_no_146_-_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_no_147_-_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_no_148_-_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_no_149_-_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/indicacao_no_150_-_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/indicacao_no_151_-_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/indicacao_no_152_-_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/indicacao_no_153_-_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1009/indicacao_no_154_-_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/indicacao_no_155_-_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/indicacao_no_156_-_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/indicacao_no_157_-_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/indicacao_no_158_-_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/indicacao_no_159_-_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_no_160_-_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_no_161_-_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_no_162_-_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_no_164_-_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/indicacao_no_165_-_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/indicacao_no_166_-_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/indicacao_no_167_-_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/indicacao_no_168_-_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/indicacao_no_169_-_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/indicacao_no_170_-_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/indicacao_no_171_-_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/indicacao_no_172_-_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/indicacao_no_173_-_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/indicacao_no_174_-_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/indicacao_no_176_-_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/indicacao_no_177_-_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/indicacao_no_178_-_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/indicacao_no_179_-_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_no_180_-_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/indicacao_no_181_-_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/indicacao_no_182_-_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/indicacao_no_184_-_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/indicacao_no_185_-_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/indicacao_no_188_-_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/indicacao_no_189_-_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/indicacao_no_190_-_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/indicacao_no_191_-_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_no_192_-_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/indicacao_no_193_-_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1048/indicacao_no_194_-_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/indicacao_no_195_-_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/indicacao_no_196_-_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/indicacao_no_197_-_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/indicacao_no_198_-_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1053/indicacao_no_199_-_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1055/indicacao_no_201_-_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1056/indicacao_no_202_-_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/indicacao_no_203_-_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/indicacao_no_204_-_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_no_205_-_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_no_206_-_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_no_207_-_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/indicacao_no_208_-_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/indicacao_no_209_-_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/indicacao_no_210_-_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/indicacao_no_211_-_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/indicacao_no_212_-_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_no_213_-_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/indicacao_no_215_-_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_no_216_-_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_no_217_-_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_no_218_-_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_no_219_-_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_no_220_-_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_no_221_-_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_no_223_-_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_no_224_-_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_no_225_-_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_no_226_-_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_no_227_-_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_no_228_-_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_no_229_-_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_no_230_-_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_no_232_-_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_no_233_-_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_no_234_-_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_no_235_-_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_no_236_-_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_no_238_-_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_no_239_-_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_no_240_-_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_no_241_-_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_no_242_-_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_no_243_-_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/indicacao_no_244_-_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_no_246_-_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_no_247_-_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_no_248_-_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_no_249_-_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_no_250_-_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_no_252_-_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/indicacao_no_253_-_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_no_254_-_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/indicacao_no_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_no_256_-_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_no_257_-_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_no_258_-_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/indicacao_no_259_-_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_no_260_-_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_no_262-_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_no_263_-_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/indicacao_no_264_-_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_no_265_-_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_no_266_-_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_no_267_-_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/indicacao_no_268_-_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/indicacao_no_269_-_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/indicacao_no_270_-_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/indicacao_no_271_-_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/indicacao_no_272_-_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/indicacao_no_273_-_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_no_274-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_no_275-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/indicacao_no_276-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/indicacao_no_277-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_no_278-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_no_279-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_no_280-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/indicacao_no_281-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/indicacao_no_282-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/indicacao_no_283-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/indicacao_no_284-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/indicacao_no_285-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/indicacao_no_286-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1169/indicacao_no_287-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_no_288-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/indicacao_no_289-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_no_290-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_no_291-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_no_292-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/indicacao_no_293-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/indicacao_no_294-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/indicacao_no_295-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/indicacao_no_296-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/indicacao_no_297-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_no_298-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/indicacao_no_299-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/indicacao_no_300-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/indicacao_no_301-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/indicacao_no_302-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/indicacao_no_303-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/indicacao_no_304-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_no_305_-_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_no_306_-_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_no_307_-_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_no_308_-_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_no_309_-_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/indicacao_no_310_-_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/indicacao_no_311_-_2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/indicacao_no_312_-_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/indicacao_no_313_-_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_no_314_-_2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_no_315_-_2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_no_316_-_2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_no_317_-_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_no_318_-_2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_no_319_-_2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/indicacao_no_320_-_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/indicacao_no_321_-_2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/indicacao_no_322_-_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/indicacao_no_323_-_2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/indicacao_no_324_-_2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/indicacao_no_325_-_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/indicacao_no_326_-_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/indicacao_no_327_-_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/indicacao_no_328_-_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/indicacao_no_329_-_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/indicacao_no_330_-_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/indicacao_no_331_-_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/indicacao_no_332_-_2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1221/indicacao_no_333_-_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1222/indicacao_no_334_-_2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1223/indicacao_no_335_-_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1224/indicacao_no_336_-_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1225/indicacao_no_337_-_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1226/indicacao_no_338_-_2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1227/indicacao_no_339_-_2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1228/indicacao_no_340_-_2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1229/indicacao_no_341_-_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1230/indicacao_no_342_-_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1231/indicacao_no_343_-_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1232/indicacao_no_344_-_2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1233/indicacao_no_345_-_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1234/indicacao_no_346_-_2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1235/indicacao_no_347_-_2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_no_348_-_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_no_349_-_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1238/indicacao_no_350_-_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_no_351_-_2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1240/indicacao_no_352_-_2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_no_353_-_2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_354_-_2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1243/indicacao_no_355_-_2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_no_356_-_2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1245/indicacao_no_357_-_2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_no_358_-_2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_no_359_-_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1248/indicacao_no_360_-_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_no_361_-_2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_no_362_-_2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1251/indicacao_no_363_-_2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_no_364_-_2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_no_365_-_2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1254/indicacao_no_366_-_2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1255/indicacao_no_367_-_2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_no_368_-_2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1257/indicacao_no_369_-_2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_no_370_-_2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_no_371_-_2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_no_372_-_2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_no_373_-_2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_no_374_-_2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_no_375_-_2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/projeto_de_lei_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/813/projeto_de_lei_n_01_-2022-1.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/projeto_de_lei_n_07.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/projeto_de_lei_n_10-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/projeto_de_lei_n_13-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/projeto_de_lei_n_16_de_17_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/631/loa_-_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1587/requerimento_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1588/requerimento_no_19-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1586/requerimento_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1585/requerimento_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1540/requerimento_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1541/requerimento_no_31-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1542/requerimento_no_32-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1543/requerimento_no_34-2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1544/requerimento_no_35-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1545/requerimento_no_36-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1546/requerimento_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1547/requerimento_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1548/requerimento_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1549/requerimento_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1550/requerimento_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1551/requerimento_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1552/requerimento_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1553/requerimento_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1554/requerimento_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1555/requerimento_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1556/requerimento_no_47-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1557/requerimento_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1558/requerimento_no_49-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1559/requerimento_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1560/requerimento_no_51-2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1561/requerimento_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1562/requerimento_no_53-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1563/requerimento_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1564/requerimento_no_55-2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1565/requerimento_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1566/requerimento_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1567/requerimento_no_58-2022.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1568/requerimento_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1569/requerimento_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1570/requerimento_no_61-2022.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1571/requerimento_no_62-2022.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1572/requerimento_no_63-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1573/requerimento_no_64-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1574/requerimento_no_65-2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_no_66-2022.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1576/requerimento_no_67-2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1577/requerimento_no_68-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1578/requerimento_no_69-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1584/requerimento_no_71-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1579/requerimento_no_72-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1580/requerimento_no_73-2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1581/requerimento_no_74-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1582/requerimento_no_75-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/1583/requerimento_no_79-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H485"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="164" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="165.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>