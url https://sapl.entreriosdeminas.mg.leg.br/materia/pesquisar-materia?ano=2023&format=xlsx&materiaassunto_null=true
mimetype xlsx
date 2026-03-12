--- v0 (2026-01-21)
+++ v1 (2026-03-12)
@@ -54,7215 +54,7215 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Levi da Costa Campos</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_no_01-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a compra de novos carrinhos coletores de lixo, utilizados pelos servidores que realizam o serviço de limpeza das vias públicas._x000D_
 Tal ação, advém da precariedade dos atuais carrinhos coletores de lixo que estes servidores têm utilizado para coletar os resíduos das vias públicas, tendo muitas das vezes que carregar estes de outra maneira, devido ao mal estado de conservação destes carrinhos, bem como aquisição para todos estes servidores, haja vista que alguns não possuem esta importante ferramenta de trabalho._x000D_
 Ademais, os carrinhos coletores de lixo são práticos pois contam com rodinhas que ajudam sua locomoção. Dessa forma, os garis conseguem carregá-los para todos os cantos, enquanto varrem a cidade e limpam as áreas públicas como praças e calçadas, o que dá uma celeridade na execução de suas funções.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/indicacao_no_02-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/indicacao_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa urgentemente deslocar uma equipe da Secretaria de Obras e Infraestrutura para realizar a manutenção imediata de uma “ponte” da comunidade Dois Córregos, localizada na via de acesso da mencionada comunidade, entre as propriedades dos Srs. Pedro do Anísio e Antônio Borges._x000D_
 _x000D_
 Tal ação justifica-se pela necessidade imediata da manutenção, conforme demonstram as fotos anexas, caso não seja realizada imediatamente o local acabará de se romper, interrompendo por completo a trafegabilidade da via e elevando o custo para manutenção por parte do Poder Executivo._x000D_
 _x000D_
 Desta maneira, solicita este signatário uma atenção especial para o local, agindo imediatamente, respeitando assim o princípio da eficiência na administração pública, conforme dispõe o art. 37 caput da Constituição Federal de 1988.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Juquinha do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_no_03-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_no_03-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade Bem Querência._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstra as fotos anexas, devido ao período chuvoso o qual atravessamos a via encontra-se em situação precária de trafegabilidade, devendo este Executivo o mais breve possível realizar o patrolamento e a implementação de escória/cascalho no local, além de realizar a troca das manilhas existentes, pois as atuais não suportam a quantidade de água existente no local, bem como a retirada das águas pluviais no decorrer de toda estrada.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_no_04-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Rua João Capela, localizada no bairro Cachoeira._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que como demonstra na foto anexa, tem agarrado todos os veículos que por ali transitam, inclusive na manhã deste dia agarrou o caminhão demonstrado na imagem anexa._x000D_
 Desta maneira, há de se realizar o reparo paliativo imediatamente, inclusive com a implementação de cascalho/escória no local, para que seja restabelecida a trafegabilidade da via e não ocorra mais intercorrências como a de hoje.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_no_05-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 346-2022, também de autoria deste signatário, a qual solicita que seja realizada a manutenção da via de acesso da casa do Sr. Sô Quim, Sr. Tavinho e da Sra. Margarida, localizada na localidade conhecida como Vargem da Ponte._x000D_
 Na mencionada indicação aduz que, a ação justifica-se pela necessidade de garantir o direito de ir e vir dos moradores da localidade, em especial dos Srs. supramencionados que passam por sério problemas de saúde, inclusive um é paciente oncológico e o carro do TFD vai até o local para buscá-lo._x000D_
 Ressalta-se ainda na mencionada indicação que além destes pacientes do TFD, o local também é ponto de busca de alunos da rede de ensino. Neste sentido, o local mais perigoso é onde os veículos manobram, que está a ponto de virar um atoleiro.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_no_06-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da ponte que dá acesso a Estação de Tratamento de Esgoto - ETE de Entre Rios de Minas - MG, que atualmente é de madeira e encontra-se com sua cabeceira desbarrancada, bem como o seu cabresto que está cedendo, conforme demonstram as fotos anexas._x000D_
 Neste sentido, vale ressaltar que o local era contemplado com uma ponte de concreto, que veio a cair enquanto estava na sua garantia quinquenal e até a presente data a mesma não foi refeita, conforme demonstra a foto anexa._x000D_
 Assim, solicita-se nesta indicação além do reparo na ponte de madeira, informações sobre como anda o processo de garantia desta ponte e qual a previsão para que a mesma seja refeita.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_no_07-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_no_07-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da via rural que liga a Comunidade do Montijo, Coelhos e Brumadinho, bem como a manutenção de um mata-burro de ferro localizado nessa via próximo a propriedade do Sr. João Ferreira._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme é domonstrado pelas fotos anexas, e que ainda no atual momento, devido a ponte que caiu na comunidade dos Faleiros é a única via de acesso para os moradores dessas 3 comunidades, bem como a manutenção do supramencionado mata-burro, pois como se observa na foto anexa o mesmo é de ferro e tá com uma de suas travessas quebrada._x000D_
 Ademais, resta esclarecer o enorme fluxo de veículo que a via vem suportando devido aos fatos já explanados, sendo imprescindível a manutenção da via para garantir o direito constitucional dos utilitários da mesma de ir e vir, além de dar condições para que os agricultores possam escoar suas produções.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Roni Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_no_08-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_no_08-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a manutenção imediata da estrada rural liga as Comunidades do Montijo, Coelhos e Brumadinho, implementando no decorrer da via cascalho/escória, de maneira a garantir a trafegabilidade da mencionada via._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que ainda no atual momento, devido a ponte que caiu na comunidade dos Faleiros é a única via de acesso para os moradores dessas 3 comunidades._x000D_
 Ademais, vale ressaltar as recorrentes reclamações dos utilitários do local, bem como esclarecer o atoleiro que virou a supramencionada via e quão isso tem impactado diretamente no escoamento da produção leiteira e agrícola._x000D_
 Diante os fatos, fica evidente a importância de se restabelecer as condições de tráfego na supramencionada via, o que de imediato solicita a este Executivo.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_no_09-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa disponibilizar a coleta de lixo na Rua Maria Resende Azevedo, Localizada no bairro Castro, por no mínimo duas vezes na semana._x000D_
 Tal ação justifica-se por demanda advinda dos moradores da localidade, que alegam que a via não está sendo contemplada com o serviço supramencionado._x000D_
 Destaca-se que o acúmulo de lixo visa a limpeza do local e o afastamento de animais, dentre eles os peçonhentos, que acabam por furar os sacos de lixo e espalhar este por todas as vias da referida comunidade, como já vem ocorrendo, deixando a saúde desses moradores em situação vulnerável.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/indicacao_no_10-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/indicacao_no_10-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte localizada na comunidade Acaiuaba, localizada na via de acesso a comunidade próximo às propriedades do Sr. Diquinho e do Sr. Zé Vicente._x000D_
 Tal ação justifica-se pelo risco de desabamento da mesma, conforme demonstra as fotos anexas, o seu “cabresto” está desbarrancando, tendo que ser refeito imediatamente, bem como ser implementado neste um cabo de aço que também ajudará a segurar a ponte._x000D_
 Outro ponto a se destacar, é que o local supramencionado é uma importante via de nosso Município, sendo utilizado diariamente por um elevado número de pessoas._x000D_
 Diante o exposto, faz-se necessário a manutenção imediata do local, como forma de garantir a trafegabilidade da supramencionada via, além de se fazer cumprir o princípio da Eficiência na administração pública, estampado na Constituição Federal em seu art. 37 caput, vez que a manutenção onerará menos os cofres municipais do que uma possível construção de nova ponte.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_no_11-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada manutenção da estrada rural que corta a comunidade Olhos D’água, próximo à residência do Sr. Guilherme, bem o encascalhamento da supramencionada via._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supracitada via, conforme demonstra a foto anexa, a estrada encontra-se bastante deteriorada pela ação das águas pluviais, que deixou o local com uma trafegabilidade restringida, haja vista o acúmulo de barro no decorrer desta via.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_no_12-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a implementação de escória numa via rural da comunidade da Pedra Negra, sentido a cachoeira no local, bem como a troca da manilha de escoamento d’água deste local._x000D_
 Tal ação justifica-se através da demanda apresentada pela população local, que alega que pelo local passa um córrego, e que devido ao volume de chuvas que atingiram o nosso Município nos últimos dias, a manilha instalada não está suportando o volume d’água, o que tem causado o desbarrancar da via, e consequentemente tem comprometido a sua trafegabilidade._x000D_
 Ademais, trata-se de um local utilizado pelo transporte escolar, o que deve ser levado em consideração para uma manutenção imediata, haja vista o retorno do calendário escolar no próximo mês.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_no_13-2023.pdf</t>
+    <t>Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma placa de carga e descarga na Av. Dr. José Gonçalves da Cunha, n° 124, bairro Centro._x000D_
 Tal ação justifica-se pelo empreendimento existente no local, que necessita de um lugar específico para que seus fornecedores possam realizar a entrega da matéria prima utilizada no referido empreendimento, haja vista que carros comuns têm realizado a parada no supramencionado endereço, causando assim uma confusão no trânsito da localidade._x000D_
 Outro ponto a se destacar é a dificuldade encontrada pelos empresários para carregarem os produtos que os mesmos fornecem._x000D_
 Ademais, salienta-se que trata-se de uma ação que busca dar condições de trabalho a essas pessoas, que consequentemente ajudam a fomentar a economia local.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_no_14-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção imediata de uma ponte na comunidade do Madruga da Pedra, localizada na estrada que corta a propriedade do Sr. Raul do João Coelho._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata já que o cabresto da supramencionada ponte está cedendo, e consequentemente há o risco de desabamento da mesma. Desta maneira, há um perigo eminente no local, o que pode ocasionar acidentes. Há de esclarecer ainda que a população local está diretamente afetada com a situação, pois devido ao estado da ponte, os utilitários da via estão inseguros de trafegar pela mesma, tendo seu direito de ir e vir de certa forma cerceado pelo risco apresentado no local.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/indicacao_no_15-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/indicacao_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal realize em conjunto com o DER-MG a limpeza das margens da rodovia MG-383, trecho que compreende entre a zona urbana do nosso Município até o bairro Castro._x000D_
 Como é de conhecimento mútuo, o DER-MG tem a competência e o dever de zelar pela manutenção da rodovia, entretanto, a indicação busca uma parceria entre esta instituição e o Executivo Municipal._x000D_
 Neste sentido, primeiramente solicita-se a limpeza do local e posteriormente que seja realizada uma ampla campanha de conscientização aos motoristas e demais utilitários da via, realizada através de palestras nas escolas, bem como a instalação de placas de sinalização no decorrer deste trecho, informando que o descarte de resíduos sólidos no local é infração prevista no Código de Trânsito Brasileiro, onde o autor da infração deve ser multado.  _x000D_
 Além disso, a preocupação com a situação abarca a princípio a questão ambiental, pois este descarte incorreto de lixo impacta diretamente no meio ambiente.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_no_16-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada Rural que dá acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação da supracitada via rural, conforme demonstram as fotos anexas, via essa que dá acesso ao único distrito que nosso Município, sendo uma estrada vicinal de muito movimento, por onde passam centenas de pessoas diariamente, além de ser a principal via de escoamento da produção rural dos agricultores daquela região._x000D_
 Desta maneira, ressalta-se a necessidade imediata de manutenção do local, com a implementação de escória/cascalho nesses pontos mais críticos, para que a via possua a mínima condição de trafegabilidade para todas essas pessoas e principalmente que a via possa oferecer ao produtor rural condições de comercializar seus produtos.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_no_17-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada imediatamente a manutenção da estrada rural que dá acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação advém da solicitação dos moradores da localidade, que procuraram este signatário trata sobre o assunto, esclarecendo que tal via encontra-se com 03(três) trechos críticos, um demonstrado na foto anexa, o que está cerceando o direito de ir e vir dos munícipes e dos demais utilitários da mencionada via, em especial dos moradores desta comunidade que trabalham na zona urbana de nosso Município._x000D_
 Outro ponto a se destacar são os produtores rurais, que estão enfrentando grande dificuldade para escoar sua produção, especialmente a leiteira, produto altamente perecível, o que causa um prejuízo enorme aos nossos produtores.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_no_18-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_no_18-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada rural que dá acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, em especial no ponto próximo a capela Olhos D’água até a chegada da supramencionada comunidade, onde segundo os utilitários da via há uma concentração de barro maior, além de inúmeros buracos, o que confirma-se pelas fotos anexas._x000D_
 Ademais, resta esclarecer que a trafegabilidade do local deve ser restabelecida o mais breve possível, pois pela via, escoa-se toda a produção agrícola da localidade, liga o Município a outros Municípios, é rota escolar e ainda muitos munícipes residentes da comunidade a utilizam para trabalhar na zona urbana de nossa cidade.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_no_19-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_no_19-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma via de acesso na comunidade da Serra do Camapuã, localizada como acesso para a casa do Sr.Paulinho do Vicentinho._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, conforme demonstra a foto anexa, devido a quantidade de buracos e barro, o local tornou-se um atoleiro, e consequentemente resta-se intrafegável._x000D_
 Desta maneira, solicita-se que possa ser implementado no local algum insumo que garanta a trafegabilidade durante o período chuvoso cujo qual atravessamos, podendo ser escória ou cascalho</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_no_20-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de escória/cascalho na estrada de acesso a comunidade da Serra do Camapuã, nas proximidades do pesque e pague do Sr. Fernando._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstram as fotos anexas, devido ao grande volume de chuva que tem atingido nosso Município se deteriorou bastante, causando um grande acúmulo de barro e buracos no local._x000D_
 Ademais, ressalta-se a importância da supramencionada via para a comunidade, que necessita escoar sua produção agrícola pelo local, além de estarem com seu direito de ir e vir restringido pela precária situação da via.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_no_21-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_no_21-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa estudar a possibilidade de reconstruir as pontes do Município que se perderam pelas fortes chuvas que acometeram nosso Município nos últimos dias._x000D_
 Tal ação justifica-se pois os tubulões são equipamentos utilizados nas construções de novas pontes e que comportam grande volume d’água, sendo um importante mecanismo para que em novas enchentes as pontes de nosso Município não sejam levadas pelas águas pluviais.	_x000D_
 Ademais, é necessário esclarecer que este subscrevente tem o conhecimento de que o investimento para este tipo de ponto é um pouco maior, motivo pelo qual se coloca à disposição nas tratativas de emendas parlamentares para cobrir partes destes custos._x000D_
 Outro ponto a se destacar é que tal ação deve ser desenvolvida primeiramente nas pontes das vias vicinais de mais movimento, também pelo custo que a obra terá para o Município e que seja um trabalho contínuo, pois este tipo de obra além de ser mais cara é de uma durabilidade muito maior.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_no_22-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que corta a as comunidades do Campo da Chave, Água Limpa sentido ferrovia e por conseguinte a comunidade da Cachoeira dos Forros._x000D_
 Tal indicação justifica-se pelo mal estado de conservação da supramencionada via, que encontra-se intrafegável, devido ao volume de chuva que atinge o nosso Município desde o mês de dezembro de 2022, causando um acúmulo excessivo de barro no decorrer da via, além do surgimento de diversos buracos._x000D_
 Neste contexto, solicita-se que este Executivo Municipal possa implementar urgentemente insumos como escória ou cascalho, ação que momentaneamente devolverá as condições mínimas de tráfego da via, bem como a implementação de manilhas para drenar as águas pluviais._x000D_
 Outro ponto a se destacar, é o prejuízo que a situação tem causado aos produtores rurais daquela região, que estão impossibilitados de escoar seus produtos, além de ter cerceado o seu direito constitucional de ir e vir.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_no_23-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_no_23-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte instalada na Rua João Ribeiro de Almeida, próximo a Creche Municipal, bem como seja instalado no local dois quebra-molas, que seja retirada as águas pluviais e ainda que seja desobstruído o córrego que passa no local._x000D_
 Tal indicação justifica-se pela necessidade imediata de manutenção do referido local já que o córrego que passa sobre o local está com seu curso d’água obstruído por uma estrutura de cimento que soltou da antiga ponte. Desta maneira, quando chove e consequentemente o volume d’água aumenta, a vazão do local é insuficiente para o escoamento desta água, alagando as imediações deste córrego._x000D_
 Neste sentido, observa-se que a referida obstrução da vazão da ponte faz com que a água acumule no local, e consequentemente o acúmulo d’água faz com que a nova estrutura da ponte e o barranco que a sustenta comece a ceder.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_no_24-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_no_24-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Av. Tiradentes._x000D_
 Tal ação justifica-se pela necessidade de manutenção imediata da supracitada Av., que abriu uma cratera, conforme demonstra a foto anexa, devendo ainda este Executivo Municipal acionar a empresa que é responsável pela obra na supramencionada Av, para que a mesma realize esta manutenção, já que a obra em questão encontra-se em garantia quinquenal.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_no_25-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_no_25-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a aplicação da recomposição salarial dos servidores da Prefeitura Municipal de Entre Rios de Minas no índice fixado pelo IPCA de janeiro de 2022 a dezembro de 2022, de 5,79%, conforme preceitua o inciso X do Art. 37 da Constituição Federal. Cabe ressaltar que o pedido ora apresentado não infringe a Lei Complementar nº 173/2020, uma vez que não se trata de aumento nominal das despesas, mas apenas a revisão anual dos vencimentos que lhes é de direito.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_no_26-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_no_26-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa realizar a manutenção de uma via de acesso na comunidade da Serra do Camapuã, localizada no acesso da propriedade dos Srs. Hélio Oliveira Teodoro e do Sr. Francisco de Souza Pereira, com a implementação de escória/cascalho, bem como a troca das manilhas de escoamento d’água desta via e ainda a implementação de um mata-burro no local._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, conforme demonstram as fotos anexas, o que resulta no cerceamento do direito de ir e vir dos munícipes utilitários desta via, bem como a impossibilidade do escoamento da produção agrícola destes, o que tem causado um enorme transtorno, além do prejuízo._x000D_
 Ressalta-se ainda que tal demanda já fora apresentada ao Sr. Secretário de Obras e Infraestrutura e também ao Sr. Prefeito, porém, até o presente momento nada foi feito no local, motivo pelo qual os moradores da localidade procuraram este signatário para intervir junto a demanda em favor destes.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_no_27-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_no_27-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa disponibilizar a coleta de lixo mais efetiva no bairro Batista de Oliveira, para no mínimo três vezes na semana._x000D_
 Tal ação justifica-se por demanda advinda dos moradores da localidade, que alegam que o supracitado bairro atualmente só recebe a coleta de lixo duas vezes por semana, que ao ver da população e desse subscrevente é insuficiente, haja vista o crescimento populacional que o bairro teve nos últimos anos, o que consequentemente aumenta todas as demandas do serviço público Municipal. _x000D_
 Destaca-se que o acúmulo de lixo no supramencionado bairro traz inúmeros transtornos, como a proliferação de sujeira pelo decorrer do bairro, muita das vezes pelos animais que vivem em situação de rua, além de atrair animais peçonhentos, o que resulta num risco de acidentes, outro ponto a se destacar são o roedores, que além da sujeira trazem o risco da proliferação de diversas doenças, o que coloca a saúde dessas pessoas em estado mais vulnerável.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Franklin William</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_no_28-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção paliativa de todas as estradas rurais de nosso Município, com a implementação de cascalho ou escória, em seus pontos mais críticos, oriundos das reclamações dos usuários._x000D_
 A ação justifica-se pela condição atual destas vias, o que tem prejudicado o direito de ir e vir daqueles que necessitam de transitar por tais estradas._x000D_
 Vale ressaltar que a atual situação dessas vias além de restringir o direito de ir e vir dos munícipes também prejudica diretamente a atividade econômica do homem do campo, atrapalhando a escoação da produção agrícola, além de estarem impedidos de desfrutar dos serviços de saúde necessários, que são tão importantes para nossa população._x000D_
 Assim sugere-se de imediato a manutenção das vias de acesso às comunidades do Brumadinho, Montijo, Coelhos, Serra do Camapuã, Olhos D’água, Camapuã, Mata dos Pachecos, Colônia, Bem Querência, Gambá, Sapé, Pedra Negra, Rua do Fogo, Madruga da Pedra, Vargem da Alegria, Ponte Funda, Campo da Chave, Água Limpa, etc.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_no_29-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_no_29-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que que este Executivo Municipal possa realizar a manutenção paliativa da via de acesso das comunidades do Gambá e da Pedra Negra, bem como realizar a retirada das águas pluviais e ainda patrolar as baixadas onde há um maior acúmulo de barro e ainda implementar escória ou cascalho nos pontos mais críticos._x000D_
 Tal ação advém da solicitação de moradores da localidade e de utilitários das vias e  justifica-se pelo mal estado de conservação das mesmas, devido ao período chuvoso que atravessamos se deterioram bastante, tendo um acúmulo excessivo de barro e de buracos._x000D_
 Ademais, resta salientar que diversos moradores dessas comunidades utilizam as vias diariamente para exercerem suas atividades laborais na zona urbana de nosso Município, tendo seu direito de ir e vir cerceado pela atual condição das mencionadas estradas.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_no_30-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_no_30-2023.pdf</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Denis da Escolinha</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_no_31-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_no_31-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a implementação de Lixeiras em todas as praças de nosso Município._x000D_
 Tal ação justifica-se pela necessidade de um local adequado para que as pessoas deem a destinação correta para seu lixo, contribuindo assim com a limpeza destes locais._x000D_
 Insta destacar que através da implementação destas lixeiras, ocorrerá uma mobilização por parte da população, de maneira que o lixo será descartado no local adequado, contribuindo com o meio ambiente e deixando a cidade cada vez mais limpa e bem cuidada. Ademais, o lixo depositado no local correto não é carreado para os bueiros, o que colabora para evitar a ocorrência de entupimento da rede pluvial de nossa cidade.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_no_32-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_no_32-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de grama nas “ruas” do cemitério Municipal._x000D_
 Tal ação justifica-se pela necessidade de implementação de grama entre os túmulos do cemitério municipal, que atualmente é de terra, o que dificulta o tráfego de pessoas no dia a dia, principalmente em dias chuvosos, onde os munícipes têm dificuldade de trafegar pelo local devido ao acúmulo de barro que ocorre durante o período chuvoso, o que inclusive já ocasionou alguns acidentes</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Roni Enfermeiro, Franklin William, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_no_33-2023.pdf</t>
+    <t>Roni Enfermeiro, Franklin William, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja reajustado o piso salarial dos professores, conforme anunciado pelo MEC no dia de hoje, através do Ministro da Educação, Exmo. Sr. Camilo Santana. Com isso, a categoria passará a ter um novo piso salarial, que aumenta seus vencimentos em 14,94%, passando o salário base de R$ 3.845,63 (três mil oitocentos e quarenta e cinco reais e sessenta e três centavos) valor antigo, ao valor de R$ 4.420,55 (quatro mil, quatrocentos e vinte reais e cinquenta e cinco centavos). Entretanto, deve ser levado em consideração o valor sobre a  proporcionalidade de horas trabalhadas, conforme dispõe o cargo municipal._x000D_
 Assim frisa-se a importância que os professores possuem em nossa sociedade, sendo eles peça fundamental na educação, além de contribuir na formação acadêmica de nossas crianças, jovens e adultos, os mesmos contribuem para a evolução de seus alunos como indivíduo dentro de nossa sociedade, pois proporcionam a eles experiências que vão além do âmbito intelectual.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_no_34-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_no_34-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata das Ruas Pedro Antônio dos Santos e João Capela, localizadas no bairro Cachoeira._x000D_
 Tal ação justifica-se pela necessidade de manutenção das supracitadas vias, que ainda não receberam pavimentação asfáltica e assim se deterioraram pela ação das águas pluviais (chuvas) e encontram-se com sua trafegabilidade comprometida. _x000D_
 Ademais, resta esclarecer que basta uma simples chuva para que o local se torne um verdadeiro atoleiro, o que implica diretamente no direito de ir e vir dos munícipes residentes daquela localidade e dos demais utilitários da via.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_no_35-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_no_35-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de lixeiras na Praça Coronel Joaquim Resende._x000D_
 Tal ação justifica-se pela necessidade de um local adequado para que as pessoas que frequentam este espaço público deem a destinação correta para seu lixo, contribuindo assim com a limpeza desta praça que é um ponto importantíssimo onde a comunidade costumeiramente estreita suas relações pessoais.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no_36-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no_36-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a manutenção, bem como a revitalização do calçamento da Praça Senador Ribeiro.                                                                                                                                                                                                                                                                                       _x000D_
 Como é sabido, as praças possuem o objetivo de proporcionar às pessoas um local de prazer, entretenimento, qualidade de vida, lazer, socialização e cultura._x000D_
 Ressalto aqui a importância que a supracitada praça possui para nosso Município, sendo a que possui o maior fluxo de pessoas, até por estar localizada na área central de nossa cidade, e também por abrigar a feira livre Municipal, o que costumeiramente atraí para o local um elevado número de pessoas. _x000D_
 Dessa maneira, trata-se de uma obra primordial para que este espaço público ofereça condições dignas aos seus utilitários.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_no_37-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_no_37-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa disponibilizar mais lixeiras na Praça Senador Ribeiro nos dias de Feira Livre._x000D_
 Tal ação busca dar condições aos feirantes de descartarem seus resíduos em local adequado, bem como facilitar o trabalhos dos profissionais de limpeza urbana após o fim da feira livre e ainda manter o espaço público limpo.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_no_38-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_no_38-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um bueiro localizado na Rua Professor Augusto Fernandes de Oliveira, bairro Padre Vitor, próximo a residência de n° 237._x000D_
 Tal ação advém das rotineiras cobranças do moradores da localidade, e justifica-se pela necessidade imediata de manutenção do local, pois como demonstra a foto anexa, o supracitado bueiro está com sua tampa cedendo e o calçamento ao seu redor está cedendo, o que implica num risco de acidente aos moradores que trafegam pelo local.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_no_39-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_no_39-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada sentido Gil, somente até a divisa de nosso Município com o Município de Desterro de Entre Rios, localidade essa conhecida como Cavacado o qual este Executivo detém a competência para realizar, estendendo tal manutenção até a comunidade da Acaiuaba. _x000D_
 Tal ação advém de diversos pedidos dos usuários da via, que relatam o mal estado de conservação com que a mesma se encontra, alegando ainda a dificuldade que os mesmos encontram para trafegar pelo local e principalmente para escoar a produção agrícola da localidade.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_no_40-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_no_40-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a zona urbana de nosso Município até a comunidade do Sapé, até o limite da divisa com o Município de Jeceaba, e que ainda seja dada uma atenção especial ao Morro das Flores, ponto mais degradado da via, segundo os usuários._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que se deteriorou bastante no atual período chuvoso que atravessamos, em suma ocasionado pela falta de retirada das águas pluviais._x000D_
 Assim solicita-se para o supracitado local uma manutenção paliativa, implementando insumos como escória ou cascalho, bem como a retirada das águas pluviais da via de rolamento.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no_41-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no_41-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada da comunidade do Madruga da Pedra, que liga as comunidades da Pedra Branca e do Taboado._x000D_
 Tal ação advém de diversos pedidos dos usuários da via, que relatam o mal estado de conservação com que a mesma se encontra, alegando ainda a dificuldade que os mesmos encontram para trafegar pelo local e principalmente para escoar a produção agrícola da localidade._x000D_
 Destaca-se ainda que o ponto mais crítico encontrado pelos condutores é o primeiro morro desta via, localizado na Comunidade do Madruga da Pedra.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_42-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_42-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da cerca de proteção das ruínas da Casa de Pedra na comunidade do “gambá”, por se tratar de um patrimônio histórico do Município e do IPHAN, que hoje tem seu acesso amplo a qualquer pessoa pelo fato de tal cerca está degradada e ainda seu portão de acesso aberto, conforme demonstram as fotos anexas._x000D_
 Ademais, resta ressaltar a importância cultural e turística que tal acervo possui, sendo um conjunto de ruínas remanescentes da expedição bandeirante de Fernão Dias do início do século XVIII, construída no ano de 1.701, sendo um patrimônio histórico do Iphan ( Instituto do Patrimônio Histórico e Artístico Nacional), sendo um ícone da história de nosso Município e que deve ser conservado da melhor maneira possível._x000D_
 Por todo o exposto, solicita atenção imediata à demanda apresentada, tendo em vista a proteção contra a dilapidação desse importante patrimônio público.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_no_43-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_no_43-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura, possa inserir em seu cronograma de pavimentação asfáltica o “Morro da Pedreira”, localizado na comunidade do Montijo, próximo a ponte do Brás._x000D_
 Primeiramente, vale esclarecer que essa estrada rural dá acesso a várias comunidades que pertencem ao nosso Município, e recentemente devido às fortes chuvas que atingiu nosso Município tem sido a única estrada de acesso a importantes comunidades rurais que ficaram ilhadas com a queda da ponte dos Faleiros._x000D_
 Neste sentido, a via mostrou-se ser de grande relevância para o Município, e principalmente para os moradores dessas comunidades, podendo ainda, após a normalização da situação que enfrentamos com este desvio, ser uma importante via para dividir o fluxo de veículos com a outra estrada mais utilizada, sendo imprescindível a pavimentação deste referido morro, que está em precárias condições de trafegabilidade, o que justifica a pavimentação solicitada.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_no_44-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_no_44-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal, por meio de seu Secretário de Obras, possa terminar as obras complementares das vias que recentemente receberam a pavimentação asfáltica no bairro Batista de Oliveira, quais sejam a implementação dos passeios e meios-fios._x000D_
 Neste sentido, vale esclarecer que essa demanda advém da preocupação dos moradores da localidade para com essas ruas, que devido ao período chuvoso o qual entramos, estão começando a se deteriorar, abrindo enormes valetas em suas laterais, o que pode inclusive arrancar a pavimentação asfáltica._x000D_
 Outro ponto a se destacar, são relatos dos moradores que dizem que essas valetas já causaram diversos acidentes com carros, além do transtorno que os moradores estão tendo para guardar seus veículos em suas garagens.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_no_45-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_no_45-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo possa realizar a retirada dos entulhos que se encontram na Rua São José, próximo ao chaveiro do local, bem como que seja realizada obra de implantação de calçadas no local, conforme se verifica na foto anexa._x000D_
 Tal ação advém dos moradores da localidade, que alegam que o entulho encontra-se ali por um grande período de tempo, bem como que seja realizada a implantação de calçadas no local supramencionado._x000D_
 Ademais, resta esclarecer que deverá o Executivo saber quem foi o responsável por largar o entulho na via pública, devendo tomar as medidas cabíveis para sua retirada, bem como ocorre no caso da implementação da calçada.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_no_46-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_no_46-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção imediata da via de acesso entre o bairro Castro e a comunidade do Lagrimar._x000D_
 Tal ação justifica-se pela necessidade de manutenção da mencionada via, conforme demonstra a fotos, há um córrego que está manilhado na mencionada via, que não suportou a vazão das águas pluviais e veio a se romper, fazendo com que parte da via se desbarrancasse, bem como a sua lateral, deixando uma enorme cratera._x000D_
 Diante os acontecimentos, parte da mencionada via já cedeu e a outra parte encontra-se em risco iminente, o que deve ocorrer caso ocorra novas chuvas na localidade, interrompendo assim o tráfego total do local. 	_x000D_
 Ademais, resta salientar ainda o risco que os motoristas que necessitam de utilizar o local estão enfrentando ao transitar por ali, podendo inclusive gerar graves acidentes.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_no_47-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_no_47-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada rural que liga o bairro Castro à comunidade do Lagrimar._x000D_
 Tal ação justifica-se pela necessidade de manutenção da supracitada estrada rural, conforme demonstra a fotos anexas, há um córrego manilhado na mencionada via, que aparentemente não suportou a vazão das águas pluviais e veio a se romper, fazendo com que parte da via desbarrancasse, bem como a sua lateral, deixando uma enorme cratera._x000D_
 Diante os acontecimentos, parte da mencionada via já cedeu e a outra parte encontra-se em risco iminente, o que deve ocorrer caso ocorra novas chuvas na localidade, interrompendo assim o tráfego total do local, bem como o risco iminente que a atual situação da mencionada via oferece àqueles utilitários que dependem da mesma para resolver suas pendências do dia a dia e também para escoar toda sua produção agrícola.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_no_48-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_no_48-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada rural que liga o bairro Castro à comunidade do Lagrimar._x000D_
 Tal ação justifica-se pela necessidade de manutenção da supracitada estrada rural, conforme demonstra a fotos anexas, há um córrego manilhado na referida via, que aparentemente não suportou a vazão das águas pluviais e assim veio a se romper, fazendo com que parte da mesma desbarrancasse, bem como a sua lateral, deixando uma enorme cratera._x000D_
 Desta maneira, ressalta-se que uma parte da mencionada via já cedeu e a outra encontra-se em risco iminente, o que deve ocorrer caso chova novamente na localidade, interrompendo assim o tráfego do local. Ademais, chama atenção o risco que a atual situação da supracitada via oferece àqueles utilitários que dependem da mesma para resolver suas pendências do dia a dia e também para escoar toda sua produção agrícola.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_no_49-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_no_49-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de madeira na comunidade de São José das Neves, popularmente conhecida como Rua do Fogo, próximo a divisa das propriedades dos Srs. Adelmo Vieira e Sebastião Narciso de Resende._x000D_
 Tal ação justifica-se pois o supracitado mata-burro, como já aludido é de mandeira, e devido ao alto fluxo de veículos, cumulado com o peso de alguns caminhões fizeram com que uma de suas travessas quebrasse, gerando um risco de que ocorra acidentes no local, devido a falta dessa travessa._x000D_
 Ademais, ressalta-se que a supracitada ação visa devolver a boa trafegabilidade da via, que é tão importante para o escoamento da produção agrícola dos diversos produtores dessa região.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_no_50-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_no_50-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção paliativa da via de acesso a casa dos Srs. Gildo, Ildo, Daiane e outros, na comunidade de Brumadinho._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, que como aludido anteriormente dá acesso a casa de diversos munícipes, e pelo atual período chuvoso a mesma se tornou um verdadeiro atoleiro, restringindo assim o direito de ir e vir dessas pessoas._x000D_
 Ademais, resta esclarecer que a via de acesso também serve como rota de escoamento da produção agrícola desta região, que está diretamente comprometida devido ao mal estado de conservação da mencionada estrada rural.	_x000D_
 Diante o exposto, solicita-se a manutenção paliativa imediata do local, inclusive com a implementação de escória ou cascalho nos pontos em que se julgarem necessários.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_no_51-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_no_51-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de quebra-molas na Rua São José, próximo a Igreja Assembleia de Deus._x000D_
 Tal ação Justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, tem chegado ao conhecimento deste subscrevente diversas reclamações de moradores da localidade e de fiéis que frequentam a supramencionada igreja, informando que os condutores têm trafegado em alta velocidade pela via, colocando em risco a vida de pedestres que trafegam pelo local e de crianças que ali costumam brincar._x000D_
 Há de se ressaltar que a solução para o problema é a implementação de quebra-molas, uma vez que a fiscalização eletrônica é inviável para a localidade e a polícia militar não consegue fazer rondas e blits rotineiramente pelo local, devido a demanda e o pouco efetivo que possui nosso município.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_no_52-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_no_52-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de quebra-molas na Rua Margarida Augusta da Cruz, entre os números 44 e 56, onde compreende-se lotes vagos._x000D_
 Tal ação justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, pois chegou ao conhecimento deste subscrevente diversas reclamações de moradores da localidade, informando que os condutores têm trafegado em alta velocidade pela via, colocando em risco a vida de pedestres que trafegam pelo local e de crianças que ali costumam brincar, e que ainda recentemente houve um acidente no local envolvendo dois veículos, devido a alta velocidade no decorrer da supramencionada rua._x000D_
 Há de se ressaltar que a solução para o problema é a implementação de quebra-molas, uma vez que a fiscalização eletrônica é inviável para a localidade e a polícia militar não consegue fazer rondas e blits rotineiramente pelo local, devido a demanda e o pouco efetivo que possui nosso município.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_no_53-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_no_53-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção paliativa de uma via de acesso na comunidade dos Coelhos, cuja qual é o local de chegada a casa de diversos moradores, como a propriedade do Sr. Paulo Egg._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, que como aludido anteriormente dá acesso a casa de diversos munícipes, e pelo atual período chuvoso a mesma se tornou um verdadeiro atoleiro, restringindo assim o direito de ir e vir dessas pessoas._x000D_
 Ademais, resta esclarecer que a via de acesso também serve como rota de escoamento da produção agrícola desta região, que está diretamente comprometida devido ao mal estado de conservação da mencionada estrada rural, onde rotineiramente o caminhão de leite, produto este altamente perecível tem agarrado, deixando assim os pecuaristas em alto risco de prejuízos.	_x000D_
 Diante o exposto, solicita-se a manutenção paliativa imediata do local, inclusive com a implementação de escória ou cascalho nos pontos em que se julgarem necessários.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_no_54-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_no_54-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção paliativa de uma estrada de acesso à comunidade do Montijo, local que também abrange diversas residências ao decorrer da via, como as propriedades dos Srs. Joanir e Paulo do Abílio, entre outros._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, que como aludido anteriormente dá acesso a comunidade do Montijo, bem como a casa de diversos munícipes, e pelo atual período chuvoso, a mesma se transformou em um  atoleiro, restringindo assim o direito de ir e vir dessas pessoas._x000D_
 Ademais, resta esclarecer que a via de acesso também serve como rota de escoamento da produção agrícola desta região, que está diretamente comprometida devido ao mal estado de conservação da mencionada estrada rural, conforme demonstram as fotos anexas, o caminhão de leite, produto este altamente perecível tem agarrado diariamente no local, deixando assim os produtores em risco de perder sua produção.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_no_55-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_no_55-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza do terreno onde se encontra o grupo da comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pelo pleito de moradores da localidade, em especial daqueles que são vizinhos do terreno onde tal grupo se encontra, pois segundo relatos desses parte da edificação veio a desabar, espalhando entulho por toda a proximidade, solicitam ainda que seja analisada a parte da edificação que restou, pois aparentemente a mesma está preste a ceder.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_no_56-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_no_56-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da pavimentação da Rua Turmalina, próximo ao n° 25, localizada no bairro São Lucas._x000D_
 Tal ação advém dos moradores da supramencionada via, que alegam que próximo ao n°25 há um buraco enorme, e que o mesmo já causou acidentes._x000D_
 Diante o exposto, solicita que a manutenção da via seja inserida no cronograma da operação tapa buracos o mais breve possível.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_no_57-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_no_57-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa adequar o salários dos agentes comunitários de saúde, haja vista que nossos servidores lotados neste setor recebe um vencimento bem inferior ao piso nacional da categoria, ajustado em março de 2022._x000D_
 Tal ação, além de um direito destes servidores figura-se como forma de valorizar estes profissionais que muito contribuem com a boa qualidade da saúde de nosso Município._x000D_
 Ademais, solicita-se também o reconhecimento desta classe para que os mesmos sejam classificados como profissionais de saúde, haja vista a Lei Federal 14.536/23 a qual reconheceu a categoria como profissionais de saúde.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_58-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_58-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada de acesso a comunidade da Barrinha, bem como a implementação de insumos como escória e cascalho nos pontos em que se julgarem necessário._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supracitada via, que devido ao período chuvoso que atravessamos restou-se com inúmeros pontos de atoleiros._x000D_
 Neste contexto, a população residente na localidade e os demais utilitários da via estão com seu direito de ir e vir cerceado, motivo pelo qual solicita este subscrevente a manutenção imediata da referida via.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_59-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_59-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga as comunidades dos Coelhos e do Montijo à comunidade do Brumadinho, em especial na localidade conhecida como Morro do Gato, local este que está intrafegável._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, em especial do mencionado morro, que se deteriorou bastante devido ao período chuvoso e principalmente ao fluxo de veículos que o local está abrangendo depois que a ponte da comunidade dos Faleiros veio a cair._x000D_
 Assim é de suma importância a manutenção do local, bem como a implementação de escória ou cascalho no referido morro, de maneira a devolver a trafegabilidade da via e as condições necessárias para que os produtores daquela região escoar suas produções, e ainda garantir o direito de ir e vir de todos que transitam por essa estrada.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_60-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_60-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar o ligamento da rede de esgoto na Rua São Domingos, bairro São Lucas, na residência de n°190._x000D_
 Tal ação justifica-se pela necessidade de ligação da rede de esgoto, já existente em parte da via até residência supracitada, vez que o esgotamento sanitário além de outros benefícios é uma causa de saúde pública, devendo o ente Municipal fornecer a ligação para esta casa._x000D_
 Ademais, vale ressaltar que trata-se de uma questão de saneamento básico, que além de estar inserida no direito à saúde, também enquadra-se com o princípio da dignidade da pessoa humana, cuja Constituição Federal de 1.988 positivou como direito fundamental._x000D_
 Diante dos fatos, solicita-se então que tal obra possa ser executada o mais breve possível, por todos os fatos acima descritos.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_61-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_61-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da tubulação de água que passa na estrada rural que da comunidade de São José das Neves, próximo a ACONEVES._x000D_
 Tal ação justifica-se pois um tubulação de água estourou, conforme demonstra a foto anexa, e desta maneira está havendo um desperdício de água no local, água essa que é fornecida pelo Município, podendo assim causar prejuízo ao erário, além de impactar diretamente na distribuição da mesma para os utilitários.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_62-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_62-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de ferro na Vargem da Alegria, poximo ao começo do morro do tamanduá._x000D_
 Tal ação justifica-se pois o supramencionado encontra-se com uma travessa quebrada, conforme demonstra a foto anexa, o que pode vir a causar acidentes na localidade e ainda causar prejuízos aos utilitários da mesma.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_63-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_63-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da estrada de acesso a comunidade da Ponte Funda, qual seja a estrada principal que corta a comunidade da Vargem da Alegria._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que se deteriorou bastante em função do período chuvoso que atravessamos. Assim a ação supracitada pretende devolver ao local condições dignas de trafegabilidade._x000D_
 Ademais, solicita-se ainda uma atenção especial nessa manutenção na chegada da casa do Sr. Célio, local este que está totalmente intransitável e que reside uma pessoa deficiente, que precisa se locomover frequentemente para buscar atendimento médico, o que não está conseguindo devido ao estado de conservação._x000D_
 Por fim, solicita-se ainda que ao realizar a manutenção da supramencionada via que se retire o acúmulo de barro que se encontra na ponte próximo aos fornos de carvão, na vargem da alegria, conforme demonstra a foto anexa a mesma está tomada pelo barro, dificultando assim a trafegabilidade da mesma.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_64-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_64-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa manter o fluxo de veículos no centro de nossa cidade durante as festividades do carnaval._x000D_
 É de conhecimento do subscrevente que parte da rua Dr. João Vaz estará impedida, como de fato já está, pois foi o local adequado que este Executivo, através da secretaria de Cultura, Esporte, Lazer e Turismo julgou necessária e adequada para que tal evento ocorra, festividade essa de suma importante para o calendário do nacional, o que atrai para nossa cidade vários turistas, o que gera um aquecimento significativo para nosso comércio._x000D_
 Neste sentido, o pedido do subscrevente é de que as vias vicinais a esta fechada continue com o livre acesso, de modo que a feira livre municipal e os demais comércios da área central não se prejudique com a falta de circulação de pessoas pelo fato da sua via principal de acesso está temporariamente fechada.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_no_65-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_no_65-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Av. Sócrates Machado, localizada no bairro Castro, em especial a parte que é tida como zona rural._x000D_
 Tal ação justifica-se pelo mal estado de conservação da mesma, e advém da solicitação de alguns moradores da localidade, pois segundo estes a trafegabilidade desta parte da via em especial fica comprometida toda vez que chove, tornando-se o local como um verdadeiro atoleiro, conforme ilustra a foto anexa._x000D_
 Outro ponto a se destacar é a limpeza de suas imediações, pois o mato rotineiramente toma conta da via, conforme demonstra a foto anexa,  atraindo para o local diversos animais peçonhentos, entre estes as cobras, que aparecem principalmente na época da seca e podem ocasionar acidentes aos utilitários da via e demais moradores da supracitada via pública.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_no_66-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_no_66-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção imediata de todos os bueiros da Rua Baltazar Gonçalves Nascente._x000D_
 Tal ação justifica-se pois todos os bueiros da supramencionada via encontram-se entupidos, impossibilitando assim o escoamento das águas pluviais. _x000D_
 Neste sentido, ressalta que por esses bueiros estarem entupidos as águas pluviais estão invadindo diversas residências no decorrer desta via, conforme demonstra as fotos anexas, o que além do transtorno tem causado diversos prejuízos a esses moradores._x000D_
 Insta salientar ainda que a problemática é antiga, sendo alvo de reclamações rotineiras por parte dos moradores da localidade junto a este Executivo, alegando estes que até o momento nada fora feito.   _x000D_
 Diante os fatos, solicita-se a manutenção imediata do local, para que não ocorra novas enchentes nessas residências.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>Roni Enfermeiro, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/indicacao_no_67-2023.pdf</t>
+    <t>Roni Enfermeiro, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/indicacao_no_67-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a revisão de toda a rede de drenagem da Rua Desterro e suas imediações._x000D_
 Tal ação advém dos moradores da localidade, que informaram a este signatário que toda vez que chove ocorre enchente na supramencionada via, conforme demonstra a foto anexa, inundando diversas casas, o que além de gerar um enorme transtorno aos moradores gera também prejuízos._x000D_
 Outro ponto a se destacar é a sujeira que essa água traz para essas residências, colocando em risco a saúde desses moradores.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/indicacao_no_68-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/indicacao_no_68-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa averiguar a rede de drenagem do loteamento Belvedere, localizado no bairro Vargem do Engenho, e ainda se uma possível manutenção da mesma compete ao Município ou dono do loteamento._x000D_
 Tal ação justifica-se pois no último sábado, dia 28 de janeiro de 2023, devido a forte chuva que atingiu nosso município, a rede de drenagem do supramencionado empreendimento não suportou o volume d’água, causando assim o alagamento de algumas casas na Rua José Bruno, conforme demonstra as fotos anexas,  via essa que fica abaixo do supramencionado empreendimento._x000D_
 Vale ressaltar, que a problemática já veio a ocorrer no ano de 2022,e até o presente momento nada foi feito para resolver essa demanda.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/indicacao_no_69-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/indicacao_no_69-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Av. Tiradentes, na altura do n° 346, no bairro Cachoeira._x000D_
 Tal ação justifica-se a pedido dos moradores da localidade, que alegam que iniciou-se no local algumas obras de drenagem e que a mesma foi interrompida, sem que se estabelecesse novamente o calçamento do local, conforme demonstra a foto anexa._x000D_
 Outrossim, insta destacar que a problemática maior do local hoje é o acúmulo das águas pluviais, o que inclusive tem causado o alagamento de algumas residências, fato este que tem causado um enorme transtorno aos moradores e demais prejuízos financeiros, bem como o risco de contaminação por alguma doença._x000D_
 Desta maneira, solicita-se ainda a continuidade e finalização da supramencionada obra, a fim de restabelecer o calçamento do local, bem como solucionar este acúmulo d’água que vem ocorrendo na via.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/indicacao_no_70-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/indicacao_no_70-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de mais um par de manilhas em uma ponte localizada na rua José Bruno, no bairro Vargem do Engenho, bem como seja realizada a limpeza do córrego que corta o local._x000D_
 Tal ação justifica-se pois as manilhas existentes no local são insuficientes para suportar o volume d’água na época das chuvas, alagando toda aquela região, conforme demonstra a foto anexa, chegando inclusive a inundar casas próximas ao supracitado córrego._x000D_
 Solicita-se ainda a limpeza e o rebaixamento do supramencionado córrego, que está tomado por vegetação nativa e assoreado, o que atrapalha o escoamento natural das águas, haja vista o tanto de sujeira que tal vegetação segura, e a pouca profundidade do mesmo, fatos que contribuem para que ocorra o alagamento do local especialmente nessa época do ano.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_no_71-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_no_71-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da rede pluvial por onde passa o Córrego do Batata, mas especificamente na Rua Dom Oscar Teodoro de Oliveira, bairro São Lucas, próximo a serralheria do Sr. Romero._x000D_
 Insta informar que a problemática é antiga e alvo constante de discussões nesta Casa de Leis._x000D_
 Ocorre que no período chuvoso cujo qual atravessamos, o fluxo de água deste córrego aumenta bastante e a tubulação existente a partir de certo ponto do mesmo não dá conta dessa vazão, causando uma enorme pressão cuja qual faz com que o bueiro existente na mencionada via venha a romper, espalhando água e sujeira por toda a localidade e suas imediações._x000D_
 Ademais, resta esclarecer que é um córrego poluído e que assim causa o risco iminente de proliferação de doenças para com a população desta localidade, além do desconforto causado pelo mal cheiro.	_x000D_
 Posto isso, solicita-se a manutenção do bueiro supra mencionado que veio a se romper e caso chova novamente o problema persistirá.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/indicacao_no_72-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/indicacao_no_72-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da via de acesso a comunidade de São José das Mercês (Gambá), próximo a entrada da propriedade do Sr. Jaleco._x000D_
 Tal ação justifica-se pelo fato de parte da via ter cedido em razão das fortes chuvas que atingiram nosso Município nos últimos dias, conforme demonstra a foto anexa, desta maneira a trafegabilidade do local está comprometida, colocando em risco a vida dos utilitários da supracitada estrada rural.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>Joãozinho Cricri, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/indicacao_no_73-2023.pdf</t>
+    <t>Joãozinho Cricri, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/indicacao_no_73-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção de uma ponte localizada na Rua Jeceaba/Amador de Souza Leão, localizada no bairro Vargem do Engenho._x000D_
 Tal ação justifica-se pelo estado de conservação da referida ponte, que conforme é de conhecimento mútuo teve parte de sua estrutura levada pela enchente ocasionada no córrego que passa por ela, conforme se observa na foto anexa, e desta maneira necessita de reparo imediato. Ocorre que tal ação tem caráter de urgência uma vez que para os cofres públicos a manutenção da referida ponte é menos onerosa que uma futura reconstrução da mesma._x000D_
 Ademais ressalta-se que caso a manutenção não seja realizada, a supramencionada ponte vai desabar, o que consequentemente causará um prejuízo maior aos cofres municipais, além do constrangimento que a atual situação está causando aos moradores do referido bairro, haja vista que a mesma é importantíssima para o acesso na localidade.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_no_74-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_no_74-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Saúde, possa realizar um cronograma para redução da fila de cirurgias de alta complexidade, a ser protocolado na Secretaria Estadual de Saúde._x000D_
 Tal indicação tem por finalidade atentar ao Município sobre o Plano Nacional da diminuição das filas de cirurgias de alta complexidade, anunciado pelo Governo Federal na data de hoje, onde serão destinados recursos específicos aos Estados para que os façam._x000D_
 Desta maneira, a Secretaria de Saúde Municipal deve elaborar um plano que vise a diminuir ou zerar a demanda existente em nosso Município, bem como o cronograma de como se dará essas cirurgias, além de protocolá-los junto a Secretaria Estadual para sermos contemplados e assim atender os anseios de nossa população.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_no_75-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_no_75-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte localizada na Rua Jeceaba/Amador de Souza Leão, localizada no bairro Vargem do Engenho._x000D_
 Tal ação faz-se necessária pelo estado de conservação da mencionada ponte, que conforme é de conhecimento mútuo, teve parte de sua estrutura levada pela enchente ocasionada no córrego que passa por ela, conforme se observa na foto anexa, e desta maneira necessita de reparo imediato. _x000D_
 Insta esclarecer que a presente ação deve ser realizada em caráter de urgência, vez que para os cofres públicos a manutenção da referida ponte é menos onerosa que uma futura reconstrução da mesma._x000D_
 Ademais ressalta-se que caso a manutenção não seja realizada, a supramencionada ponte vai desabar, o que consequentemente causará um prejuízo maior aos cofres municipais, além do constrangimento que a atual situação está causando aos moradores do referido bairro, haja vista que a mesma é importantíssima para o acesso na localidade.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_no_76-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_no_76-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa determinar que a Defesa Civil do Município em conjunto com a Secretaria de Saúde e Assistência Social possam realizar um visita in loco a casa das Sras. Pinha e Etinha, na comunidade da Gameleira, para que seja realizada uma vistoria completa no imóvel, em caráter de urgência._x000D_
 Tal ação justifica-se pois, aparentemente, como demonstra as fotos em anexo, a residência dessas Sras. encontra-se em estado precário , necessitando de uma avaliação técnica da Defesa Civil Municipal para que possamos ter a ciência de que se o referido imóvel possa ou não estar habitado._x000D_
 Nesse sentido, faz-se necessária uma ação em conjunto com a Secretaria de Saúde e Assistência Social, pois caso o imóvel seja interditado deve o Município inseri-las no programa de Aluguel Social, haja vista a situação de vulnerabilidade que aparentemente se encontram.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_no_77-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_no_77-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a necessidade de cumprimento da Lei Municipal 1.893 de 5 de julho de 2021 de minha autoria que disciplina sobre: "Dispõe sobre autorização para a criação de um Abrigo Provisório Municipal de Cães e Gatos, no âmbito do Município de Entre Rios de Minas - MG, e dá outras providências."  _x000D_
 No dia 01/02/2023 foi encontrado próximo ao terminal rodoviário 06 filhotes de cachorro, ao qual a mãe foi atropelada na rodovia. Ao procurar a Secretaria Municipal de Desenvolvimento Sustentável, para cuidar dos filhotes e posteriormente procurar um lar para adoção responsável, foi informado que não havia solução para esta demanda._x000D_
 Tais animais foram devidamente vermifugados, alimentados e foram tomados os cuidados em geral. Solicito ao Poder Executivo uma parceria para encontrar um novo lar para os respectivos filhotes, demonstrando a importância de um abrigo temporário para o bem estar animal e das pessoas, no âmbito de saúde pública.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_no_78-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_no_78-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da ambulância do Município que contém a seguinte placa: QPN-0569._x000D_
 Tal ação justifica-se pela falta que tal veículo está fazendo para o nosso Município, haja vista que este signatário obteve informações de que a mesma está parada no almoxarifado para sua manutenção a meses, o que tem implicado diretamente na sobrecarga sobre os outros veículos deste tipo._x000D_
 Outrossim, insta informar que este signatário e os demais membros desta Casa Legislativa são rotineiramente contactados pela população para que intercedam junto a este Executivo, em especial a Secretaria de Saúde para que atenda as demandas dos enfermos que necessitam do transporte via ambulância._x000D_
 Neste espeque, faz-se necessária a manutenção da mesma pela necessidade existente no Município, bem como pelo melhor fluxo de atendimento para com os munícipes.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_no_79-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_no_79-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa enviar um caminhão de cascalho/escória para ser aplicada na ponte da Estrada do Sapé._x000D_
 Tal ação justifica-se pois devido as fortes chuvas que atingiram nosso Município abriu-se um buraco na cabeceira da supracitada ponte, fazendo-se necessário a implementação de um dos supramencionados insumos para que a mesma não se deteriore mais._x000D_
 Ademais, ressalta-se que o buraco existente no local tem colocado em risco a boa trafegabilidade da via, bem como a segurança daquelas que por ela necessitam de trafegar</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_no_80-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_no_80-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a área urbana de nosso Município até a comunidade do Rio abaixo, até a divisa com o Município de São Brás do Suaçuí, bem como o encascalhamento da via._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, e pela necessidade de devolver ao local condições dignas de trafegabilidade.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_no_81-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_no_81-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata do muro da quadra da Escola Municipal Dom Oscar de Oliveira._x000D_
 Tal ação justifica-se pois o referido muro veio a desabar na segunda-feira desta semana, devido às fortes chuvas, colocando em risco a vida de todos os pedestres e dos demais condutores que trafegam pela Av. Dr. José G. da Cunha._x000D_
 Ressalta-se ainda que na parte de dentro do muro há uma quadra esportiva, onde os alunos da referida escola praticam suas atividades físicas. Ocorre que a estrutura da cobertura da mesma era presa junto ao referido muro, e devido ao ocorrido ficou pendurada com eminente risco de desabar, conforme demonstra as fotos anexas, podendo causar um grave acidente, motivo pelo qual justifica-se a urgência na manutenção.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_no_82-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_no_82-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção imediata do local onde o ônibus escolar vira (virador do ônibus) na comunidade da Bem Querência._x000D_
 Tal ação justifica-se pois devido ao período chuvoso cujo qual estamos atravessando se deteriorou bastante, haja vista que o cascalho que tinha no local foi todo lavado pelas águas pluviais._x000D_
 Nesse sentido, pede-se também o alargamento do supramencionado viradouro, pelo fato de que o local atualmente é muito apertado, podendo causar algum tipo de acidente que possa a vir ferir algum aluno._x000D_
 Ademais, ressalta-se ainda que tal viradouro é localizado em um morro, demonstrando assim mais um motivo para aplicação de escória ou cascalho no mencionado local._x000D_
 Por fim, destaca-se que a demanda advém da preocupação deste signatário e dos pais com a situação atual do local, levando-se em consideração que ainda temos no mínimo 2 (dois) meses de chuvas constantes, bem como a proximidade da volta às aulas, o que explica a urgência na manutenção deste viradouro.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_no_83-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_no_83-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 22-2023 de autoria deste signatário, a qual solicita a manutenção da estrada rural que corta a as comunidades do Campo da Chave, Água Limpa sentido ferrovia e por conseguinte a comunidade da Cachoeira dos Forros._x000D_
 Como esplanada na aludida indicação anterior a manutenção do local justifica-se pelo mal estado de conservação da supramencionada via, que encontra-se intrafegável, devido ao volume de chuva que atingiu e atinge o nosso Município desde o mês de dezembro de 2022, causando um acúmulo excessivo de barro no decorrer da via, além do surgimento de diversos buracos._x000D_
 Assim solicitou-se ainda que o Poder Executivo Municipal implementasse urgentemente insumos como escória ou cascalho no local, ação que ao ver deste signatário momentaneamente irá devolver as condições mínimas para trafegabilidade do local, bem como que fosse realizada a implementação de manilhas para drenar as águas pluviais.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/indicacao_no_84-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/indicacao_no_84-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a pavimentação asfáltica ou calçamento da Rua Antônio Vieira da Costa, localizada no distrito da serra do Camapuã._x000D_
 Tal ação justifica-se pela precariedade da rua, que ao longo dos anos vem sofrendo com a sua deterioração, conforme demonstram as fotos anexas, em especial no período chuvoso, se restando praticamente intrafegável._x000D_
 Ressalta-se que recentemente este signatário teve no supramencionado local e pode observar de perto as más condições da via, que possui atualmente diversos buracos em sua extensão, bem como valetas em suas laterais, essas ocasionadas pelas águas pluviais._x000D_
 Nesse sentido, sob a ótica deste subscrevente o correto para o local é que seja realizada supra indicada pavimentação ou calçamento, pois trata-se de ação definitiva para o local.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/indicacao_no_85-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/indicacao_no_85-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa implementar uma academia ao ar livre completa em cada praça do Município, bem como em cada comunidade rural._x000D_
 Denota-se que o Município já possui algumas academias, porém são compostas de poucos aparelhos e ainda que possuem pouca funcionalidade, que não dão a oportunidade aos munícipes de realizarem suas atividades físicas de forma efetiva, outro ponto a se destacar é a falta de manutenção destas academias já existentes._x000D_
 A ação justifica-se pelo incentivo à prática esportiva, à saúde e ao entretenimento dos Munícipes.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/indicacao_no_86-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/indicacao_no_86-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a obra de drenagem às margens da rodovia MG-383, no bairro Castro, onde recentemente este Executivo realizou a pavimentação asfáltica._x000D_
 Tal ação justifica-se por ao realizar a pavimentação do supramencionado local este Executivo não realizou as obras de drenagem, o que tem ocasionado o alagamento da via, conforme demonstra a foto anexa, deixando o local com um risco eminente de acidentes, motivo pelo qual a população tem procurado estes signatários para solicitar as obras de drenagem do local.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_no_87-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_no_87-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata do muro da Escola Municipal “Dr. José Gonçalves da Cunha”. _x000D_
 Tal ação justifica-se pela precariedade que o muro do referido prédio escolar apresenta, conforme demonstra as fotos anexas, trata-se de uma unidade que atende o ensino básico, ou seja, com crianças pequenas._x000D_
 Outro ponto a se destacar é que a referida escola faz divisa com um terreno onde há criação de bovinos, assim este signatário teme que um animal desse venha a derrubar o muro que está precário e possa ocasionar acidente com algum aluno. _x000D_
 Portanto, a ação torna-se imprescindível para manter a integridade física de todos esses alunos e professores que ali estão diariamente.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_no_88-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_no_88-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa estudar a possibilidade de desmembramento da Secretaria Municipal de Cultura, Esporte,  Lazer e Turismo, dando origem a mais uma secretaria, quais sejam, Secretaria Municipal de Esporte e Lazer._x000D_
 A ação tem por objetivo dar mais efetividade ao trabalho a ser desenvolvido pela mesma, pois como será uma secretaria voltada para o esporte, teria mais tempo hábil para realizar a inclusão de novas modalidades esportivas no Município, bem como contribuir mas com os campeonatos já existentes e ainda criar novos. _x000D_
 A divisão indicada busca ofertar à população um acesso melhor ao esporte, atividade essa tão importante para nosso povo, além de ajudar uma melhor captação de recursos destinados a essa área.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/indicacao_no_89-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/indicacao_no_89-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementado um posto policial no bairro Castro, demanda antiga e que já foi indicada por este signatário anteriormente._x000D_
 Como é de conhecimento mútuo, o bairro Castro encontra-se um pouco afastado das demais áreas urbanas de nosso Município, sendo cortado pela rodovia MG-383, o que facilita a ação de criminosos no local._x000D_
 A indicação em questão busca trazer a população do bairro uma segurança mais efetiva e de qualidade, que em suma pretende mitigar as ações criminosas no local além de possibilitar uma ação mais efetiva do nosso Batalhão da Polícia Militar._x000D_
 Insta destacar que o mero existir de um posto policial no local já traria aos criminosos uma sensação de que a segurança pública se faz presente no local, fato que por si só já dificulta a ação destes. _x000D_
 Por fim, ressalta-se que tal pedido advém da população da localidade, que encontra dificuldades e medo para acionar a Polícia Militar, que acaba perdendo muito tempo em se deslocar até o referido local.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Rivael Nunes Machado</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/indicacao_no_90-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/indicacao_no_90-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca dos reparos dos brinquedos do parquinho existente na Praça Coronel Joaquim Resende._x000D_
 Tal ação justifica-se pois alguns brinquedos do supramencionado parquinho encontram-se bem deteriorados, colocando em risco a vida de todas as crianças que utilizam o local para brincarem.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/indicacao_no_91-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/indicacao_no_91-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a implementação de uma lixeira na Av. Major Juscelino, próximo ao supermercado Aliança 3._x000D_
 Tal ação justifica-se pois a lixeira existente naquela localidade não está dando vazão para o volume de Lixo que é depositado na mesma, deixando os resíduos expostos e de fácil acesso a vários tipos de animais que a procura de alimento espalham estes resíduos, o que via de consequência mantém a via pública suja._x000D_
 Diante aos fatos, a solução para que essa problemática não continue ocorrendo é que se instale a lixeira indicada, para que assim os resíduos sejam depositados no local certo, evitando a sujeira da via pública em questão.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_no_92-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_no_92-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 288-2022, cuja qual solicita a realização do encascalhamento da estrada rural que dá acesso a comunidade do Moinho Velho._x000D_
 Como aludido, a indicação deixa claro que a necessidade de aplicação do supracitado insumo se dá pelo mal estado de conservação da supramencionada via rural, que  devido às recorrentes chuvas se deteriorou, destaca ainda que o ônibus escolar não consegue transitar pelo local, pelos vários pontos de atoleiro que a via possui.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_no_93-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_no_93-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 338/2022, a qual solicita a limpeza de um bueiro localizado na estrada da comunidade da Água Limpa, após a propriedade do Sr. Chiquinho, sentido a divisa com o  Município de Desterro de Entre Rios._x000D_
 Tal ação justifica-se, pois como explanado na indicação anterior o bueiro encontra-se totalmente entupido e desta maneira, as águas pluviais estão descendo dentro da via, a deteriorando por inteiro._x000D_
 Outro ponto a se destacar é a manutenção imediata do morro do Sr. Nenego que está bem degradado devido ao escoamento das águas pluviais por dentro da via. Observa-se que tal situação implicou na abertura de uma enorme cratera no local, o que deixa cerceada a trafegabilidade pelo local e ainda põe em risco a vida dos condutores que necessitam utilizar a via diariamente.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/indicacao_no_94-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/indicacao_no_94-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza de dois mata-burros de madeira na comunidade da Água Limpa da Acaiuaba, próximo a propriedade do Sr. Joaquim da Zeca._x000D_
 Tal ação justifica-se pois os referidos mata-burros estão totalmente assoreados, conforme demonstra as fotos anexas, devido às chuvas que atingiram nosso Município nos últimos dias, fazendo com que os supracitados mata-burros perdesse a sua função, motivo que tem causado grande transtorno entre os proprietários, pois o gado destes estão circulando livremente de um lado para o outro.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_no_95-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_no_95-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 76/2023, a qual dispõe sobre uma visita in loco por parte da Defesa Civil do Município, em conjunto com a Secretaria de Saúde e Assistência Social, que possam realizar na casa das Sra. Pinha e Etinha, na comunidade da Gameleira, para que seja realizada uma vistoria completa no imóvel, em caráter de urgência._x000D_
 Inicialmente cumpre destacar que algumas informações foram equivocadas, trata-se de um bairro e não de uma comunidade, seguindo trago o endereço completo e nome completo da proprietária, qual seja, Av. Antônio de Assis Pena Neto, n° 1.130, bairro Gameleira, residência de propriedade da Sra. Rosária Timóteo dos Reis._x000D_
 Por conseguinte reitero a justificativa da supramencionada indicação, por ser de fato o motivo pelo qual se pede a visita in loco, qual seja a necessidade de averiguação técnica sobre as condições do referido imóvel e se o mesmo apresenta algum risco de desabamento, devido a seu mau estado de conservação.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_no_96-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_no_96-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada de acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, que tem impactado diretamente no direito de ir e vir dos munícipes e das demais pessoas que utilizam da via diariamente, outro ponto a se destacar é que pela mencionada via escoa a produção agrícola de toda aquela região, o que tem sido outro problema pelo atual estado de conservação da via.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_no_97-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_no_97-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata ou a troca de um mata-burro de ferro localizado na entrada da via de acesso a comunidade da Ponte Funda, as margens da rodovia MG-270. _x000D_
 Tal ação justifica-se pois o mencionado mata-burro veio a ceder parte de sua estrutura, assim a população entende que o ideal para o local seria um mais largo e resistente, caso não seja possivel, que o mesmo tenha sua manutenção imediata.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/indicacao_no_98-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/indicacao_no_98-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada que liga a nossa cidade ao Município de Resende Costa, em especial próximo a residência do  Sr. Vicente do Zeca (conhecido como Coringa),  via essa que vale ressaltar que corta importantes comunidades rurais de nosso Município._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação da via, em especial do supramencionado ponto, que virou um verdadeiro atoleiro._x000D_
 Nesse sentido, ressalta-se que a via é uma das mais importantes de nosso Município, recebendo diariamente o transporte escolar, bem como a escoação da produção agrícola de todos os agricultores das comunidades rurais desta região, motivo pelo qual a atual situação da mencionada via impacta diretamente na vida dessas pessoas._x000D_
 Diante o exposto, solicita-se a manutenção imediata do local supramencionado, bem como de toda a extensão desta via rural.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_no_99-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_no_99-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de acesso da Capela Olhos D’água, partindo da rodovia MG-383 passando por dentro, próximo às propriedades dos Srs. Getúlio, Hélio e vários outros moradores._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que tem vários pontos intransitáveis, necessitando inclusive da implementação de escória ou cascalho._x000D_
 Ressalta-se que a mencionada via além de ser utilizada por fiéis e turistas, por se tratar de um caminho antigo, o qual abarca o famoso caminho antigo da Estrada Real, ademais, resta esclarecer ainda que tal localidade também é a via principal utilizada para o escoamento de toda produção agrícola dos produtores desta região.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_no_100-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_no_100-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo através de sua Secretaria Municipal de Educação possa disponibilizar um veículo para atender a demanda de duas professoras residentes nas comunidades da Bem Querência e da Mata dos Pachecos._x000D_
 Tal ação justifica-se pois essas profissionais da educação, como aludido residem nessas comunidades e exercem a magistratura na zona urbana de nosso Município, e devido ao corte do horário de ônibus da empresa Sandra, as mesmas não possuem condições de retornarem às suas residências após o período de aula, o que tem dificultado o desenvolver de suas atividades laborais. _x000D_
 Desta maneira, ressalta-se que tal transporte somente será necessário na parte da tarde, ou seja, como aludido para que as mesmas tenham um transporte para voltar às suas residências.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/indicacao_no_101-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/indicacao_no_101-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a operação tapa buracos na estrada de acesso ao distrito da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo elevado número de buracos existente no decorrer da via, bem como faz-se necessário um patrolamento completo da mesma, logo o mesmo deverá ser realizado em momento oportuno, haja vista o período chuvoso que atravessamos._x000D_
 Desta maneira, a operação acima solicitada, visa devolver as condições mínimas de trafegabilidade desta importante via, que é utilizada diariamente pelo transporte escolar, bem como pelos produtores e demais moradores da localidade que utilizam a via para resolver seus problemas do cotidiano.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/indicacao_no_102-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/indicacao_no_102-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 46-2023 a qual solicita a manutenção imediata da via de acesso entre o bairro Castro e a comunidade do Lagrimar._x000D_
 Como aludido na indicação acima referida, a demanda justifica-se pela necessidade de manutenção da via, onde há um córrego manilhado que não suportou a vazão das águas pluviais e veio a se romper, fazendo com que parte da via  desbarrancasse, bem como a sua lateral, deixando uma enorme cratera._x000D_
 Entretanto, venho esclarecer que prontamente a demanda fora atendida, porém o serviço realizado no local não foi o adequado, motivo pelo qual novamente a parte da via que fora arrumada veio a desbarrancar, o que consequentemente vem a colocar a vida de todos os utilitários da mencionada estrada em risco, inclusive a dos alunos, pois conforme demonstra a foto anexa, o transporte escolar passa pelo local._x000D_
 Diante os fatos, solicita-se novamente a manutenção imediata do local.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_no_103-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_no_103-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da via vicinal que dá acesso a comunidade do Rio Abaixo, sentido Município de Jeceaba, até o limite de divisa do nosso Município com o mencionado Município, bem como a via de acesso a propriedade do Sr. Maninho e de outros moradores._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que se deteriorou bastante neste período chuvoso cujo qual atravessamos, dificultando o escoamento da produção de carvão, leite, entre outros, além de restringir o direito de ir e vir de todos os utilitários da mencionada estrada.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_no_104-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_no_104-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção de um mata-burro de ferro na localidade do Alto dos Cunhas._x000D_
 Tal ação justifica-se pois o mencionado mata-burro encontra-se com duas de suas travessas quebradas, a cerca de aproximadamente 03 (três) meses, colocando em risco a vida daqueles que necessitam trafegar pela supramencionada via rural, devendo o Município disponibilizar a solda do mesmo, para que nenhum acidente venha a ocorrer no local e para garantia das boas condições de trafegabilidade da referida via.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_no_105-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_no_105-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural na comunidade rural do Taquaril, em específico dois pontos, quais sejam a encruzilhada próximo a igreja da comunidade e o outro após o mata-burro que vai sentido a casa do Sr. Fernando Costa,  pois os mesmos apresentam grandes buracos._x000D_
 Tal ação justifica-se pela necessidade de aplicar escória em tais buracos existentes, pois além de dificultarem a trafegabilidade pelas mencionadas localidades, coloca em risco a vida dos utilitários da via também dificulta o escoamento da produção agrícola daquela região, podendo inclusive gerar prejuízos aos produtores. _x000D_
 Diante os fatos, tal ação deve ser realizada em regime de urgência, de maneira que a trafegabilidade da via seja restabelecida, o que consequentemente garante o direito de ir e vir dos munícipes e o escoamento da produção agrícola local.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_no_106-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_no_106-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma via de acesso na comunidade da Ponte Funda, via que liga a propriedade do Sr. Antônio Rosário e Sr. Beto._x000D_
 Tal ação justifica-se pois há um córrego manilhado sobre a mesma, cujo qual uma de suas manilhas veio a quebrar, fazendo com que parte da via desbarranca-se, conforme demonstra a foto anexa, situação que tem cerceado o direito de ir e vir desses moradores e também inibido o caminhão de leite de recolher a produção da localidade, fato que além de constranger os produtores também causa-lhes prejuízos, haja vista esse produto ser altamente perecível._x000D_
 Diante os fatos, solicita este signatário que seja realizada a troca da manilha que se quebrou, bem como a manutenção deste ponto da estrada, de maneira a devolver a trafegabilidade da via e não causar mais prejuízos aos produtores, em especial aos de leite.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_no_107-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_no_107-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria Municipal de Saúde, possa disponibilizar o aplicativo Whatsapp para confirmação de consultas, bem como para a confirmação de agendamento dos carros que realizam o transporte do Tratamento Fora do Domicílio - TFD._x000D_
 Tal ação visa facilitar a vida de nossos munícipes, haja vista que hoje o Whatsapp é parte do cotidiano da vida de todos, onde raramente encontramos pessoas que não o utilizam._x000D_
 Outro ponto a se destacar, é que rotineiramente tem chegado reclamações a este signatário, em especial dos moradores da zona rural de nosso Município, locais estes em que não existem sinais de quaisquer operadora de telefonia móvel,  aludindo ainda a este signatário que tais consultas são perdidas, pelo fato da Secretaria Municipal de Saúde fazer esta confirmação via ligação, e acabam por não obter essa confirmação pela falta de sinal telefônico. Assim a saúde destes munícipes restam-se prejudicadas e os mesmos voltam novamente ao fina</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/indicacao_no_108-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/indicacao_no_108-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada de acesso a comunidade da ponte funda, bem como seja ainda realizada essa manutenção na via de acesso a propriedade da Sra. Idalina e de outros._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, devido ao período chuvoso cujo qual atravessamos. Nesse sentido vale ressaltar que há uma grande produção leiteira e de carvão, e que pelo atual estado de conservação da via, esses produtores não estão conseguindo escoar a sua produção, correndo riscos diários de tomarem prejuízos. _x000D_
 Ademais, ressalto aqui ainda a necessidade da manutenção da via de acesso a propriedade da Sra. Idalina e de demais moradores, sendo estes produtores de leite e que já vieram a tomar prejuízos pois o caminhão não logrou êxito em realizar a coleta desta em razão do mal estado de conservação da mencionada via.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/indicacao_no_109-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/indicacao_no_109-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a comunidade das Laranjeiras à comunidade Olhos D’água, em específico próximo às propriedades dos Srs. Luís e  Guilherme._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstra a foto anexa, que se deteriorou devido ao período chuvoso cujo qual atravessamos e também pela falta de bueiros ao longo da estrada, fato que além de causarem buracos na extensão da via, ainda a deixa com diversos pontos de atoleiro, motivo pelo qual ainda solicita-se a implementação de cascalho ou escória nos pontos em que se julgarem necessários.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/indicacao_no_110-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/indicacao_no_110-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma via de acesso na comunidade da Ponte Funda, via de acesso à propriedade do Sr. Beto do Zé Rosário._x000D_
 Tal ação justifica-se pois na referida via de acesso há um córrego manilhado, cujo qual uma de suas manilhas quebrou, fazendo parte da via desbarrancar, conforme demonstra a foto anexa, situação que tem ocasionado o cerceamento do direito de ir e vir dos moradores, bem como tem inibido o caminhão de leite de recolher a produção da localidade, fato que além de constranger os produtores também causa-lhes prejuízos, pois este produto em especial é altamente perecível._x000D_
 Diante os fatos, solicita este signatário que seja realizada a troca da manilha que se quebrou, bem como a manutenção deste ponto da estrada, de maneira a devolver a trafegabilidade da via.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_no_111-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_no_111-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da rua José Geraldo de Oliveira, bem como a estrada que dá sequência da via pública._x000D_
 Tal ação justifica-se pois a supramencionada via encontra-se em um mal estado de conservação, vez que a mesma não possui nenhum tipo de pavimentação (asfáltica ou calçamento) e devido ao atual período chuvoso que atravessamos abriu-se um número elevado de buracos em toda sua extensão, solicita-se ainda que tal manutenção seja realizada na estrada após a mencionada via, até seu ponto final, por se tratar de um local que dá acesso a inúmeras propriedades._x000D_
 Destaca-se que a atual situação do local tem impactado diretamente no direito de ir e vir de todos aqueles munícipes residentes na localidade.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_no_112-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_no_112-2023.pdf</t>
   </si>
   <si>
     <t>A aplicação da recomposição salarial dos servidores da Prefeitura Municipal de Entre Rios de Minas, conforme preceitua o inciso X do Art. 37 da Constituição Federal, se possível com a aplicação de ganho real para os servidores, a exemplo do que foi efetuado pelo Governo federal na elevação do salário mínimo, fechando o valor em R$ 1.320,00, ou seja, com o reajuste total de 8,9% sobre o salário mínimo de 2022. Entendemos que a garantia do reajuste não é somente um direito, mas um estímulo para todos os trabalhadores de nosso Município, assegurando-lhes o poder de compra mais elevado, em especial neste momento de alta inflação._x000D_
 Ademais, reiteramos o pedido para que o Executivo Municipal avalie a possibilidade de implantação do cartão alimentação aos funcionários públicos, sendo mais um benefício que permita garantir a eficiência no serviço público além de permitir a circulação de mais dinheiro em nosso Município, fortalecendo nossa economia local.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/indicacao_no_113-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/indicacao_no_113-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura possa finalizar as obras complementares do “Morro do Batuta”._x000D_
 Neste sentido, insta esclarecer que a localidade fora pavimentada, resolvendo a problemática do local  dando condições dignas de trafegabilidade aos usuários, ressalta-se ainda que anteriormente a esta obra, o supracitado morro sempre ficava intrafegável na época das chuvas, porém pede-se que as obras complementares (canaletas) sejam finalizadas, haja vista a curta extensão que ainda não a possui, cerca de 30 metros de cada lado, sendo que os meio fios já foram instalados, restando somente essa pequena parte de canaletas para que a obra seja totalmente concluída._x000D_
 Ademais, vem este signatário parabenizar pela supramencionada obra, que deu condições de trafegabilidade para os utilitários da via onde o supramencionado morro se encontra, principalmente durante o período chuvoso.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_no_114-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_no_114-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção das vias de acesso a comunidade do Buraco da Pedra, em especial na via vicinal que dá acesso à antiga propriedade do Sr. Vivico._x000D_
 Tal ação justifica-se pelo mau estado de conservação das supramencionadas vias de acesso à referida comunidade e as estradas vicinais existentes ali, ademais solicita ainda que seja realizada a implementação de escória ou cascalho nos pontos em que se julgarem necessário. Ressalta-se que o acesso principal da referida comunidade encontra-se às margens da MG-270, após a entrada da comunidade da Ponte Funda.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/indicacao_no_115-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/indicacao_no_115-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural da comunidade da Água Limpa, em especial a via vicinal que encontra-se a primeira entrada à direita antes do Sr. Chiquinho, cuja qual dá acesso a propriedade do Sr. Pedro do churrasco da feirinha e vai até a divisa do nosso Município com o Município de Desterro de Entre Rios._x000D_
 Ademais, solicita-se ainda o desentupimento de dois mata-burros nas supramencionadas vias, conforme demonstram as fotos anexas, os mesmos estão totalmente assoreados devido ao período chuvoso que atravessamos, onde as enxurradas que desembocam nos mesmos o assoreou, estando localizados exatamente o primeiro na divisa das propriedades do Sr. João Bosco  do Américo com o Sr. Pedro do Churrasco e o segundo compreendendo-se entre a propriedade do Sr. Pedro do Churrasco e um beco existente.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/indicacao_no_116-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/indicacao_no_116-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da passagem lateral de um mata-burro na comunidade do Montijo, localizada na via que corta a propriedade do Sr. João do Ataíde, próximo a ponte do Montijo._x000D_
 Tal ação justifica-se pela necessidade de manutenção da supramencionada passagem alternativa, pois conforme demonstra a imagem anexa a mesma desbarrancou e assim tem prejudicado o tráfego por esta passagem lateral, que em suma serve para os cavaleiros, bem como para a passagem de carros de boi, charretes. _x000D_
 Ademais resta salientar que o Sr. João do Ataíde sempre foi um parceiro para com as demandas do município, inclusive doando pedras de seu terreno para realização de obras como as de cabresto de ponte da supramencionada comunidade, solicitando já por algumas vezes que a demanda fosse feita, haja vista o número de pessoas que a mesma atende.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/indicacao_no_117-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/indicacao_no_117-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado com urgência o patrolamento e encascalhamento das vias de acesso dos moradores da comunidade dos Faleiros, bem como a da estrada principal da comunidade._x000D_
 Tal ação justifica-se pelo mal estado de conservação das supramencionadas vias, que vão desde a estrada principal, às vias vicinais, essas conhecidas por vias de acesso. Segundo os moradores da localidade, tais vias estão praticamente intransitáveis, com diversos buracos e pontos de atoleiros (estes se formam em dias chuvosos)._x000D_
 Ademais, há de se esclarecer que a poucos dias atrás as máquinas no Município estavam naquela região, refazendo a ponte paliativa que substituirá provisoriamente a que se perdeu nas enchentes, motivo pelo qual estranha este signatário a não realização imediata da manutenção das estradas existentes na comunidade.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/indicacao_no_118-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/indicacao_no_118-2023.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido de patrolamento da via de acesso à casa da Sra. Marlene, localizada na comunidade dos Faleiros._x000D_
 A reiteração se dá pois o primeiro pedido fora feito verbalmente junto ao Sr. Secretário de Obras e Infraestrutura, Alexandre Resende, cujo qual compareceu ao local e viu as péssimas condições de trafegabilidade na via de acesso, estando a mesma cheia de buracos, então o Sr. Secretário autorizou a manutenção da mesma e ainda se comprometeu em realizá-la._x000D_
 Neste sentido, ressalta este signatário, que o pedido alhures fora feito no mês de setembro de 2022, persistindo a problemática até o presente momento, e que a cobrança vem sendo realizada desde a data informada, de forma verbal, e por não obter êxito, não restou outra alternativa a não ser a cobrança através da presente indicação.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/indicacao_no_119-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/indicacao_no_119-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a dedetização do cemitério Municipal, haja vista a necessidade de eliminar baratas, formigas, escorpiões, ratos, insetos e demais, assim como possíveis focos do mosquito Aedes Aegypti, transmissor de doenças como dengue, zika, chikungunya e febre amarela._x000D_
 Vale ressaltar que nos últimos tempos o que vem incomodando e trazendo risco a saúde de todos os munícipes frequentadores do cemitério e também aqueles que residem em suas imediações é a quantidade de escorpião que vem aparecendo nestes locais, motivo pelo qual solicita-se uma atenção especial para o controle desta “praga” que tem se espalhado mais que os outros animais._x000D_
 Ademais, resta salientar que em nossas cidades vizinhas esses animais estão sendo combatidos através de uma pulverização realizada com um produto que não oferece risco à saúde humana e nem ao meio ambiente, o que solicito para  ser realizado em nosso Município.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/indicacao_no_120-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/indicacao_no_120-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada Rural que liga a área urbana de nosso Município a comunidade do Sapé, somente no perímetro que corresponde ao nosso Município._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, em especial nas cavas existentes, locais estes bem mais degradados que o restante da via, devendo ainda este Executivo realizar a implementação de escória ou cascalhos nos pontos em que se julgarem necessários.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/indicacao_no_121-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/indicacao_no_121-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da Estrada das Flores._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, fato que tem restringido o direito constitucional de ir e vir de todas as pessoas que necessitam de trafegar pelo local, além dos diversos acidentes que têm ocorrido no local, ocasionados pelas péssimas condições da supramencionada via.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_no_122-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_no_122-2023.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido realizado via indicação de n° 61-2023, a qual solicita a manutenção da tubulação de água que passa na estrada rural de acesso a comunidade de São José das Neves, próximo a ACONEVES._x000D_
 Na supramencionada indicação fora aludido que um ponto da tubulação de água estava rompido, fato este que à época já causava diversos prejuízos aos cofres públicos, vez que a água em questão é fornecida pelo Município_x000D_
 Nesta seara, cumpre destacar este signatário que até o presente momento nada foi feito, inclusive a tubulação se rompeu em mais um ponto, conforme ilustra a foto anexa, aumentando o volume d’água que está sendo desperdiçado, além de tal fato aumentar o prejuízo gerado ao erário municipal._x000D_
 Assim, solicita-se mais uma vez que a problemática seja resolvida em regime de urgência, de maneira a não atrapalhar o abastecimento da comunidade em questão, bem como parar de gerar custos indevidos ao erário.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_no_123-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_no_123-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa através de sua Secretaria de Obras e infraestrutura realizar a manutenção de um mata-burro na comunidade dos Faleiros, localizado na desvio da ponte dos Faleiros._x000D_
 Tal ação justifica-se pois o mencionado mata-burro é muito estreito e tem seu meio aberto, e ainda para deixar mais crítica a situação do mesmo encontra-se em local de “ponto cego” na via, onde os condutores que não conhececem o mesmo podem acabar caindo no local ou até mesmo ocasionar algum acidente na via._x000D_
 Neste sentido, sugere este signatário que seja realizado o alargamento do mesmo, bem como que seu meio seja fechado, de maneira que o mesmo fique inteiriço.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/indicacao_no_124-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/indicacao_no_124-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de acesso a propriedade do Sr. Sanico e de demais moradores,  localizada na comunidade dos dois córregos, há de se esclarecer ainda que a referida via de acesso vai até a MG-270. _x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, o que tem implicado diretamente no cerceamento do direito de ir e vir dos moradores da localidade, além de impactar negativamente no escoamento da produção agrícola da localidade, o que pode inclusive gerar prejuízos a estes produtores._x000D_
 Desta maneira, solicita este signatário que a ação ora indicada seja realizada o mais breve possível.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/indicacao_no_125-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/indicacao_no_125-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção de um mata-burro de madeira localizado na estrada principal da comunidade da Serra do Camapuã, próximo a capela Olhos D’água e a propriedade do Sr. Ricardo do Tarciso e outros, estrada essa também que liga a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se por o referido mata-burro como aludido é de madeira e encontra-se com travessas quebradas, conforme se observa na foto anexa, fato este que pode gerar acidentes no local, ademais resta salientar que o mesmo encontra-se localizado na divisa da estrada principal da Serra do Camapuã, no começo de outra estrada que também liga a comunidade da Serra do Camapuã, local que ainda dá acesso a propriedade do Sr. Ricardo do Tarciso e outros.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_no_126-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_no_126-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada rural que liga o bairro Castro e a comunidade do Lagrimar._x000D_
 Ressalta-se que este signatário vem na verdade reiterar tal pedido que já fora feito por outros membros desta Casa Legislativa, inclusive sendo esta demanda resolvida uma vez, porém o serviço realizado no local não foi o adequado, motivo pelo qual novamente a parte da via que fora arrumada veio a desbarrancar, o que consequentemente vem a colocando a vida de todos os utilitários da mencionada estrada em risco, inclusive a dos alunos, pois conforme demonstra a foto anexa, o transporte escolar passa pelo local._x000D_
 Diante os fatos, por saber que mais vereadores já cobraram a manutenção, e nada fora feito, vem este signatário solicitar novamente a manutenção imediata do local, haja vista o tráfego de ônibus escolar e dos demais veículos que passam pelo local diariamente.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_no_127-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_no_127-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a roçada de todos os campos de futebol das comunidades rurais do Município._x000D_
 Tal ação busca proporcionar condições dignas para os praticantes de esportes nessas comunidades, além de fomentar as práticas esportivas em tais comunidades, que não possuem nenhum tipo de incentivo do poder público ao esporte. Ressalta-se que o mesmo é um instrumento importantíssimo para a manutenção da saúde, do entretenimento e da convivência social._x000D_
 Outrossim, busca-se ainda explicitar que a cerca de 60 (sessenta) dias tal pedido fora realizado de forma informal a este Executivo, ação que aquele momento se solicitou somente ao campo da comunidade da Serra do Camapuã, onde fora informado a este signatário que tal ação não poderia ser realizada por impeditivos legais.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_no_128-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_no_128-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa disponibilizar banheiros químicos nas imediações do local onde será realizada as comemorações da Semana Santa._x000D_
 Tal ação justifica-se pela necessidade de um local adequado para que os munícipes participantes das festividades possam utilizar para fazer suas necessidades biológicas, em especial os moradores da zona rural de nosso Município, que saem de casa cedo e ficam até o final das celebrações._x000D_
 Outro ponto a se destacar é a limpeza das vias públicas, que em dias de eventos é comum vermos pessoas urinando nas mesmas, espalhando um forte odor no local.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_no_129-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_no_129-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa viabilizar a implementação de uma quadra esportiva na comunidade São josé das Mercês (Gambá) ._x000D_
 Tal ação justifica-se pela necessidade de incentivar o esporte na supramencionada comunidade e em toda sua região, bem como proporcionar para os munícipes entretenimento e convívio social, o que resulta na manutenção da saúde dos mesmos._x000D_
 Ademais, resta salientar  que a constituição federal em seu art. 217 positiva o direito às práticas esportivas como dever do Estado, devendo então o Município fomentar a mesma.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_no130-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_no130-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal através de sua Secretaria de Educação possa orientar os monitores a permanecerem nas saídas das escolas, pelo prazo necessário até que o último aluno de seu ônibus embarque, bem como solicitar a Polícia Militar que faça rondas nestes locais no mesmo horário._x000D_
 Tal ação visa aumentar a segurança de nossas crianças e adolescentes, de modo com que previna que ilícitos sejam cometidos contra essas. Neste contexto, busca-se ainda alertar que recentemente na saída de uma escola no Município de Congonhas houve a tentativa de um sequestro, motivo pelo qual devemos fazer o possível para evitarmos algo do tipo em nossa cidade.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_no_131-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_no_131-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que possa ser realizada a pavimentação asfáltica da Praça da comunidade da Pedra Negra, onde fica localizada a igreja._x000D_
 Tal ação justifica-se pois o referido local não conta com nenhum tipo de pavimentação, e desta maneira faz-se necessária a intervenção supra solicitada por ser um local de convívio social, lazer, cultura e entretenimento, que inclusive recebe a tradicional folia de reis.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_no_132-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_no_132-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que a Secretaria de Obras e Infraestrutura, mas especificamente o setor responsável pela manutenção das estradas rurais, possa buscar escória que está sendo doada por uma empresa que encontra-se instalada nas imediações da divisa do nosso Município com o Município de Resende Costa - MG.  _x000D_
 Desta maneira, destaca-se que seria de grande valia que o município aproveite a doação deste importante insumo que é bastante utilizado para a manutenção das nossas estradas rurais e assim disponibilize 02 (dois) caminhões para buscá-lo, ação essa que impactará uma grande economia aos cofres municipais._x000D_
 Assim, caso essa ação seja possível, solicita-se subsidiariamente que seja realizada a manutenção das seguintes estradas rurais: Bem Querência, Colônia, Ponte Funda, Madruga da Pedra, Pedra branca até o Taboado, Vargem da Alegria até o Colônia, Buraco da Pedra, com a implementação deste cascalho.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_133-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_133-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a limpeza de 02 (dois) bueiros, localizados na Rua José dos Santos, bairro Vila São Vicente, em frente ao número 65._x000D_
 Tal ação justifica-se pois os referidos bueiros estão entupidos, falhando com a sua destinação de possibilitar o escoamento das águas pluviais, fato que começa a gerar enormes poças d’água ao longo da via e ainda sobrecarrega os outros bueiros existentes.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_no_134-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_no_134-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a operação tapa-buraco na Rua Joana Diniz Fonseca, localizada no bairro São Lucas (novo loteamento), em especial na altura do número 375._x000D_
 Tal ação justifica-se pois a supramencionada via encontra-se com alguns buracos em sua pavimentação asfáltica, conforme demonstram as fotos anexas, a qual chamo atenção para uma enorme cratera que se formou a altura do n° 375	, cujo qual já está atingindo o passeio, prejudicando assim todos os moradores e demais pedestres que trafegam pelo local.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/indicacao_no_135-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/indicacao_no_135-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de madeira na comunidade do Brumadinho, na via de acesso ao pesque e pague e outras residencias da comunidade._x000D_
 Tal ação justfica-se pois o mencionado mata-burro de madeira encontra-se com várias travessas quebras e outras que estão quebrando, conforme observa-se nas fotos anexas, situação que pode interditar o trafego no local e ainda causar danos aos condutores que por ali trafegam. _x000D_
 Desta maneira, solicita este signatário que a ação ora indicada seja realizada o mais breve possível.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/indicacao_no_136-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/indicacao_no_136-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa estudar a possibilidade de implementar o fornecimento de transporte para os moradores da Zona Rural._x000D_
 Tal ação visa disponibilizar o transporte dos moradores da zona rural para a zona urbana de nosso Município, que deverá ocorrer como achar funcional o poder Executivo, de maneira que uma vez por semana seja disponibilizado o transporte dessas pessoas para a zona urbana.	_x000D_
 Assim cada região rural abrange várias comunidades, que possuem um número elevado de moradores, que em suma enfrentam grande dificuldades para acessar a área urbana do Município, pois nem todos possuem veículos, motivo pelo qual a presente indicação resolveria grande parte deste problema._x000D_
 Por fim, podemos citar ainda o Município de Desterro de Entre Rios - MG que se atentou a essa necessidade existente de sua população e protocolou um Projeto de Lei junto à Câmara Legislativa para aprovação de tal matéria.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_no_137-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_no_137-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento de uma via de acesso na comunidade do Brumadinho, bem como a troca das manilhas que encontram-se na mesma, tal via dá acesso às residências do Sr. Claudio, Sr. Moisés e outros._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que necessita-se urgentemente da troca das manilhas que se quebraram, bem como o patrolamento e a implementação de cascalho, insumo esse existente no local e que será doado pelo Sr. Moisés, ato que já facilita a manutenção da mencionada via e ainda onera menos oerário.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/inidcacao_no_138-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/inidcacao_no_138-2023.pdf</t>
   </si>
   <si>
     <t>Que, à luz da Lei Municipal nº 1.934/2022, que institui o Programa Mulher Empreendedora, o Poder Executivo Municipal possa executar programas e valorização e incentivo da produção feminina, a exemplo da Feira da Mulher Empreendedora, realizada neste final de semana na cidade de Divino-MG._x000D_
 Segundo a Assistência Social do Município, mais de 50 empreendedoras participaram do evento, que teve como objetivo promover o empoderamento feminino, valorizar e incentivar a geração de renda, promover a autoestima e a melhoria na qualidade vida das mulheres._x000D_
 A Feira começou com a mentora Cinthia Nobre, que, através do SEBRAE palestrou sobre empreendedorismo e lucro. O projeto, além de proporcionar geração de renda, favorece e fortalece a união entre as mulheres Divinenses. O evento contou com apresentação musical, sorteios de brindes e muita diversão para o público que prestigiou o evento das mulheres.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_no_139-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_no_139-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de uma lixeira na entrada de acesso a comunidade das Bruxas, localizada às margens da rodovia MG-383._x000D_
 Tal ação advém dos moradores da localidade que alegam que várias pessoas que não residem na supracitada comunidade tem descartado seus resíduos de qualquer jeito na entrada da comunidade, fato que além de sujar o local e degradar o meio ambiente, também é um atrativo para a infestação de animais peçonhentos._x000D_
 Assim, de imediato faz-se necessária a implementação da lixeira ou caçamba de lixo, bem como o recolhimento destes uma vez na semana.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_no_140-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_no_140-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada de acesso a comunidade de São José das Neves (Rua do Fogo)._x000D_
 _x000D_
 Tal ação advém da necessidade imediata de manutenção da supramencionada via, haja vista as más condições trafegabilidade que a mesma apresenta, com vários buracos e pontos de atoleiro, situação essa que restringe o direito de ir e vir de todos os munícipes residentes nesta região e também das demais pessoas que utilizam a via diariamente.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_no_141-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_no_141-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a comunidade São José das Neves (Rua do fogo) até a comunidade da Serra do Camapuã, sendo a entrada que compreende a entrada em frente a igreja das Laranjeiras, onde se encontra o bar e mercearia Ponto de Encontro._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação da supramencionada via, conforme demonstra as fotos anexas, impactando diretamente nas condições de trafegabilidade, cerceando o direito de ir e vir dos munícipes que residem nessas imediações e dos demais utilitários da mencionada via rural.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_no_142-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_no_142-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de uma ponte localizada na Cachoeirinha, mas especificamente abaixo do viaduto._x000D_
 Tal ação justifica-se pois como se observa na foto anexa, a mencionada ponte está sem um pranchão, situação que põe em risco a vida daqueles que necessitam trafegar pela localidade, além de restringir o direito de ir e vir dos utilitários da via em que a ponte se encontra, haja vista que nem todas as pessoas arriscam a passar pelo local por medo de ocorrer algum acidente.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_no_143-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_no_143-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através de sua secretaria de Cultura, Esporte, Lazer e Turismo possa disponibilizar uma van ou outro veículo similar para realizar o transporte da equipe de futsal do Rio Minas Futebol Clube até a cidade de Ouro Branco - MG_x000D_
 Tal ação justifica-se pois a presente equipe entrerriana está disputando a 5ª copa odontoclin, e jogará a semifinal do campeonato no dia 21/03/2023 e encontra-se até o presente momento sem meio de transporte para deslocar-se até o supramencionado Município onde o jogo ocorrerá._x000D_
 Ademais, vale salientar ainda que o supramencionado transporte deve sair de nosso Município às 19:00 horas, recolhendo os jogadores na praça do bairro São Lucas e na do bairro Santa Efigênia, e sair de Ouro Branco - MG às 22:00 horas, haja vista que o jogo começa às 20:50.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_no_144-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_no_144-2023.pdf</t>
   </si>
   <si>
     <t>Inicialmente, gostaria ainda de parabenizar a Secretaria de Saúde pelas obras de reforma da ESF Dr. Alcino Lázaro, que ao meu ver eram necessárias ao prédio, e ela trará mais comodidade, conforto e infraestrutura para os munícipes que a utilizam._x000D_
 Diante as congratulações, solicita-se que seja realizada a limpeza das caixas d’água da referida ESF com mais frequência._x000D_
 Tal ação justifica-se por uma preocupação advinda dos utilitários da mencionada ESF, vez que os mesmos alegam que a ação indicada não é realizada rotineiramente, o que causa um certo desconforto para aqueles que utilizam da água do local para beber.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_no_145-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_no_145-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de uma ponte localizada na cachoeirinha, sentido comunidade do Brumadinho, mas especificamente abaixo do viaduto, próximo a propriedade do Sr. Cesar do Geraldo Leão._x000D_
 _x000D_
 Tal ação justifica-se pois como se observa na foto anexa, a referida ponte está sem alguns pranchões próximo a sua cabeceira, situação que põe em risco a vida daqueles que necessitam trafegar pela localidade, em especial dos motociclistas, o que acaba por restringir o direito de ir e vir dos utilitários da via em que a ponte se encontra, haja vista que nem todas as pessoas que necessitam  de trafegar por ali não se arriscam em passar pelo local por medo de ocorrer algum acidente.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/indicacao_no_146-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/indicacao_no_146-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada o patrolamento de um morro localizado na via de acesso a Casa da Sra. Antônia do Cristiano, compreendida na comunidade dos Coelhos, mas especificamente na localidade conhecida como Potreiro, sendo a primeira à direita na estrada de acesso Cachoeira do Gordo.	_x000D_
 Tal ação justifica-se pois somente o referido morro da estrada de acesso encontra-se intransitável, bem como pede-se no momento só o patrolamento do mesmo, pois o resto da estrada está em condições dignas de trafegabilidade, tendo inclusive um ponto que é de grama, não podendo a mesma ser mexido pois se não restará intrafegável o local.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_no_147-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_no_147-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção de um mata-burro de madeira localizado na comunidade do Brumadinho, que compreende-se ao lado da torre de internet do supramencionado local._x000D_
 Tal ação justifica-se pela necessidade de manutenção do referido mata-burro de madeira e encontra-se com diversas travessas quebradas, fato que tem atrapalhado o tráfego pela localidade, colocando em risco a vida daqueles que utilizam a via em que o mesmo se encontra. Outro ponto a se destacar é que o mencionado mata-burro rotineiramente tem suas travessas danificadas, motivo pelo qual poderia o mesmo ser trocado por um feito de ferro.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/indicacao_no_148-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/indicacao_no_148-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja roçada a estrada rural que liga o bairro Castro, qual seja a que liga a localidade Madruga da Serra até a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pela necessidade de roçar a referida via rural, que está tomada pelo mato, dificultando assim em especial o tráfego de pessoas. Outro ponto a se destacar é que o acúmulo de mato na beira da mencionada via atrai animais peçonhentos, o que pode gerar acidente com os pedestres</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/indicacao_no_149-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/indicacao_no_149-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e cascalhamento da estrada rural que liga a Comunidade do Colônia a comunidade da Vargem da Alegria, bem como que seja retirada da mencionada via as enxurradas._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, conforme demonstram as fotos anexas, a mesma se deteriorou em função do período chuvoso que atravessamos, principalmente por causa das enxurradas que correm na extensão da mesma, devendo este Executivo ao de realizar o patrolamento e cascalhamento da mesma atentar-se  para a retirada das pluviais, pois sem essa ação a via se deteriorar novamente no próximo período chuvoso.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/indicacao_no_150-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/indicacao_no_150-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Município possa fazer um esforço para disponibilizar um número maior de exames laboratoriais oferecidos pela Secretaria de Saúde aos munícipes, haja vista que a população tem cobrado muito deste signatário e dos demais membros desta Casa Legislativa para que se oferte mais cotas_x000D_
 Neste sentido, venho esclarecer que os moradores das Zonas Rurais de nosso Município saem mais lesados, pois a dificuldade de chegar até a zona urbana nas primeiras horas da manhã para “carimbar” os seus pedidos de exames é gigantesca, haja vista ainda que o Município não oferece nenhum tipo de transporte letivo para esses, motivo pelo qual solicita-se ainda que seja reservado se possível, um quantitativo dentro das cotas a serem repassados a estes munícipes._x000D_
 Desta maneira, solicita-se a Secretaria de Administração, Finanças e Planejamento que se esforce para alocar mais recursos nesta área, pois como já aludido os destinados a esse serviço é insuficiente para atender a demanda da população.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_no_151-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_no_151-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a isenção da taxa de inscrição do concurso público que irá ocorrer no presente ano para o seguinte grupo de pessoas: doadores de medula óssea, doadores de sangue e pessoas de baixa renda que estão regularmente cadastrados no CAD Único._x000D_
 A ação está amparado no que dispõe a Lei Federal n° 13.656/2018, cuja qual resguarda o direito a esses grupos de pessoas em prestar concurso público sem o devido pagamento da taxa de inscrição, fato que deve ser respeitado e oportunamente dará condições as pessoas que se encontram inseridas nessas situações de participar do mencionado público municipal.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_no_152-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_no_152-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa disponibilizar aos servidores que trabalham expostos ao sol protetor solar._x000D_
 Tal ação busca preservar a saúde desses servidores, que para exercerem suas funções ficam expostos aos raios solares. Essa exposição sem a adequada proteção, principalmente nos horários em que o sol está mais quente e por um longo período, pode gerar problemas de saúde a curto e longo prazo. _x000D_
 Nesta seara o que pode acontecer a curto prazo é insolação, desidratação e até queimaduras, porém a longo prazo o problema é ainda mais sério, com o surgimento de melanomas (câncer de pele) que podem surgir em toda parte do corpo, mas em especial aquelas que ficam mais expostas aos raios solares sem a devida proteção._x000D_
 Desta maneira, entende este signatário que a ação é de extrema importância para nossos servidores, pois busca-se através da distribuição de protetor solar cuidar da saúde de cada um, fator que a grosso modo pode até mesmo ser interpretado como um EPI.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_no_153-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_no_153-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo através de sua Secretaria de Obras e Infraestrutura possa fazer uma canaleta nos fundos da residência de n°200 na Rua  São Vicente, bairro Vila São Vicente._x000D_
 Tal ação justifica-se pois no fundo da supramencionada residência há um barranco e os dias de chuva a água que escorre do mesmo está derrubando o muro da residência, assim para evitar que isso ocorra deve ser feita uma canaleta no local para drenar essa água e não deixar que a mesma derrube o mencionado muro.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_no_154-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_no_154-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção ou a troca do bebedouro da ESF Valéria Baeta._x000D_
 Tal ação justifica-se pois o mesmo não está funcionando e a troca do filtro do mesmo fora realizado em 2021, sendo a próxima agendada para o ano de 2022, o que não fora realizado, conforme demonstra a foto anexa, a qual pode-se visualizar a etiqueta de manutenção, ademais resta salientar que o pedido advém dos utilitários da ESF em questão.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_no_155-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_no_155-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a Comunidade da Serra do Camapua até o Município de Lagoa Dourada, até a divisa destes Municípios._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstra as fotos anexas, devendo o Município realizar tal manutenção até a divisa, pois é o que tem competência para tal. _x000D_
 Outro ponto a se destacar é que além da manutenção na via, deve ser realizada também a retirada das águas pluviais da via, pois em suma são elas que ajudam a deteriorar a via, restringindo assim o direito de ir e vir de todos os utilitários da mesma.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_no_156-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_no_156-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte de madeira localizada próximo a propriedade do Sr. Otávio, sentido a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supracitada ponte, conforme se observa nas fotos anexas, alguns de seus pranchões estão quebrados, colocando em risco a vida de todos os utilitários da referida via, fato este que pode inclusive ocasionar algum acidente.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_no_157-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_no_157-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural que liga a rodovia MG-383 até a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pois a mencionada via rural encontra-se em um péssimo estado de conservação, com vários buracos no decorrer de sua extensão e pontos irregulares, conforme demonstra a foto anexa, o que dificulta a trafegabilidade pelo local, em especial daqueles munícipes que utilizam da via para fazer suas atividades diárias, como as de saírem da mencionada comunidade para trabalharem na zona urbana de nosso Município.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_no_158-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_no_158-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de madeira localizado próximo a capela do Olhos D’água, na via que corta a propriedade do Sr. Ricardo, filho da dona Zélia e do Sr. Tião._x000D_
 Tal ação justifica-se pelo mal estado de conservação do mencionado mata-burro, que está com várias travessas quebradas, conforme demonstram as fotos anexas, situação essa que além de restringir o tráfego pela localidade ainda gera o risco de ocasionar acidentes no local.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_no_159-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_no_159-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via rural que liga a comunidade da Gameleira até a comunidade de São José das Mercês._x000D_
 Tal ação justifica-se pelo mal estado de conservação da mencionada via, conforme demonstra a foto anexa, no decorrer de toda sua extensão há um número excessivo de buracos, em suma esses ocasionados pela falta de retirada das águas pluviais. _x000D_
 Desta maneira, a manutenção do local é de suma importância para devolver a esta via condições dignas de trafegabilidade, haja vista o escoamento da produção agrícola destas comunidades, bem como resguardar o direito de ir e vir de todos os utilitários da supramencionada estrada rural.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_no_160-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_no_160-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa finalizar a obra de uma ponte localizada na comunidade de São José das Mercês._x000D_
 Tal ação justifica-se pois a supramencionada obra da ponte não fora finalizada,conforme demonstra a imagem anexa,  de maneira que a mesma como se encontra pode se perder e onerar ainda mais os cofres do Município, além de restringir o direito de ir e vir dos utilitários da mencionada via.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_no_161-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_no_161-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca dos aparelhos da academia ao ar livre da comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pelo mal estado de conservação dos aparelhos da mencionada academia ao ar livre, conforme demonstra as imagens anexas, o que impossibilita a manutenção dos mesmos, fazendo-se necessário a substituição destes por novos._x000D_
 Desta maneira o Município voltará a ofertar aos moradores da supramencionada localidade condições dos mesmos praticarem atividades físicas, o que implica diretamente na melhoria de condicionamento físico, qualidade de vida e saúde, além de proporcionar momentos de lazer e de interatividade social.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/indicacao_no_162-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/indicacao_no_162-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção das estradas rurais da comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pelo mal estado de conservação de todas as estradas que dão acesso a supramencionada comunidade rural, conforme demonstram as fotos em anexo, o que tem cerceado o direito de ir e vir de todos os munícipes que moram nesta comunidade rural e dos demais utilitários desta via._x000D_
 Outro ponto a se destacar é a rotineira reclamação de que quando as máquinas do Município vão arrumar a estrada da comunidade de São José das Mercês (Gambá), nunca viram até a comunidade da Pedra Negra para realizar a manutenção das vias rurais existentes no mencionado povoado.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_no_163-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_no_163-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa realizar a limpeza de todas as trilhas existentes no parque ecológico da Cachoeira do Gordo._x000D_
 Tal ação visa a segurança de todos os munícipes e demais turistas que passeiam pelo local, e também para todos aqueles que utilizam dessas trilhas para a prática esportiva, a qual cito como exemplo o mountain bike e trail run (corrida na de trilha)._x000D_
 Ademais a ação compreende também como um atrativo para que novos turistas possam explorar a localidade, levando consigo a prazerosa sensação do mais extremo contato com a natureza e as melhores recordações de nosso Município e em especial desta localidade.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_no_164-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_no_164-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural próximo a casa dos Srs. Chiquinho da Água Limpa, Pedro da feira e da Sandra, sentido a casa do Sr. Bosco, compreendida na comunidade da Acaiuaba de Cima._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação da supramencionada via, conforme se observa nas fotos anexas, tendo se deteriorado em função da falta de manutenção, bem como pela ação as água pluviais, estas que estão escorrendo por toda extensão da via, o que gera um número elevado de buracos._x000D_
 Ademais, com o intuito de facilitar a manutenção do local e também gerar menos gastos aos cofres públicos municipais, este signatário conseguiu com o Sr. Bosco o cascalho necessário para a manutenção da aludida via. _x000D_
 Por fim, solicita-se ainda que na mesma localidade seja realizado o desentupimento de um mata-burro, que veio a perder sua função de origem, qual seja a de separar dois terrenos pelo fato de tal local ter se entupido.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_no_165-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_no_165-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma ponte localizada na comunidade da Acaiuaba, próximo às propriedades dos Srs. Lúcio da Cemig e Elvécio._x000D_
 Tal ação justifica-se pois próximo ao cabresto da mencionada ponte abriu-se um buraco, conforme se observa na foto anexa, fato que pode vir a ocasionar algum acidente na localidade, principalmente pelo fato de muitos motociclistas transitarem pela mencionada via.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_no_166-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_no_166-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata do mata-burro de ferro instalado na estrada de acesso a comunidade do Brumadinho, cujo qual encontra-se praticamente as margens da rodovia MG-383._x000D_
 Tal ação justifica-se pois há um enorme buraco aberto no supramencionado mata-burro, conforme demonstra a imagem anexa, fato que pode começar a gerar acidentes no local, e que põe a vida das pessoas que necessitam de trafegar pela localidade em risco.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_no_167-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_no_167-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da via de acesso a comunidade do Brumadinho, a qual seja a principal via de acesso à referida localidade (mais utilizada), que começa às margens da rodovia MG-383 após o bairro Castro._x000D_
 Tal ação justifica-se pelo mal estado de conservação da mencionada via rural, que está cheia de buracos em toda sua extensão, esses ocasionados na maioria das vezes pela falta da retirada das águas pluviais. _x000D_
 Ademais, resta salienta que as condições atuais da via além cercear o direito de ir e vir dos utilitários do local, também impõe grandes dificuldades para que os produtores rurais consigam escoar a sua produção.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_no_168-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_no_168-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de ferro localizado na via rural que liga a comunidade dos Coelhos e do Montijo a comunidade do Brumadinho, na divisa entre as propriedades do Sr. Cleniton, conhecido como Capelinha e do Sr. Waldir._x000D_
 Tal ação justifica-se pois o referido mata-burro esta com uma de suas travessas quebrada, conforme demonstra a imagem anexa, e encontra-se desta maneira a pelo omenos 02 (dois) anos, ja tendo este signatário realizado outra indicação pleiteando a manutenção e até o presente momento o aludido mata-burro continua na mesma situação._x000D_
 Desta maneira, vem mais uma vez pleitear que seja realizado a manutenção indicada, considerando o risco de acidente que o local apresenta, fato que pode gerar prejuízos aos condutores que trafegam por ali e também colocar em risco sua integridade física.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_no_169-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_no_169-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da estrada rural que liga a zona urbana de nosso Município a comunidade de São José das Mercês, bem como que o mesmo seja realizado na via de acesso a comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via rural, cuja qual dificulta diariamente a vida das pessoas que necessitam trafegar pela mesma, em especial aquelas que moram nessas comunidades e exercem sua atividade laboral na zona urbana de nosso Município, outro ponto a se destacar é a dificuldade de escoar a produção agrícola destas localidades._x000D_
 Ademais, o pedido subsidiário em relação a comunidade da Pedra Negra deve ser atendido, haja vista que os moradores da localidade rotineiramente explanam que a máquina quando vai realizar a manutenção da estrada da comunidade de São José das Mercês não entra na via de acesso a comunidade da Pedra Negra, deixando a população desta comunidade indignada, haja vista a proximidade dos locais.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/indicacao_no_170-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/indicacao_no_170-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a manutenção imediata de um buraco que surgiu na pavimentação asfáltica da Rua Sebastião Idelfonso de Oliveira._x000D_
 _x000D_
 Tal ação justifica-se pela necessidade de manutenção do local, antes que o mesmo se degrade ainda mais, ademais, resta salientar que o referido buraco está minando água, conforme demonstra a foto anexa, não sabendo os moradores se o vazamento fora ocasionado por algum duto da COPASA que se rompeu ou se é rede de esgoto que veio a romper._x000D_
 _x000D_
 Neste sentido, pede-se que o Executivo compareça ao local imediatamente para resolver a demanda solicitada, bem como acione a COPASA no caso desta tubulação pertencer a essa companhia.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_no_171-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_no_171-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o desentupimento da galeria de esgoto localizada dentro da propriedade do sr. Benedito Gamelão, no bairro Castro._x000D_
 Tal ação justifica-se pois a rede de esgoto que passa pela propriedade do Sr. Benedito Gamelão está entupida, conforme demonstra a imagem em anexo, fazendo com que o esgoto que passa pela localidade corra de forma livre, contaminando toda a superfície do terreno, inclusive podendo contaminar o mesmo, fato que configura inclusive crime ambiental, podendo o Município responder criminalmente pelos danos causados ao meio ambiente._x000D_
 Outro ponto a se destacar, é o risco à saúde que a presente situação leva aos Munícipes residentes nesta localidade</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/indicacao_no_172-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/indicacao_no_172-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n°48 - 2023 a qual solicita que seja realizada a manutenção imediata da estrada rural que liga o bairro Castro à comunidade do Lagrimar._x000D_
 A ação da mencionada indicação justificas-se pela necessidade de manutenção da supracitada estrada rural, conforme ainda demonstram as fotos anexas, local esse onde existe um córrego manilhado na referida via, que aparentemente não suportou a vazão das águas pluviais e assim veio a se romper, fazendo com que parte da mesma desbarranca-se, bem como a sua lateral, deixando uma enorme cratera._x000D_
 Desta maneira, ressalta-se que uma parte da mencionada via já cedeu e a outra encontra-se em risco iminente, o que deve ocorrer caso chova novamente na localidade, interrompendo assim o tráfego do local. Ademais, chama atenção o risco que a atual situação da supracitada via oferece àqueles utilitários que dependem da mesma para resolver suas pendências do dia a dia e também para escoar toda sua produção agrícola.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_no_173-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_no_173-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município possa determinar ao fiscal de Posturas a averiguação de todos lotes vagos, públicos e particulares, que se encontram em condições de abandono com grande quantidade de mato, para que seja realizada a limpeza dos mesmos, em observância ao que preceitua o Código de Posturas do Município de Entre Rios de Minas, em seu art. 12, adotando para isso todas as medidas cabíveis, inclusive a cominação de multa aos proprietários que estejam irregulares, nos termos do art. 15 da mencionada lei. _x000D_
 Dessa maneira, o Poder Público poderá promover o combate à doenças e proliferação de pragas e insetos, tendo em vista que em lotes abandonados e sujos, há grandes riscos de haver proliferação de pragas, como ratos, escorpiões, cobras, entre outros animais. Essas doenças podem rapidamente se espalhar pela cidade e prejudicarem muitas pessoas, mas tudo pode ser evitado com uma boa limpeza.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_no_174-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_no_174-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar um estudo sobre a atualização da Lei Municipal n° 1.597 de 16 de junho de 20111, a qual dispõe sobre  a criação de estagiários na Administração direta do Município._x000D_
 Trata-se de uma demanda que surge para melhorarmos o programa de estágio ofertado pelo Município, de modo a darmos a oportunidade para nossos alunos que estão cursando a sua graduação e também a pós-graduação, para tanto este signatário humildemente encaminhar o anexo I, desta indicação ao qual segue uma minuta de projeto que ao meu ver seria o ideal para o nosso Município, deixando em aberto apenas os valores das bolsas, que deverão ser fixados em UPV, uma vez que a bolsa não pode ser concedida usando o parâmetro do salário mínimo vigente.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_no_175-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_no_175-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 347-2022 a qual solicita que este Executivo Municipal possa verificar se o lote de sua propriedade localizado na Rua José dos Santos está sendo ocupado por alguém._x000D_
 A época fora explanado na mencionada indicação que os moradores da localidade informaram que possivelmente o local de propriedade do Município estava indevidamente ocupado por alguma pessoa que estava criando animais no local, fato que persiste até o presente momento, de acordo o que foi novamente trazido a este signatário, ainda se esclareceu naquele momento que o local estava sendo cercado por cerca, o que de fato ocorreu._x000D_
 Ademais a citada indicação ainda explanou que o local estava servindo de depósito de entulhos, o que atrai animais peçonhentos para a localidade, situação esta que persiste até o presente momento e ainda se agravou pelo acúmulo de água da chuva, fato que ajuda a proliferação de mosquitos, tais como o Aedes Aegypti, que é o transmissor de doenças como a Dengue, Zika e Chikungunya</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_no_176-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_no_176-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da rede de esgoto que sai de uma casa na Rua Dr. João Vaz n° 595, de propriedade da Sra. Leninha e da Sra. Margareth._x000D_
 Tal ação justifica-se pois a mencionada rede de esgoto aparentemente se rompeu, e assim os dejetos estão vazando nesta residência em questão, fato que além do dissabor aos moradores põe em risco a sua saúde, pelo elevado número de bactérias e microrganismos presentes no esgotamento sanitário._x000D_
 Ademais, resta salientar que a Sra. Leninha (do zé do Padre) é pessoa idosa, com aproximadamente 90 anos de idade, fato que agrava a sua situação, pois sabe-se que a imunidade dos idosos é de fato mais baixa, bem como o risco que essa Sra. encara de escorregar neste esgoto e cair, podendo vir a fraturar algum osso.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_no_177-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_no_177-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da rede iluminação pública da Rua Alípio Coelho de Oliveira até a esquina da Rua Fluorita, localizadas no bairro São Lucas._x000D_
 Tal ação justifica-se pois toda a extensão da Rua Alípio Coelho de Oliveira está apagada, começando nas imediações da subestação da ETE e indo até a esquina com a Rua Fluorita, podendo o problema se resolver pela simples troca das lâmpadas de iluminação ou ser algo no decorrer da rede elétrica. _x000D_
 Ressalta-se que a situação tem deixado os moradores da localidade com uma sensação de insegurança, haja vista que a falta de iluminação torna o lugar ermo, próprio para o cometimento de ilícitos, o que também incide na restrição do direito de ir e vir desses munícipes.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_no_178-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_no_178-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem INDICAR a este Executivo Municipal, ouvido o egrégio Plenário na forma regimental, a seguinte reivindicação:_x000D_
 _x000D_
 CONSIDERANDO o aumento do número de ESF no Município._x000D_
 _x000D_
 CONSIDERANDO aumento do número de Médicos especialistas que passaram a atender em nosso Município após a Plenagem da Saúde._x000D_
 _x000D_
 CONSIDERANDO o aumento do número de consultas ofertadas pelos CISALV._x000D_
 _x000D_
 CONSIDERANDO que  hoje a oferta é destes exames laboratoriais é insuficiente para atender a demanda existente no Município._x000D_
 _x000D_
 Por todo exposto, solicito o aumento do número de exames laboratoriais ofertados pelo Município, de maneira que consiga sanar toda a demanda existente.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_no_179-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_no_179-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa ofertar aos doadores de sangue do Município, representados pelo grupo de doadores “Galera Sangue Bom” uma van para transportá-los durante a semana para que os mesmos possam realizar estas doações no centro de coleta._x000D_
 Ressalta-se que a demanda surgiu através de um ofício recebido por este signatário e também por esta Casa de Leis, o qual dispõe que o município sempre foi um parceiro da causa, mas que recente só tem conseguido atender a demanda deste grupo aos finais de semana, fato que impede muita gente que possui a disponibilidade de doar somente durante a semana não o faça por falta deste transporte._x000D_
 Assim, sabendo da alta demanda que o Município possui para com os tratamentos realizados fora do domicílio, vem este signatário sugerir a contratação de uma van para realizar este transporte, pelo menos de 15 em 15 dias durante algum dia útil da semana.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>Rivael Nunes Machado, Joãozinho Cricri, Levi da Costa Campos, Rodrigo de Paula Santos Silva, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_no_180-2023.pdf</t>
+    <t>Rivael Nunes Machado, Joãozinho Cricri, Levi da Costa Campos, Rodrigo de Paula Santos Silva, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_no_180-2023.pdf</t>
   </si>
   <si>
     <t>A Comissão de Obras e Serviço Municipais Públicos, acompanhada do vereador Rodrigo de Paula Santos Silva, que esta subscrevem vem INDICAR a este Executivo Municipal, ouvido o egrégio Plenário na forma regimental, a seguinte reivindicação:_x000D_
 _x000D_
 Que este Executivo Municipal possa disponibilizar um servidor, ou contratar uma para atender ao Centro de Ensino  Municipal Infantil “Geralda Vieira de Melo”, cujo qual exercerá a função de zelador do local._x000D_
 Tal ação justifica-se através de demanda apresentada a estes signatários pela coordenação da instituição, em visita in loco realizada no dia 16 de março de 2023.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_no_181-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_no_181-2023.pdf</t>
   </si>
   <si>
     <t>A Comissão de Obras e Serviço Municipais Públicos, acompanhada do vereador Rodrigo de Paula Santos Silva, que esta subscrevem vem INDICAR a este Executivo Municipal, ouvido o egrégio Plenário na forma regimental, a seguinte reivindicação:_x000D_
 Que este Executivo possa viabilizar a instalação de sistema de Câmeras em todo o prédio do  Centro de Ensino  Municipal Infantil “Geralda Vieira de Melo”, bem como em sua parte externa._x000D_
 Tal ação advém de demanda apresentada a estes signatários pela coordenação da instituição, em visita in loco realizada no dia 16 de março de 2023, e justifica-se por ser mais um mecanismo que ajudará na segurança do local, tanto para os alunos, pais, professores, auxiliares, convidados e demais usuários do local.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_no_182-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_no_182-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que começa no alto da pedreira da comunidade Montijo dá acesso às propriedades dos Srs. Wander genro do Alcidinho, Paulinho do Paulo Miranda, e outros e vai de sentido ao antigo areal do Alcidinho do Antônio Miranda._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, conforme demonstram as fotos anexas, fato que tem dificultado a locomoção e o escoamento da produção agrícola destes munícipes, motivo pelo qual solicita-se a manutenção imediata do local.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_no_183-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_no_183-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da estrada rural que liga a MG-383 a comunidade do Brumadinho, qual seja o acesso principal a mencionada localidade._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supracitada via, que se deteriorou bastante em função do período chuvoso que atravessamos. Neste sentido, no presente momento cujo qual entramos no período de seca, faz necessária a manutenção imediata da referida estrada rural, de maneira a garantir a boa trafegabilidade da via, garantindo aos munícipes e demais utilitários da via o direito de ir e vir, bem como a possibilidade dos produtores rurais escoar toda a sua produção.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_no_184-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_no_184-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a roçada de uma estrada rural na comunidade do Montijo, a partir da parte alta da propriedade do Sr. Paulo Coelho até a mencionada comunidade._x000D_
 Tal ação advém dos moradores da localidade, que requerem a ação pois segundo os mesmos, o local está tomado por “unhas de gato”, o quem atrapalhado e muito o tráfego pelo local, pois diminui a visibilidade da via, além de ser uma vegetação que possui espinhos, podendo a mesma machucar os motociclistas e demais moradores que passam pelo local a cavalo, de carro de boi e até mesmo a pé._x000D_
 Outro ponto a se destacar, é que pela mencionada via também transita o transporte escolar, e alunos ao trafegarem com a janela do ônibus aberta podem se ferir._x000D_
 Posto isto, solicita que este Executivo Municipal possa realizar a limpeza imediata das margens da supramencionada via rural, de maneira a garantir a segurança de quem transita pelo local.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_no_185-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_no_185-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa realizar a implementação de detectores de metais nas escolas da rede Municipal de ensino._x000D_
 _x000D_
 O pedido tem por escopo aumentar a segurança de nossas escolas, tendo em vista todos os acontecimentos recentes que assolaram o nosso país, quais sejam as invasões dos prédios escolares com a finalidade de ataque às nossas crianças e demais profissionais da educação, que infelizmente deixaram vários óbitos e feridos, como forma de prevenir esse tipo de ação criminosa possa ocorrer em nosso Município</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_no_186-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_no_186-2023.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a contratação de um segurança para atuar em cada escola do Município, de maneira que o mesmo possa auxiliar no controle de acesso aos prédios escolares._x000D_
 Neste sentido, sugere-se ainda que este profissional seja devidamente capacitado para lidar com situações extremas, bem como para lidar com nossas crianças e ainda estar devidamente uniformizado para facilitar sua identificação. Outro ponto importante é que este profissional possa realizar a orientação aos demais servidores das escolas para que os mesmos não deixem que pessoas estranhas à comunidade escolar transitem livremente pelos prédios, franqueando somente a entrada de pais e responsáveis dos alunos matriculados, somente quando se fizer necessário._x000D_
 Subsidiariamente, sugere-se também que sejam instaladas câmeras de segurança na parte interior e exterior destes prédios, sistema este que deverá ser interligado ao monitoramento da Polícia Militar.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_no_187-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_no_187-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de lâmpadas de dois postes localizados na Rua Maria Alacoque, no bairro Batista de Oliveira, localizados próximo a padaria da Cecília._x000D_
 Tal ação justifica-se pois as lâmpadas dos mencionados postes vieram a queimar, deixando assim o local ermo, e a população com uma certa sensação de insegurança._x000D_
 Assim, solicita-se a troca dessas lâmpadas imediatamente, para que os moradores da localidade e os demais utilitários da via possam circular com mais tranquilidade, conforto e segurança.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_no_188-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_no_188-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de aproximadamente 300 metros de passeio, que começa desde os lotes do Sr. Careca e vai até o prédio administrativo do laticínio UAI._x000D_
 Tal ação justifica-se pois segundo as informações repassadas pelos moradores da localidade a COPASA abriu uma vala para realizar a extensão da rede de água entre estes locais, e posteriormente a realização das obras o local não foi devidamente reparado, conforme demonstram as fotos anexas._x000D_
 Neste seara, solicita então que este Executivo possa analisar realmente de quem é a responsabilidade para realizar a manutenção imediata do local, e que caso seja da supramencionada Companhia, que acione a mesma para realizá-la._x000D_
 Outro ponto a se destacar é que a situação do local, além dos transtornos causados aos pedestres também os colocam em risco de acidente, fato que já ocorreu na localidade com um idoso e felizmente nada de grave ocorreu.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_no_189-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_no_189-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca da placa de identificação da Praça Coronel Joaquim Resende, bem como a da Rua Laci Mendes, por estarem fixadas no mesmo local._x000D_
 Tal ação justifica-se porque o suporte destas placas veio a quebrar, conforme demonstra a foto anexa,  inclusive a mesma quase desabou sobre uma idosa que passava pelo local, fato que poderia ter lhe causado algum ferimento grave. Ademais solicita-se que ao substituir o suporte, que seja implementado um de melhor qualidade, haja vista a rotineira reclamação que a população vem discorrendo a este subscritor sobre a baixa qualidade de tais suportes</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_no_190-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_no_190-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 323/2022 a qual solicita a implementação de um quebra-mola na Rua Aurélio Ribeiro, próximo ao bar do Sr. Thiago ._x000D_
 _x000D_
 A referida indicação justifica-se pelo fluxo de veículos e pelas características da área que favorecem o excesso de velocidade praticado pelos motoristas que trafegam na via, ademais trata-se de um local onde há grande fluxo de pedestres, muitos em função dos comércios existentes. A situação atual está colocando em risco a integridade física dos moradores, especialmente das crianças que costumam brincar na supramencionada via.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_no_191-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_no_191-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de seu setor de trânsito, possa implementar placas que determine que os condutores de veículos ao estacionar na frente do prédio do Centro de Ensino Municipal de Infantil “Geralda Vieira de Melo” o faça de ré, de maneira com que os carros fiquem de frente para a saída, a fim de evitar possíveis acidentes com os pedestres que transitam pelo local e também dos alunos, estes que em suma por serem crianças acabam se locomovendo para acessar o prédio escolar sem nenhum tipo de cuidado.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_no_192-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_no_192-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de seu setor de Trânsito possa realizar a pintura do quebra-molas instalado a poucos dias no bairro Santa Efigênia, localizada em frente a padaria da Vovó Hilda._x000D_
 Apesar deste signatário entender que tal quebra-molas foi implementado indevidamente no local, haja vista a pouca distância da faixa de pedestre já existente, da passagem elevada e do quebra-molas, necessita-se este em questão de sinalização, pois somente foi implementado sem ser devidamente pintado, fazendo com que os condutores que ainda não sabem de sua existência o pulem, fato que pode gerar algum acidente.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_no_193-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_no_193-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o fechamento de um mata-burro localizado no alto da comunidade do Cocuruto, sentido a comunidade do Taquaril._x000D_
 Tal ação justifica-se pois mencionado mata-burro é uma velho conhecido da população que circula pela localidade, pois rotineiramente alguém acaba por cair no mesmo, haja vista o espaço excessivo deixado no vão do meio, assim para que novos acidentes não ocorra, solicita-se o fechamentos do mesmo.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_no_194-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_no_194-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória ou cascalho no morro de acesso a comunidade do Moinho Velho._x000D_
 Tal ação justifica-se pois o local encontra-se intrafegável, fato que tem restringido o direito de ir e vir dos moradores da mencionada comunidade, bem como daquelas pessoas que utilizam a via diariamente para trabalhar e também para escoar a produção agrícola, o que será em tese normalizado pela aplicação deste insumo no supracitado.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/indicacao_no_195-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/indicacao_no_195-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado patrolamento e encascalhamento e manutenção de manilhas na comunidade do Brumadinho, na propriedade do Sr. Claudio do Lenir e Outros._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que encontra-se praticamente intrafegável, dificultando o escoamento da produção agrícola local, e também da produção de carvão, no que tange às manilhas as mesmas devem ser trocadas por estarem quebradas, impedindo com que os veículos de carga passem pelo local com segurança.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/indicacao_no_196-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/indicacao_no_196-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a abertura de novos bueiros na Rua Tiradentes._x000D_
 Tal ação justifica-se pois no decorrer dessa via existiam diversos bueiros, porém, recentemente alguns foram tampados, onde o município inclusive o fez com concreto, ocorre que tal ação sobrecarregou os demais bueiros que restaram na mencionada rua, e desta maneira, um em especial veio a desaguar no barranco que fica às suas margens, fazendo com que a terra cedesse, colocando em risco a casa que fica abaixo deste, conforme demonstra as fotos anexas, além da sujeira que também tem causado nesta residência em questão.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_no_197-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_no_197-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através de seu setor de Transporte possa realizar a limpeza da van que faz o atendimento às pessoas que realizam Hemodiálise._x000D_
 Tal ação justifica-se através das rotineiras reclamações dos usuários, o que se comprova pelas fotos anexas._x000D_
  Destaca este signatário que todos os pacientes frequentemente solicitam uma providência, para que a van utilizada para atender essa demanda seja limpa um dia antes da viagem, que atualmente é realizada 3 vezes por semana, sendo respectivamente toda terça, quinta e sábado, devendo a limpeza ser feita na segunda, quarta e sexta. _x000D_
 Outro ponto a se destacar, é que atualmente o Município conta com duas pessoas contratadas para realizar essa limpeza, o que de fato não está ocorrendo, o que deve ser repassado ao respectivo setor para que se tome as devidas providências.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/indicacao_no_198-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/indicacao_no_198-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de seu setor de trânsito, possa estudar a possibilidade de implantação de uma faixa de pedestre na Praça Senador Ribeiro, mas especificamente em frente a loja Decora Cas e Café Confraria   próximo ao banco Itaú._x000D_
 Tal ação advém dos comerciantes da localidade, bem como dos demais utilitários da via, que enxergam a necessidade de um lugar adequado para que os pedestres possam atravessar a rua com segurança._x000D_
 Ademais, este signatário antes de mais nada se preocupa com a questão do patrimônio cultural e também dos locais que foram tombados ou inventariados pelo Município, devendo assim o setor de trânsito realizar consulta ao setor cultural, bem como ao CODEC antes de implementar a solicitada faixa de pedestre na localidade.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/indicacao_no_199-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/indicacao_no_199-2023.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido contido na indicação de n° 336-2022, a qual solicita que o Executivo Municipal viabilizasse uma correção nos valores das diárias pagas aos motoristas do Município, considerando que o decreto que o decreto n° 2.177 de 25 de fevereiro de 2019, que dispõe estritamente sobre a concessão de diárias de viagens e adiantamentos a Servidores Públicos Municipais alterou o Anexo I da Lei Municipal n° 1.555/2009 já está bem defasado, haja vista a não recomposição dos valores desde a data do decreto até o presente momento._x000D_
 Neste sentido, solicita-se que o chefe do Poder Executivo, possa reajustar o valor, levando em consideração o INPC dos anos de 2020,2021 e 2022 e na presente segue o cálculo do presente ano (2023).</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/indicacao_no_200-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/indicacao_no_200-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de quebra-molas na Rua Desterro, próximo ao logradouro de n° 392._x000D_
 Tal ação Justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, pois tem chegado a este subscrevente diversas reclamações de moradores da localidade a alta velocidade em que os condutores têm trafegado por via, o que coloca em risco a vida de pedestres que trafegam pelo local e de crianças que ali costumam brincar._x000D_
 Há de se ressaltar que a solução para o problema é a implementação de quebra-molas, uma vez que a fiscalização eletrônica é inviável para a localidade e a polícia militar não consegue fazer rondas e blits rotineiramente pelo local, devido a demanda e o pouco efetivo que possui nosso município._x000D_
 Por todo o exposto, requer este subscrevente que tal demanda seja analisada o mais breve possível pela Secretaria Municipal de Obras e Infraestrutura, mais especificamente pelo seu setor de trânsito, a fim de que seja implementado o re</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_no_201-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_no_201-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada dedetização de alguns bueiros da Rua Jeceaba, bem como que seja verificado o mal cheiro que alguns estão exalando._x000D_
 As mencionadas ações justificam-se pela proliferação de baratas nesta região, onde os moradores da localidade informaram que as mesmas saem dos bueiros para as residências. Ademais, resta salientar que a segunda ação justifica-se pelo mal cheiro que vem sendo exalado por alguns bueiros, podendo estes estarem com algum cano estourado, ou podendo ainda ser a rede de esgoto que se rompeu, motivo pelo qual solicita-se a averiguação desta situação.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_no_202-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_no_202-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de tapumes na lateral da antiga sede da Prefeitura Municipal, local este que encontra-se aberto e com livre acesso a qualquer pessoa, conforme demonstra as fotos anexas._x000D_
 Tal ação justifica-se a pedido de moradores da localidade, vez que o antigo prédio estava em reforma e a mesma veio a parar há alguns meses, com isso a sua lateral que dá para a Rua José Resende está aberta, se tornando um local ermo, principalmente aos dias de sábado, onde nas proximidades funciona uma danceteria, e segundo relatos, alguns meliantes estão utilizando o prédio público como banheiro e também como local de armazenamento de entorpecentes, fato que já foi devidamente avisado a Polícia Militar._x000D_
 Assim, como forma de zelar pelo patrimônio público em questão, faz-se necessário que o local seja fechado, medida essa que também inibirá atos ilícitos no prédio, além de devolver aos moradores da localidade a sensação de segurança.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/indicacao_no_203-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/indicacao_no_203-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo, através de sua secretaria de Obras e Infraestrutura, possa realizar a extensão da rede elétrica da Rua Antônio Machado de Azevedo, no bairro Castro._x000D_
 A presente indicação justifica-se pois a mencionada via não é totalmente contemplada com a iluminação pública, fato que leva o dissabor da escuridão e da insegurança aos moradores dos pontos onde a mesma não existe. Outro ponto a se destacar é que todos os moradores da localidade pagam a taxa de iluminação instituída pelo Município, fato que por si só aumenta o dissabor das pessoas não contempladas com esse serviço essencial cujo qual o todo Município é obrigado a ofertar._x000D_
 Outrossim busca salientar ainda que novas residências estão sendo construídas no local e necessitam da energia elétrica para tal, pois como é sabido há vários equipamentos utilizados na construção civil que necessitam desta energia para funcionar.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/indicacao_no_204-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/indicacao_no_204-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada principal de acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação dessa importante via rural, que além de ligar a zona urbana de nossa cidade ao distrito da Serra do Camapuã, também dá acesso a importantes comunidades rurais, bem como a outros Municípios. _x000D_
 Destaca-se ainda, que tal via é de suma importância para o escoamento da produção agrícola de toda aquela região, bem como utilizada diariamente pelos moradores de tal distrito que trabalham na zona urbana de nossa cidade._x000D_
 Assim, aproveitando o período de estiagem o qual estamos entrando, solicita-se uma manutenção completa na supramencionada via rural, de forma a garantir a todos condições dignas de trafegabilidade, resguardando ainda o direito constitucional de ir e vir de todos. Ademais, solicita-se que seja realizada nesta manutenção a retirada das enxurradas da via, pois em suma, são elas que deterioram a estrada.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/indicacao_no_205-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/indicacao_no_205-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da estrada principal de acesso a comunidade de São José das Mercês (Gambá)._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação dessa importante via rural, que liga a zona urbana de nosso Município à comunidade do Gambá, bem como dá acesso a outras comunidades como a da Pedra Negra e também a outros municípios._x000D_
 Destaca-se ainda, que tal via é de suma importância para o escoamento da produção agrícola de toda aquela região, bem como utilizada diariamente pelos moradores dessas comunidades que trabalham na zona urbana de nossa cidade._x000D_
 Assim, aproveitando o período de estiagem o qual estamos entrando, solicita-se uma manutenção completa na supramencionada via rural, de forma a garantir a todos condições dignas de trafegabilidade, resguardando ainda o direito constitucional de ir e vir de todos.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/indicacao_no_206-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/indicacao_no_206-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa acionar o proprietário da obra localizada na Rua Benjamin Constan, n° 52 a, bairro Cachoeira, para que retire o tapume da frente da mencionada construção._x000D_
 Tal ação justifica-se pois o tapume em questão está tomando conta de toda a calçada, conforme demonstra as imagens anexas, o que tem atrapalhado diretamente o trânsito de pedestres pelo local, além de impedir que veículos estacionem no decorrer da construção. _x000D_
 Ademais, trata-se de uma construção que segundo informações dos moradores da localidade está parada a cerca de 06 (seis) meses, ou seja, sem continuidade em tese não há necessidade de tais tapumes, e ainda se houver, que estes tapumes sejam instalados mais próximos a aludida construção, de forma que o passeio fique livre aos pedestres.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_no_207-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_no_207-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar um estudo sobre a implementação de uma Lei Municipal que crie o Conselho Municipal de Desenvolvimento Rural Sustentável e Solidário (CMDRSS), o qual atuará em caráter deliberativo, consultivo, normativo e propositivo, com o objetivo de assessorar, avaliar e propor ao Executivo Municipal as diretrizes das políticas públicas de Entre Rios de Minas ligadas à agricultura familiar, bem como deliberar sobre normas e critérios que visem acelerar o desenvolvimento rural sustentável e solidário._x000D_
  _x000D_
 Trata-se de uma demanda que surge para melhorarmos a forma com qual atendemos o ao nosso produtor rural, onde este conselho discutirá os melhores caminhos para orientar e assessorar o homem do campo. Assim, este signatário encaminhar uma minuta de projeto para estrita análise deste Executivo, que caso entenda pertinente a demanda, encaminhe-a novamente para tramitação nesta Casa.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/indicacao_no_208-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/indicacao_no_208-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da rede de esgoto próximo a quadra esportiva do bairro Ribeiro Cardoso, mas especificamente próximo a residência do Sr. Wilson e a obra do Sr. Teia Ferreira._x000D_
 Tal ação justifica-se através das reclamações advindas dos moradores da localidade, que rotineiramente tem pedido a este signatário que intervenha na situação. Assim, veem este signatário solicitar que este executivo possa encaminhar algum servidor para resolver a demanda na localidade, tal como o Sr. Tibinha, que realiza este tipo de manutenção com maestria.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_no_209-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_no_209-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de 03 (três) quebra-molas na estrada principal do Bom Jardim, que fica localizada aproximadamente 2km a frente da comunidade dos Coelhos._x000D_
 Tal ação justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade nesta via rural local, pois segundo os moradores da localidade e demais utilitários, tal ação coloca em vida de todos os pedestres que trafegam pelo local, os quais destaco aqui as crianças e idosos que costumam transitar por ali, bem como o  risco de acidentes com animais._x000D_
 Por todo o exposto, requer este subscrevente que tal demanda seja analisada o mais breve possível pela Secretaria Municipal de Obras e Infraestrutura, mais especificamente pelo seu setor de trânsito, a fim de que seja implementado os referidos quebra-molas, evitando assim possíveis acidentes.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/indicacao_no_210-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/indicacao_no_210-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar as obras de pavimentação asfáltica da Rua Maria José, localizada no distrito da Serra do Camapuã, bem como que seja realizado todas as obras complementares, como a implementação de meios fios, calçada e drenagem._x000D_
 Inicialmente cumpre destacar que a mencionada via é uma das mais importantes deste distrito, haja vista que nela encontra-se inserida a unidade de Saúde da comunidade, bem como a Escola Municipal._x000D_
 Neste sentido, a ação justifica-se para melhorar a infraestrutura da localidade, haja vista o grande fluxo de pessoas e de veículo pelo local, fato que está cada vez mais ficando difícil por sua atual condição, conforme demonstra as fotos anexas._x000D_
 Ademais, vale ressaltar que as obras acima solicitadas, além de melhorar a qualidade de acesso e tráfego pela via, também contribuirá para a limpeza do local e evitará manutenções rotineiras, dando eficiência ao poder público.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_no_211-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_no_211-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a contratação de profissionais qualificados para atuarem nessas vagas, haja vista a importância que cada fiscal deste possui dentro de nosso Município, pois é a partir de uma fiscalização efetiva que conseguiremos mapear os problemas existentes, multar (se for o caso) aquelas pessoas que estão agindo em desacordo com a Legislação Municipal, bem como dirimir os problemas existentes que hoje acabam que ficar a responsabilidade e às expensas do Poder Executivo.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_no_212-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_no_212-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a retirada dos entulhos que se encontram na Rua Ouro, conforme demonstra a foto anexa,  próximo ao Clube Entre Rios, bem como que se acione o proprietário do lote próximo para realizar a limpeza do mesmo, conforme manda o  art. 12 do Código de Posturas do Município, e caso em caso de recusa do proprietário, que este Executivo possa aplicar o disposto no art. 15 do mesmo dispositivo legal municipal._x000D_
 _x000D_
 Tal ação advém da solicitação dos moradores da localidade, que informam o risco de proliferação de doenças e além de pragas, insetos e animais peçonhentos. Insta informar ainda que já há relato de vizinhos da proliferação desses animais na localidade, que citam ainda o aparecimento de ratos e baratas na supramencionada rua e consequentemente nas residências.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_no_213-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_no_213-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de seu setor de Trânsito, possa realizar a pintura do quebra-molas recentemente instalado na Av. Sagrados Corações, no bairro Santa Efigênia, localizada em frente a Escola Estadual “ Dom Rodolfo” e a residência de n° 1.129._x000D_
 Tal ação justifica-se pois como referido quebra-molas não possui a devida pintura, muitos condutores estão passando pelo local sem o ver, fato que além de prejuízos aos veículos, tal fato também pode gerar acidentes com pedestres, especialmente com as crianças que estudam na escola em frente ao quebra molas.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/indicacao_no_214-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/indicacao_no_214-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 462-2021 solicitando a implementação de placa carga e descarga na Rua José Rezende._x000D_
 A mencionada indicação trás a baila a necessidade de um local adequado para os motoristas que realizam entregas de mercadorias nos comércios daquela redondeza possam estacionar sem se preocuparem, não atrapalhando o trânsito local e nem assumindo o risco de ser multado por estacionar em um local não permitido._x000D_
 Assim, na época foi ainda explicado que a referida rua teve placas instaladas placas que proíbem o estacionamento/parada de qualquer tipo de veículo, o que diretamente afeta a carga e descarga para os comércios do entorno, causando transtorno aos entregadores e também aos empresários locais.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_no_215-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_no_215-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de alguns pontos da estrada rural que liga a área urbana de nosso Município até a comunidade de São José das Mercês (Gambá), qual sejam:_x000D_
 Da rodovia MG 270 até a casa do Sr.Pirola da encruzilhada que entra para a comunidade da Pedra Negra até a chegada da supramencionada comunidade._x000D_
 Da entrada da comunidade São José das Mercês até a residência do Sr. Jaleco._x000D_
 Tal ação justifica-se a pedido dos moradores da localidade e dos demais utilitários da via, pois recentemente a mencionada via teve sua manutenção realizada, entretanto, esses mencionados pontos foram largados para trás, sem a realização da manutenção necessária.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_no_216-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_no_216-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a comunidade da Ponte Funda até a localidade conhecida por Portão._x000D_
 A referida demanda advém da população local e dos demais utilitários da via,  justifica-se pelo mal estado de conservação da mesma, o que dificulta o tráfego pelo local, o que via de consequência interfere no direito de ir e vir das pessoas._x000D_
 Ademais, resta salientar que há poucos dias a máquina do Município estava realizando a manutenção das estradas rurais desta região, e infelizmente por algum motivo não realizou a manutenção desta aludida via.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_no_217-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_no_217-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada que liga a comunidade do Boeiro ao bairro Castro, mas especificamente embaixo do viaduto._x000D_
 Tal ação justifica-se pois há uma água correndo na lateral desta estrada, o que transformou o local num verdadeiro atoleiro, conforme demonstra a foto anexa, o que tem impedido com que os veículos transitem pelo referido local._x000D_
 Desta maneira, faz-se necessária a manutenção imediata desta localidade, para que assim a via volte a ter condições dignas de tráfego.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_no_218-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_no_218-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa viabilizar a revitalização da Praça Senador Ribeiro._x000D_
 Inicialmente cumpre destacar que a mencionada praça é a mais movimentada de nosso Município, por estar localizada na área central de nossa cidade, sendo utilizada para eventos e para nossa tradicional feira livre, esta que acontece aos sábados._x000D_
 Assim, como pode-se observar pelas fotos anexas, o calçamento da mencionada praça encontra-se em péssimas condições, devendo o mesmo ser trocado imediatamente, para darmos uma maior comodidade a população, bem como manter o patrimônio público em boas condições para o fim da população._x000D_
 Neste sentido, elucida-se que a preservação das Praças Públicas traz uma maior qualidade de vida a população, pois estas oferecem um local para descanso, diversão, entretenimento, convívio social, valorização do meio ambiente e melhoria na qualidade do ar (tendo em vista as árvores existentes).</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_no_219-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_no_219-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro localizado na comunidade do Mata-Bois, localizado entre as propriedades do Sr.Albanito do Altivo e do falecido José Chico._x000D_
 Tal ação justifica-se pois o referido mata-burro encontra-se com duas de suas travessas quebradas, sendo essas as que ficam localizadas na parte central, ou seja, as que fecham o mata-burro._x000D_
 Há de se ressaltar que no dia de ontem, um idoso de aproximadamente 80 anos, trafegava pelo local, e sem saber que o mata-burro estava danificado, acabou por cair no local, sendo hospitalizado com suspeita de fratura na perna, além dos outros ferimentos._x000D_
 Desta maneira, verifica-se que a referida manutenção deve ser realizada o mais breve possível, haja vista os futuros acidentes que podem ocorrer no local, como forma de devolver a segurança para aqueles que utilizam a via._x000D_
 Por fim, trata-se também de um apelo da família do Sr. Zé do Dotivo, que está preocupada com novos acidentes no local.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_no_220-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_no_220-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Saúde, possa estudar a possibilidade de contratação de mais 02 (dois) psicólogos._x000D_
 A mencionada ação, visa dirimir a demanda existente em nossa cidade, de maneira a diminuir ou zerar a fila de espera que possuímos._x000D_
 Resta salientar que a pandemia do COVID - 19 deixou um impacto emocional muito grande em nossa sociedade, em especial nos jovens e adolescentes, que perderam o seu convívio social durante dois anos, desenvolvendo uma série de transtornos que só podem ser dirimidos através do acompanhamento destes profissionais._x000D_
 Nesta seara, vale ressaltar ainda o seu papel fundamental no apoio aos profissionais da saúde que atuaram e ainda atuam na linha de frente de combate ao Coronavírus, sendo certo que sem uma saúde mental plena os mesmos não poderiam atuar no combate a essa terrível pandemia.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_no_221-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_no_221-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através das Secretarias Municipais de Assistência Social e Obras e Infraestrutura possam realizar um amplo estudo para a implementação de um projeto de habitação social.	_x000D_
 A mencionada ação justifica-se por diversos fatores, os quais cito os seguintes:_x000D_
 - Alto custo dos lotes em nosso Município;_x000D_
 - Alto custo da construção civil;_x000D_
 - Pequeno poder aquisitivo de nossos municípios, haja vista que hoje no Município as pessoas que possuem renda superior a 1 salário mínimo, são a minoria;_x000D_
 Neste sentido, busca-se então que o Município possa dispor de imóveis de sua propriedade que não são utilizados para nada, com a intenção de abrir caixa para a aquisição de um imóvel grande, na área urbana ou de expansão urbana do Município para a construção de moradias populares.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_no_222-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_no_222-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura, possa realizar a troca de lâmpadas nos postes localizados na comunidade do Colônia._x000D_
 Tal ação advém das diversas solicitações dos moradores da mencionada comunidade, que inclusive deixaram uma lista que informa quantas lâmpadas estão queimadas na supramencionada comunidade, bem como o número de identificação dos postes, de maneira a facilitar a troca destas. _x000D_
 Ressalta-se que a situação tem deixado os moradores da localidade com uma sensação de insegurança, haja vista que a falta de iluminação torna o lugar ermo, próprio para o cometimento de ilícitos, além do risco de possíveis acidentes com animais peçonhentos, fatos estes que incidem na restrição do direito de ir e vir desses munícipes.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_no_223-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_no_223-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 170-2023, a qual solicita que seja realizada a manutenção de um buraco na Rua Sebastião Idelfonso de Oliveira, bem como que seja acionada a copasa caso fosse constatado que a água que estava surgindo neste buraco fosse de algum duto da companhia que se rompeu._x000D_
 Ocorre que o pedido acima referido foi realizado no dia 29 de março e até o presente momento nada foi realizado, inclusive a situação do local piorou, conforme pode se notar nas fotos anexas, tendo o referido buraco se tornado maior e a água que provavelmente é proveniente de alguma tubulação de esgoto e da COPASA continua a vazar, está também em volume maior._x000D_
 Neste sentido, destaca-se ainda o risco de proliferação de mosquitos no local, haja vista que no buraco aberto e nos locais para onde a água está vazando formou-se locais propícios a essa proliferação, devendo o Executivo através de sua Secretaria de Saúde se atentar as possibilidades de proliferação do Aedes aegypti.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_no_224-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_no_224-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento, encascalhamento e limpeza de todas as vias do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade da mencionada manutenção dessas vias, que encontram-se no péssimo estado de conservação, conforme demonstra as fotos anexas, sendo certo que a ação indicada deverá ser executada nas vias que não possui nenhum tipo de pavimentação, sendo imprescindível para melhorar a qualidade de trafegabilidade pelo bairro, bem como evitar que animais peçonhentos possam aparecer no local.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/indicacao_no_225-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/indicacao_no_225-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reconstrução de uma ponte na comunidade do Madruga da Pedra, localizada entre as propriedades do Sr. Luciano do João Coelho e da Sra. Joana Dark._x000D_
 Tal ação justifica-se por se tratar de uma via rural que dá acesso a várias residências, onde há um fluxo considerável de veículos, e a ponte em questão veio a se romper, conforme demonstra as fotos anexa, o que tem dificultado e muito a vida dos moradores dessa região, que para terem o direito de ir e vir estão tendo que dar a volta por um caminho alternativo, o que alonga e muito a distância com que os mesmos precisam percorrer. Ademais, vale salientar que é por esta via que escoa toda a produção agrícola da região._x000D_
 Desta maneira, para garantir a boa trafegabilidade pelo local, faz-se necessário que a mencionada ponte seja reconstruída o mais breve possível, para que os utilitários da mencionada estrada voltem a ter sua vida normal.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/indicacao_no_226-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/indicacao_no_226-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento de uma estrada rural localizada na comunidade do Madruga da Pedra, qual seja a que liga a propriedade da Sra. Joana Dark até a propriedade do Sr. Moacir.	_x000D_
 Tal ação justifica-se pelo precário estado de conservação da supramencionada via, que além de ser utilizada pelos moradores desta localidade, também vem sendo utilizada por muitos condutores como desvio, pois na mesma comunidade, em um via de mais movimento, a ponte que existia veio a cair, restando assim somente esta estrada para suportar o tráfego do local._x000D_
 Assim, as precárias condições da mencionada via, tem dificultado a trafegabilidade de todos os que por ali passam, além de impactar diretamente no escoamento da produção agrícola dos produtores rurais de toda a região.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_no_227-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_no_227-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através de sua secretaria de Obras e Infraestrutura possa realizar a poda de algumas árvores na Rua Maria Verônica de Jesus, mas especificamente na casa em sem número em frente a residência de n° 82, situada no Bairro Castro._x000D_
 A indicação alhures justifica-se pois trata-se de uma casa aparentemente abandonada, e segundo os relatos dos vizinhos, assim se encontra a bastante tempo. Ocorre que pela mencionada rua o tráfego de veículos é intenso, dentre estes destaca-se os de porte grande, como ônibus escolar e caminhões, que para conseguir desviar das árvores que cresceram na casa abandonada passam bem perto das casas habitadas._x000D_
 Assim, deve-se esclarecer que há um número elevado de crianças que brincam nessa via, fato que pode levar a ocorrência de algum acidente com as mesmas, além de poder causar algum outro prejuízo aos vizinhos que ali se encontram.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_227-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_227-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal através de sua secretaria de Obras e Infraestrutura possa realizar a poda de algumas árvores na Rua Maria Verônica de Jesus, mas especificamente na casa em sem número em frente a residência de n° 82, situada no Bairro Castro._x000D_
 A indicação alhures justifica-se pois trata-se de uma casa aparentemente abandonada, e segundo os relatos dos vizinhos, assim se encontra a bastante tempo. Ocorre que pela mencionada rua o tráfego de veículos é intenso, dentre estes destaca-se os de porte grande, como ônibus escolar e caminhões, que para conseguir desviar das árvores que cresceram na casa abandonada passam bem perto das casas habitadas._x000D_
 Assim, deve-se esclarecer que há um número elevado de crianças que brincam nessa via, fato que pode levar a ocorrência de algum acidente com as mesmas, além de poder causar algum outro prejuízo aos vizinhos que ali se encontram._x000D_
 (...)</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_229-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_229-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de dois mata-burros na comunidade da Ponte Funda, bem como que seja realizado o patrolamento desta via, qual seja a que dá acesso à casa do Sr. João irmão do Adélio do táxi e outros._x000D_
 Tal ação justifica-se pelo péssimo estado de conservação da via, que se deteriorou muito com a ação do tempo, bem como que seja implementados no decorrer da estrada dois mata-burros, que além de dividir os terrenos cortados pela via, também servirá como ponto de drenagem das águas pluviais._x000D_
 Ademais, vale ressaltar que o Sr. João é uma pessoa mais idosa, e que recentemente sofreu um derrame que o deixou sem os movimentos da perna, fato que ainda ajuda a justificar a supracitada ação, haja vista que pelas atuais condições da via, em uma possível emergência as ambulâncias do Município terão dificuldade para prestar o socorro de forma rápida e eficaz._x000D_
 (...)</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_230-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_230-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a implementação de dois caminhões de areia no Parque de Exposição Paulo Miranda de Resende, no espaço utilizado para realização das provas funcionais de equitação, três tambores e concurso de marcha._x000D_
 Tal ação justifica-se pelo crescimento da prática destas provas que houve no Município, bem como para incentivar que nossos munícipes continuem a praticar essas provas nos diversos eventos que ocorrem em nossa região, elevando o nome de nossa cidade._x000D_
 A demanda também visa disponibilizar um local adequado para treino, que possa condizer com as condições encontradas nessas provas._x000D_
 Outro ponto a se destacar é que com a mencionada ação estaremos cada vez mais resgatando a nossa cultura, e fazendo com que a mesma se fortaleça, afinal nosso Município é o berço de uma importante raça de cavalos, que é o Campolina._x000D_
 (...)</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_no_231-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_no_231-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento de uma via vicinal localizada no Morro Grande, próximo a comunidade dos Coqueiros, à qual dá acesso a casa do Sr. Joel e outros._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via rural, estrada essa que se deteriorou bastante no último período chuvoso que atravessamos, fato que tem gerado uma grande dificuldade para as pessoas que necessitam trafegar por ali, seja para os produtores escoarem a produção agrícola, para os munícipes que ali residem e trabalham na zona urbana de nosso Município, ou para os demais utilitários._x000D_
 Desta forma, entende-se que o direito constitucional de ir e vir dessas pessoas está restrito._x000D_
 Diante o exposto, solicita-se que a manutenção acima indicada seja realizada o mais breve possível.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_232-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_232-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa implementar uma tela de proteção no Caminhão de Lixo que realiza a coleta do mesmo no bairro Castro._x000D_
 A supramencionada ação justifica-se pois o atual veículo que recolhe o lixo da população do bairro castro não possui nenhuma tela de contenção destes resíduos, e ao recolhê-los e vir em direção a usina de triagem e compostagem o lixo acaba se espalhando pelas margens da rodovia MG-383, conforme pode-se observar nas fotos anexas, deixando o local poluído o que resulta na sujeira e na fácil proliferação de insetos e outros animais que se alimentam do mesmo._x000D_
 Desta maneira, pensando na preservação do meio ambiente, na limpeza da rodovia, no controle de insetos e outros animais, solicita-se a implementação da referida tela de "contenção" do mencionado caminhão.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_233-2023_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_233-2023_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção completa da estrada rural que dá acesso as comunidades de São José das Mercês (gambá) e da Pedra Negra, com o patrolamento, a implementação de escória nos pontos que se julgarem necessários, bem como a retirada da águas pluviais._x000D_
 Tal ação justifica-se pela necessidade de manutenção desta importante via rural, aproveitando o período de seca que se iniciou, cujo qual é o ideal para que se efetue esta obra._x000D_
 Outro ponto a se destacar é o grande fluxo de veículos que existe no local, seja este por pessoas que dependem da via para trabalharem diariamente na zona urbana de nosso Município e também para o escoamento de toda produção agrícola desta região. _x000D_
 Ademais, a indicação alhures serve como garantia do direito constitucional de ir e vir dessas pessoas, estampado no art. 5°, XV da Carta Magna de 1988.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_234-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_234-2023.pdf</t>
   </si>
   <si>
     <t>Que este poder Executivo possa estudar a possibilidade de aplicação da recomposição salarial dos servidores da Prefeitura Municipal de Entre Rios de Minas no índice fixado pelo IPCA de janeiro de 2022 a dezembro de 2022, qual seja o percentual de 5,79%, conforme preceitua o inciso X do Art. 37 da Constituição Federal. _x000D_
 Neste sentido, cabe ressaltar que o pedido ora apresentado não infringe a Lei Complementar nº 173/2020, uma vez que não se trata de aumento nominal das despesas, mas apenas a revisão anual dos vencimentos que lhes é de direito.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_235-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_235-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 154-2023 a qual solicita a manutenção ou a troca do bebedouro da ESF Valéria Baeta. _x000D_
 Naquela ocasião justificou-se a ação pois o mesmo não estava funcionando, e a troca do filtro de purificação d’água tinha sido realizada no ano de 2021, tendo a data prevista para nova troca no ano de 2022, fato que até o presente momento não ocorreu._x000D_
 Desta maneira, venho novamente solicitar a manutenção deste equipamento, de forma mais breve possível, pois a referida ESF atende há um número elevado de pessoas, que necessitam de beber água no local e estão impossibilitados pela condição do bebedouro, fato também que causa impacto aos servidores que ali atuam.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_236-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_236-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de todas as vias do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de manutenção dessas vias, que encontram-se no péssimo estado de conservação, sendo certo que a maioria das vias deste bairro não possui nenhum tipo de pavimentação, o que importa na deterioração das mesmas pela ação do tempo, fato que resulta em uma má trafegabilidade destas vias, e consequentemente a locomoção de seus moradores._x000D_
 Desta maneira, deve ser realizado no local o patrolamento, cascalhamento, limpeza e retirada das águas pluviais.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_237-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_237-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca das lâmpadas que estão queimadas no bairro Sassafrás._x000D_
 Tal ação advém das diversas solicitações dos moradores do mencionado bairro, pois a situação tem deixado os mesmos com uma sensação de insegurança, haja vista que a falta de iluminação torna o lugar ermo, conforme demonstra as fotos anexas, próprio para o cometimento de atos ilícitos, além do risco de possíveis acidentes com animais peçonhentos, haja vista que a maioria das vias deste bairro não possui pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_238-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_238-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas ruas do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias do supracitado bairro, de modo que, segundo os moradores da localidade uma vez na semana já resolveria o problema, tendo em vista que no período de seca que entramos é propício que a poeira se propague mais facilmente._x000D_
 Neste sentido, ressalta-se ainda que a proliferação de poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes da poeira._x000D_
 Desta forma, requer que este Executivo realize  a ação supra indicada, que é de extrema necessidade aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/indicacao_no_239-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/indicacao_no_239-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na estrada na estrada que liga a zona urbana de nosso município a Comunidade do Camapuã de Cima._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade, principalmente no trecho próximo à residência da Sra. Arzelina e do antigo grupo escolar. _x000D_
 Ademais vale ressaltar que a disseminação da poeira além de levar sujeira as residências que margeiam e mencionada estrada vicinal, também eleva os riscos de doenças respiratórias, fatos estes que devem ser evitados com a realização da supracitada ação.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/indicacao_no_240-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/indicacao_no_240-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata do encanamento d’água da comunidade da serra do Camapuã, em dois pontos que aparentemente estão com vazamento, conforme demonstra a imagem anexa._x000D_
 A manutenção faz-se necessária para evitar o desperdício de água potável, garantir com que a água fornecida não venha com sujeira e ainda o recurso destinado ao tratamento desta água.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata do asfalto da Rua Rui Barbosa, próximo a ponte existente no local._x000D_
 Tal ação justifica-se pelo buraco que se abriu na via, conforme demonstra a imagem anexa, fato que atrapalha a trafegabilidade do local, podendo inclusive gerar acidentes._x000D_
 Outro ponto a se destacar é que possivelmente a referida pavimentação encontra-se dentro do prazo de garantia, devendo este Executivo acionar de imediato a empresa que realizou a obra para fazer a manutenção necessária, fato que impede a oneração do Erário Municipal.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/indicacao_no_242-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/indicacao_no_242-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 166-2023 a qual solicita que seja realizada a manutenção imediata do mata-burro de ferro instalado na estrada de acesso a comunidade do Brumadinho, cujo qual encontra-se praticamente as margens da rodovia MG-383._x000D_
 Onde se aludiu que tal ação justifica-se pois há um enorme buraco aberto no supramencionado mata-burro, conforme demonstra a imagem anexa, fato que pode começar a gerar acidentes no local, e que põe a vida das pessoas que necessitam de trafegar pela localidade em risco.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/indicacao_no_243-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/indicacao_no_243-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água na estrada que liga a comunidade da Serra do Camapuã ao bairro Castro, bem como nas ruas sem pavimentação no mencionado bairro._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente na mencionada estrada rural e nas vias do supracitado bairro, tendo em vista que no período de seca que adentramos é propício que a poeira se propague mais facilmente._x000D_
 Neste sentido, ressalta-se ainda que a proliferação de poeira além de disseminar a sujeira pela via, ainda afeta também a saúde dos moradores residentes em suas margens, tendo em vista as doenças respiratórias decorrentes da poeira._x000D_
 Desta forma, requer que este Executivo realize  a ação supra indicada, que é de extrema necessidade aos moradores destas localidades.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/indicacao_no_244-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/indicacao_no_244-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura possa realizar a retirada dos entulhos que estão localizados próximo as canaletas da Av. Tiradentes e parte destes entulhos ainda estão sobre as calçadas, conforme demonstra a foto anexa._x000D_
 A ação busca garantir a boa trafegabilidade do local, bem como a limpeza da via, que recentemente passou por obras de troca de meios fios, fato que ainda entende este signatário ser responsabilidade da empresa que efetuou tal serviço._x000D_
 Nesta seara, solicita-se de imediato a limpeza do local, bem como que o Município acione a empresa que realizou a troca destes meio-fios para a limpeza do local, caso entenda que a responsabilidade seja da mencionada empresa.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_245-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_245-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a retirada da caçamba do caminhão de Coleta de Lixo, uma vez que o mesmo se encontra a tempo considerável de fora da USIMEC._x000D_
 Neste sentido, busca esclarecer que no dia 10 de maio de 2023, este signatário enviou ao Sr. Prefeito o ofício de n° 167-2023, pedindo os devidos esclarecimentos para com a questão, no entanto, o mesmo já estourou o prazo que trata a Lei Orgânica Municipal sem que houvesse a devida resposta. _x000D_
 Ocorre que o bem público está deteriorando dia após dia, sem que o Município decida o que será feito com tal bem público. Assim requer que até que se decida o que vai se fazer com o mencionado bem, que o mesmo seja recolhido e guardado no almoxarifado, haja vista o risco de deterioração deste bem e também do mesmo ser furtado.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_246-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_246-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa aderir ao Programa Olho Vivo, cujo qual consiste da instalação de câmeras de monitoramento instaladas pelas vias principais de nossa zona urbana, programa este que tem a finalidade de aumentar a segurança de todos e inibir o cometimento de crimes._x000D_
 Nesta seara, cumpre esclarecer que há dados de outras cidades que adotaram tal programa de videomonitoramento e com isso reduziram em até 60% os atos ilícitos, o que de fato aumenta a segurança de nossos Munícipes._x000D_
 Para tanto, além da instalação dessas câmeras de videomonitoramento, deve se pensar na criação de uma sala de controle e que ainda as imagens sejam disponibilizadas à Polícia Militar, para em caso se possíveis crimes a resposta ser rápida e efetiva._x000D_
 Por fim, e não menos importante, sugere ainda que além da instalação nas vias principais de nossa cidade, seja realizada a instalação destes equipamentos no portal de entrada de nossa cidade, para um controle e segurança maior de todos.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_247-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_247-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na estrada que dá acesso a comunidade da Vargem da Alegria, bem como na estrada que recentemente fora patrolada próximo a residência do Sr. Serginho neto do Chico Rato._x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade._x000D_
 Ademais vale ressaltar que a disseminação da poeira além de levar sujeira as residências que margeiam e mencionada estrada vicinal, também eleva os riscos de doenças respiratórias, fatos estes que devem ser evitados com a realização da supracitada ação._x000D_
 Outrossim, informa ainda que próximo a residência do Sr. Serginho, existe uma represa, onde facilmente o caminhão poderá ser enchido d’água._x000D_
 Por fim, este signatário vem parabenizar este Executivo pela manutenção realizada no local, a qual devolveu a boa trafegabilidade da mencionada via.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_248-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_248-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o resto da pavimentação asfáltica da Rua do Ouro e que esta obra seja inserida no cronograma oficial da Secretaria de Obras e Infraestrutura._x000D_
 Tal ação justifica-se pois somente parte da mencionada via foi contemplada com a pavimentação asfáltica, e pelo restante ter um calçamento antigo, rotineiramente abrem-se buracos no local, o que dificulta o tráfego de veículo ali, e de certa forma, restringe o direito de ir e vir dos moradores e demais utilitários.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no249-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no249-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua secretaria de Obras e Infraestrutura, possa realizar a poda de árvores do bairro Castro._x000D_
 Tal ação justifica-se pela necessidade de uma limpeza nas árvores do mencionado, que em suma estão crescendo de forma que em alguns pontos já_x000D_
 atingiram a rede elétrica, fato que pode causar acidentes, bem como invadiram a faixa de rodagem das vias, fato que atrapalha o tráfego de veículos de grande porte, e ainda levam o risco da queda de galhos nos pedestres._x000D_
 Outro ponto a se destacar é que a ação mencionada se feita regularmente ajuda a manter a forma estrutural saudável das árvores, aumentando a quantidade de luz e ar que as mesmas recebem, e ainda reduz o risco de queda de galhos, estes que costumam causar danos e acidentes.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_250-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_250-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, possa implementar estacionamento ao redor da Igreja do bairro Castro._x000D_
 Tal ação justifica-se pois no local há um amplo gramado ao redor da referida Igreja, que já é utilizado pela população como estacionamento, por ser o único local possível, conforme demonstram as fotos anexas._x000D_
 Assim, pede-se que este executivo acerte o terreno e aplique por cima do mesmo algum tipo de insumo, cujo qual pensando na economia aos cofres municipais poderia ser a escória, de maneira que o local ficaria adequado para este fim e atenderia o pleito da população do mencionado bairro, bem como facilitaria a vida dos fiéis que frequentam aquela igreja.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_251-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_251-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa disponibilizar aos servidores que atuam nas áreas de limpeza e poda de árvores equipamentos de proteção individual necessários._x000D_
 Tal ação advém do pleito destes funcionários bem como da observação deste próprio subscritor, que inclusive fez questão de registar as condições que um servidor estava trabalhando, cuja qual a imagem segue em anexo, ou seja, com seu equipamento totalmente degradado._x000D_
 Ademais, resta salientar que o EPI é essencial para manter a integridade física de cada servidor que atua em área de “risco” ou mexe com algum tipo de equipamento perigoso, sendo estes destinados a manter a segurança e a saúde de cada trabalhador.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_252-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_252-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo possa realizar a pavimentação asfáltica das ruas João Capela e Pedro Felício, localizadas no bairro Cachoeira._x000D_
 Inicialmente cumpre destacar que a mencionada obra vem sendo prometida a população a vários anos, inclusive foi promessa de campanha do Sr. Prefeito na última eleição e até o presente momento a obra nem sequer iniciou._x000D_
 Assim, por entender este signatário que o período de seca cujo qual estamos atravessamos é o ideal para que a mencionada obra seja realizada, sem que haja interrupção da mesma._x000D_
 Ademais, vale salientar que a população do local sofre com a falta desta pavimentação a muito tempo, aguentando o excessivo acúmulo de poeira na época da seca, o que prejudica a sua saúde, em especial no que se refere às doenças respiratórias e na época das chuvas pelo acúmulo de barro em toda via, o que implica na restrição do direito de ir e vir dos moradores, bem como no excesso de sujeira.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_253-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_253-2023.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 87-2023 a qual solicita que seja realizada a manutenção imediata do muro da Escola Municipal “Dr. José Gonçalves da Cunha”. _x000D_
 A mencionada ação solicitada à época justifica-se pela precariedade que o muro do referido prédio escolar apresenta já apresentava naquele momento, conforme foi acostada várias fotos anexas, e a mesma ainda alertava que tratava-se de uma unidade que atende o ensino básico, ou seja, com crianças pequenas._x000D_
 Assim, fora mencionado ainda que a referida escola faz divisa com um terreno onde há criação de bovinos, motivo pelo qual tinha-se e ainda tem este signatário medo de que um animal desse venha a derrubar o mencionado muro pelo mal estado de conservação do mesmo, e que assim algum acidente com aluno pode ocorrer. _x000D_
 Portanto, vem novamente requerer a manutenção imediata do local, pois a ação torna-se imprescindível para manter a integridade física de todos esses alunos e professores que ali estão diariamente.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_254-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_254-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção do quebra-molas que foi recentemente instalado na Av. Sagrados Corações, próximo a casa de Peças Irmaos Cardoso._x000D_
 Inicialmente cumpre destacar que no local fora instalado placas de passagem elevada, porém o que foi feito no local foi um quebra-molas, cujo o qual o mesmo não foi pintado, o que inclusive ocasionou um acidente com uma condutora de motocicleta no mesmo dia e posteriormente um novo acidente envolvendo um ônibus, o que além do dano material, também veio a machucar diversas pessoas._x000D_
 Neste sentido, venho esclarecer ainda que o referido quebra-mola além de ocasionar esses acidentes têm gerado prejuízo aos condutores, que ao passarem pelo local danificam seus carros pela forma errônea com que o mesmo fora feito.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_255-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_255-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através de sua Secretaria de Saúde, possa realizar uma ampla campanha preventiva ao combate da Febre Maculosa._x000D_
 Tal ação justifica-se pelos riscos que essa grave enfermidade pode trazer a saúde de nossa população, doença essa que transmitida através da picada do “carrapato estrela”, parasita este comum de ser encontrado em animais como capivaras, bovinos e equinos._x000D_
 Ocorre que nosso Município tem uma vasta extensão de rios, matas e pastos, locais propícios para a propagação desses parasitas, motivo pelo qual indica este signatário que seja realizada uma ampla campanha no Município para conscientizar  a população, e principalmente demonstrar os sintomas da doença e maneiras de se evitar a contaminação de nossos cidadãos._x000D_
 Neste espeque, deve ainda acender o sinal de alerta pelo fato de já ter ocorrido 02 (dois) óbitos decorrentes desta doença no Município de Conselheiro Lafaiete - MG, e recentemente pela confirmação de um caso no Município de Congonhas.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_256-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_256-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo, através de sua Secretaria Municipal de Saúde, possa realizar o cadastramento junto ao programa disponibilizado pelo Deputado Federal Samuel Viana, o qual estará aberto para inscrição até o dia 30/06/2023._x000D_
 Neste sentido vale ressaltar que a ação acima descrita visa a captação de recursos para Atenção Primária de Saúde, que se dará através de equipamentos para o Município, os quais cito aqui:_x000D_
 - Equipamentos médicos-assistenciais;_x000D_
 - Equipamentos de consultório de odontologia;_x000D_
 - Unidades odontológicas móveis;_x000D_
 - Cadeira odontológica portátil;_x000D_
 - Computadores e demais equipamentos de informática;_x000D_
 - Reforma de unidades básicas de saúde;_x000D_
 - Transporte sanitário eletivo._x000D_
 Assim, por se tratar de vários equipamentos que facilitaram o atendimento nas unidades de saúde do Município, vale a pena que o mesmo se inscreva para tentar a captação destes bens, que além de necessários, trarão um conforto maior para a população, fato ainda que não onerará o Poder Executivo.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_257-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_257-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a manutenção e a limpeza da estrada que liga a localidade das Duas Porteiras até a zona urbana de nosso Município._x000D_
 Inicialmente cumpre destacar que a referida estrada encontra-se às margens da rodovia MG-383, a qual dá condições das pessoas transitarem em segurança sem a necessidade de chegar até o asfalto._x000D_
 Ademais, busca salientar que o local é utilizado diariamente por cavaleiros, ciclistas, donos de máquinas agrícolas e demais moradores da zona rural que a utilizam para fomentar a cultura dos desfiles de carros de boi nas festas regionais._x000D_
 Neste sentido, busca-se esclarecer que os produtores e demais utilitários desta estrada vicinal estão encontrando dificuldade em trafegar pelo local, principalmente pela falta de manutenção da via de rolamento e pela grande quantidade de mato que vem invadindo a mencionada estrada.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_258-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_258-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Sr. Secretário de Obras e Infraestrutura possa se deslocar até a Rua José Rodrigues de Oliveira para averiguar as condições em que a via se encontra._x000D_
 Trata-se de um pleito dos moradores da localidade, que alegam que a via é muito estreita, tendo os parâmetros diferentes daqueles apontados na lei de uso e ocupação de solo Municipal, ainda há de ressaltar as rotineiras reclamações no que tange a saída desta Rua para a Rua Administrador Francisco Machado, a qual se compreende com um ângulo péssimo, o que dificulta o tráfego de veículos pelo local.	_x000D_
 Desta maneira, resta uma visita técnica no local do Sr. Secretário de Obras e Infraestrutura, pois o mesmo além de ser Engenheiro, tem a competência necessária para analisar o que poderá ser feito no local._x000D_
 Por fim solicita-se ainda que o Sr. Secretário de Obras e Infraestrutura possa entrar em contato com o Sr. Nivaldo, morador da localidade, cujo qual lhe prestará informações mais precisas sobre a demanda.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_259-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_259-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento das Ruas do bairro Sassafrás, bem com a aplicação de água nessas vias._x000D_
 Tal ação justifica-se pela necessidade de manutenção nestas vias, bem como de apagar a poeira que já existe no local e a que ainda surgirá pelo patrolamento das mesmas._x000D_
 Desta forma, requer que este Executivo realize  a ação supra indicada, que é de extrema necessidade aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_260-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_260-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a implementação de Lixeiras em todas as praças de nosso Município, bem como nas áreas centrais e vias de mais movimento da nossa zona urbana._x000D_
 Tal ação justifica-se pela necessidade de um local adequado para que as pessoas deem a destinação correta para seu lixo, contribuindo assim com a limpeza destes locais._x000D_
 Insta destacar que através da implementação destas lixeiras, ocorrerá uma mobilização por parte da população, de maneira que o lixo será descartado no local adequado, contribuindo com o meio ambiente e deixando a cidade cada vez mais limpa e bem cuidada. Ademais, o lixo depositado no local correto não é carreado para os bueiros, o que colabora para evitar a ocorrência de entupimento da rede pluvial de nossa cidade.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_261-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_261-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção em um bueiro localizado na Rua Margarida Augusta, próximo a residência de n° 47, no bairro São Lucas._x000D_
 Tal ação justifica-se pois mencionado bueiro está sem sua tampa, fato que inclusive já ocasionou acidente no local, fato que já causou prejuízo a um condutor, podendo tais fatos se repetirem, e inclusive acarretar um novo acidente com algum pedestre.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>Roni Enfermeiro, Denis da Escolinha, Franklin William, Joãozinho Cricri, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1657/indicacao_no_262-2023.pdf</t>
+    <t>Roni Enfermeiro, Denis da Escolinha, Franklin William, Joãozinho Cricri, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1657/indicacao_no_262-2023.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja realizado a manutenção da Estrada Rural que liga a área urbana de nosso Município à comunidade de São José das Mercês (Gambá)._x000D_
 Tal ação justifica-se pela necessidade de manutenção da referida via, e pelo pleito dos moradores locais (o que é demonstrado pelo abaixo assinado em anexo)._x000D_
 Nesta seara, cumpre destacar que segundo informações, a mencionada via hoje tem sido utilizada para o escoamento de uma produção de minério, tendo que suportar caminhões de grande porte, os quais carregam toneladas e mais toneladas de minério, fato que ajudou a impelir na degradação da via em questão._x000D_
 Assim, urge salientar ainda que o tráfego de ônibus escolares, caminhões de carvão, de leite, e demais utilitários que utilizam a via para virem a cidade trabalhar está de certa forma restrita.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1658/indicacao_no_263-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1658/indicacao_no_263-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a remoção de veículos abandonados nas vias públicas de nossa cidade, conforme preconiza a Lei Municipal n° 1.721/2017, bem como que seja oficiada a Polícia Militar para que a mesma ponha em prática o novo art. 279-A do Código de Trânsito Brasileiro - CTB, incluído através da Lei Federal n°14.599/2023. Vejamos:_x000D_
 Art. 279-A. O veículo em estado de abandono ou sinistrado poderá ser removido para o depósito fixado pelo órgão ou entidade competente do Sistema Nacional de Trânsito independentemente da existência de infração à legislação de trânsito, nos termos da regulamentação do Contran. (Redação dada pela Lei nº 14.599, de 2023)._x000D_
 A presente demanda visa a remoção de veículos que se encontre em estado de abandono, fato que acarreta na sujeira das vias, bem como na proliferação de animais, dentre estes destaco os peçonhentos e os mosquitos (que podem inclusive levar o Município a uma grande proliferação de doenças, tais como a dengue).</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_264-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_264-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura, possa realizar a revitalização da pintura de todas as faixas de pedestres existentes em nosso Município._x000D_
 Tal ação justifica-se pela necessidade de uma nova pintura em tais faixas de pedestres, as quais se encontram com pouca visualização, devido a ação do tempo, fato que leva muitos condutores a não pararem para que os pedestres atravessem, muitas vezes por esses acharem que trata-se somente de um quebra-molas e não de uma passagem de pedestre.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_265-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_265-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a pintura em todos os quebra-molas da nossa cidade._x000D_
 Tal ação justifica-se para uma melhor sinalização dos mesmos, bem como para aumentar a sua visualização._x000D_
 Nesse sentido, busca a celeridade na pintura daqueles recém instalados, pois por falta de conhecimento dos condutores, os mesmos têm ocasionado acidentes e prejuízos a tais condutores.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_266-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_266-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas ruas dos bairros Sassafrás, Castro, Gameleira e nas demais localidades onde existam moradias, bem como tal ação seja implementada nas principais estradas rurais de nossa cidade _x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias dos referidos locais, de modo que, o Poder Executivo monte um cronograma para realização de tal serviço, durante todo o período de seca, cujo qual estamos atravessando, pela poeira se propagar mais facilmente._x000D_
 Neste sentido, ressalta-se ainda que a proliferação de poeira além de disseminar a sujeira por estes locais, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes da poeira.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_267-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_267-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo possa estudar a possibilidade de contratação de mais um médico pediatra para atender nas ESFs de nosso Município._x000D_
 Tal ação justifica-se pela alta demanda existente em nossa cidade, bem como por atualmente temos somente um profissional dessa especialidade, fato que acaba sobrecarregando tal profissional, e ainda não possibilita o atendimento de todos aqueles que dependem deste médico._x000D_
 Ademais resta salientar que no atual período de seca e inverno cujo qual atravessamos é mais propício para que as crianças adoeçam, seja pela disseminação de doenças virais comuns a esta época, ou ainda pelas doenças respiratórias ocasionadas pelo tempo seco e pela maior propagação de poeira.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1663/indicacao_no_268-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1663/indicacao_no_268-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja jogada água na estrada que liga a localidade conhecida como Alto da Capitinga até a comunidade da Ponte Funda_x000D_
 Tal ação justifica-se pela necessidade de diminuir a poeira do local, demanda essa que advém dos moradores da localidade e dos demais utilitários da via._x000D_
 Ademais vale ressaltar que a disseminação da poeira além de levar sujeira as residências que margeiam e mencionada estrada vicinal, também eleva os riscos de doenças respiratórias, fatos estes que devem ser evitados com a realização da supracitada ação.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1664/indicacao_no_269-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1664/indicacao_no_269-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada manutenção imediata de um mata-burro localizado na estrada rural que liga o distrito da Serra do Camapuã ao Município de Casa Grande._x000D_
 Tal ação justifica-se pelo mal estado de conservação que se encontra o referido mata-burro, estando com suas travessas quebradas e uma de suas laterais aberta, conforme demonstra as imagens anexas._x000D_
 Nesse sentido, busca esclarecer ainda que a atual situação do referido mata-burro tem restringido o direito de ir e vir dos utilitários da via em questão, bem como gerando o risco de ocasionar acidentes no local, e consequentemente prejuízo aos condutores._x000D_
 Outro ponto a se destacar é que a mencionada via suporta um tráfego considerável de veículos, em especial daqueles que são utilizados para o escoamento da produção agrícola e leiteira, bem como de máquinas grandes e seus implementos, as quais são essenciais para nossos produtores rurais.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no_270-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no_270-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a manutenção da Rua Sebastião Panzera Veloso, mas especificamente do ponto onde termina a pavimentação asfáltica até o local conhecido como “Céu”._x000D_
 Inicialmente cumpre destacar que a situação da via é razoavelmente boa, entretanto faz-se necessário o alargamento da mesma, pois nas atuais condições somente um veículo consegue trafegar pelo local. _x000D_
 Neste sentido cumpre destacar que a braquiária vem tomando conta da via e por conseguinte escondendo os buracos existentes em sua lateral, conforme demonstram as fotos anexas, estes causados pela força das águas pluviais. _x000D_
 Ocorre que devido a este fato, acidentes com veículos já ocorreram no local, pelos condutores acharem que abaixo da braquiária é uma extensão da via e ao se deslocarem para dar passagem aos veículos que vem trafegando em sentido oposto acabam por caírem nesses buracos, fato que já causou prejuízos a diversas pessoas.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_no_271-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_no_271-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de 02 (dois) tambores de lixo, na comunidade da Bem Querência, sendo o primeiro próximo a residência da Sra. Maria Laura e o segundo próximo à residência da Sra. Laureci._x000D_
 Tal ação justifica-se pois os latões que já existem nesses locais não estão suportando o volume de lixo até o dia em que o caminhão faz a coleta e assim tem se amontoando lixo pelo chão, fato que além de propagar mal cheiro e sujeira, ainda atrai animais peçonhentos, fato que inclusive pode causar acidente com os servidores que os recolhem._x000D_
 Ademais, resta salientar então que o acúmulo de sujeira traz riscos à saúde pública, por tudo aquilo que fora exposto alhures.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_272-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_272-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza de um lote de propriedade do Município localizado na Rua Palestina, qual seja na esquina com a Rua Califórnia._x000D_
 Inicialmente cumpre destacar que a informação aludida anteriormente foi repassada pelos moradores da localidade, que apontam o Município como o proprietário do mencionado lote e por conseguinte o qual detém a obrigação e competência em realizar a sua limpeza._x000D_
 Assim, solicita que o Município possa determinar ao seu fiscal de Posturas a averiguação de tal informação, uma vez que a mesma justifica-se através das fotos anexas, de maneira que o Poder Executivo cumpra com o que preceitua o art. 12 do Código de Posturas e realize a mencionada limpeza._x000D_
 Ressalta-se ainda que desta maneira o Poder Público poderá promover o combate à doenças e proliferação de pragas e insetos, que possivelmente encontra-se na mencionada propriedade municipal.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_273-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_273-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da iluminação pública da Praça Antônio Morais, localizada no bairro Santa Efigênia._x000D_
 Tal ação justifica-se pois boa parte da iluminação da mencionada praça não está funcionando, atrapalhando a utilização do mencionado espaço público, fato que ainda deixa de certa forma o local ermo, e desta forma mais acessível ao cometimento de práticas ilícitas.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_274-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_274-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas ruas do bairro Sassafrás._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias do supracitado bairro, tendo em vista que no período de seca que entramos é propício que a poeira se propague mais facilmente._x000D_
 Neste sentido, ressalta-se ainda que a proliferação de poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes da poeira._x000D_
 Ademais, vale salientar que quando a mencionada ação é realizada, segundo informações advindas dos moradores do supracitado bairro, algumas ruas não vem sendo contempladas, como é o caso da via que liga o mencionado bairro até a Creche Municipal, bem como a via que dá acesso a residência do Sr. Leonardo, fato que dificulta a vida de muitos idosos e crianças, que residem ou utilizam essa via diariamente.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_275-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_275-2023.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido contido na indicação de n° 166-2023 o qual solicita que seja realizada a manutenção imediata do mata-burro de ferro instalado na estrada de acesso a comunidade do Brumadinho, cujo qual encontra-se praticamente as margens da rodovia MG-383._x000D_
 Tal ação justifica-se pois há um enorme buraco aberto no supramencionado mata-burro, conforme demonstra a imagem anexa, fato que pode começar a gerar acidentes no local, e que põe a vida das pessoas que necessitam de trafegar pela localidade em risco._x000D_
 Ademais, vale esclarecer que o mata-burro supramencionado vem causando prejuízo aos utilitários da via desde a época da mencionada indicação, tendo o mesmo rasgado diversos pneus de veículos e até mesmo feito com que condutores caissem dentro do mesmo, fato que gerou prejuízos ainda maiores aos que necessitam por ali trafegar.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_276-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_276-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja a obra de canalização d’água realizada sobre um córrego na comunidade da Pedra Negra seja finalizada, qual seja aquele que corta a propriedade do Sr. José Marques (José do Braulino) e do Sr. Elvécio._x000D_
 Inicialmente cumpre destacar que a mencionada ação foi alvo de questionamento deste signatário, através do ofício de n° 216-2023, o qual em suma solicitava informações sobre quando a referida obra iria se concretizar. Entretanto vale ressaltar que tal ofício não fora devidamente respondido e o local continua na mesma situação._x000D_
 Nesta seara, solicita-se de imediata que a referida obra seja retomada, de maneira a devolver a boa trafegabilidade da via e por conseguinte o acesso aos moradores daquela região.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_277-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_277-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas ruas do bairro Castro._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias do supracitado bairro, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 Neste sentido, ressalta-se ainda que a proliferação de poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira._x000D_
 Desta forma, requer que este Executivo realize a ação supra indicada, de forma a contemplar todo o bairro, fato que é de extrema necessidade aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_278-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_278-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade de São José das Mercês (gambá)._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1674/indicacao_no_279-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1674/indicacao_no_279-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Pedra Negra._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_280-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_280-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Colônia._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_281-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_281-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Vargem da Alegria._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_282-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_282-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Acaiuaba._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_283-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_283-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Lagrimar_x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_284-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_284-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Montijo._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1680/indicacao_no_285-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1680/indicacao_no_285-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade dos Faleiros._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1681/indicacao_no_286-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1681/indicacao_no_286-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Brumadinho._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_no_287-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_no_287-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade dos Ferreiras._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1683/indicacao_no_288-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1683/indicacao_no_288-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Serra do Camapuã._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1684/indicacao_no_289-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1684/indicacao_no_289-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Sapé, até o ponto que corresponde a divisa do nosso Município com o Município de Jeceaba-MG._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1685/indicacao_no_290-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1685/indicacao_no_290-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Pedra Branca._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1686/indicacao_no_291-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1686/indicacao_no_291-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade da Gameleira._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1687/indicacao_no_292-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1687/indicacao_no_292-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Barro Preto._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que restringe o direito constitucional de ir e vir de todas as pessoas que necessitam da via para transitar, escoar a produção agrícola e também para comercializar seus produtos e receber seus insumos.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1688/indicacao_no_293-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1688/indicacao_no_293-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja analisada a possibilidade deste Executivo adquirir 02 (dois) banheiros químicos masculinos e femininos para utilização dos munícipes em eventos abertos ao público ocorridos em nosso município, bem como para atender a necessidade semanal da Feira Municipal e ainda para servir aos Munícipes que realizam os Exames de Habilitação em nosso Município, haja vista que são demandas contínuas e que justificam essa aquisição._x000D_
 Os banheiros químicos tem a finalidade de oferecer a população que frequenta estes locais um lugar adequado para as pessoas fazerem suas necessidades biológicas com segurança e higiene._x000D_
 Além do mais vale ressaltar que na maioria dos eventos que acontecem em nossa cidade carece destes banheiros, o que faz com que o Município gaste recursos para alugá-los, e quando o Poder Executivo não o disponibiliza, leva as pessoas a fazerem suas necessidades na rua, o que gera desconforto, odor e sujeira em nossas vias._x000D_
 (...)</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1689/indicacao_no_294-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1689/indicacao_no_294-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa sinalizar de forma eficiente a ponte existente na Rua João Ribeiro de Almeida, localizada no bairro Sassafrás, a qual é via de acesso ao mencionado bairro e será utilizada na Festa da Colheita._x000D_
 Tal ação justifica-se pois o local é pouco sinalizado, tendo somente um guarda-corpo pequeno de um dos lados, estando o outro totalmente aberto, conforme demonstra as fotos anexas._x000D_
 Neste sentido, busca-se esclarecer que pelo movimento que tal via abarcará na próxima semana, devido a ocorrência da 6ª Festa da Colheita, fato inclusive que trará ao Município diversos turistas que em suma não conhecem o local e podem acabar caindo no barranco que tem ao lado da ponte._x000D_
 Assim, busca-se uma sinalização efetiva no local, para evitarmos acidentes e darmos uma segurança maior para toda pessoa que trafegar pelo local, bem como a instalação de um guarda-corpo maior e dos dois lados da mencionada ponte.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_295-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_295-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa novamente colocar mão única na Rua na Bocaina, no ponto que começa da Casa do Sr. Emanuel até o centro espírita._x000D_
 Tal ação justifica-se pois recentemente a via voltou a ser mão dupla, fato que ocasionou vários acidentes nas últimas semanas, inclusive um que levou um carro a capotar no local._x000D_
 Ressalta-se que tal pedido já fora feito de forma informal, porém até o presente momento a demanda ainda não foi atendida, fato que motivou esta solicitação formal.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_296-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_296-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de rolamento da Rua da Bocaina, bem como seja implementado no local as obras complementares, qual seja a calçada e corrimão (por se tratar de uma subida íngreme)._x000D_
 Tal ação justifica-se pois a via de rolamento encontra-se com vários buracos, fato este que já ocasionou acidente com pedestre, vez que como já aludido, tal Rua não possui calçadas._x000D_
 Ademais, a implementação de calçadas justifica-se para que os pedestres tenham um local adequado para se deslocar na via, de maneira a preservar e garantir a sua segurança, e ainda que seja realizada a implementação dos corrimãos nos locais mais íngremes.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_297-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_297-2023.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja realizada a retirada da placa de proibição do trânsito de carretas na Rua João Fernandes de Lima, localizada no bairro São Lucas._x000D_
 A mencionada ação justifica-se pois na via sempre foi permitido o tráfego de carretas, e inclusive há moradores desta rua que possuem esses veículos e deles tiram o sustento de sua família._x000D_
 Neste sentido, busca-se entender qual o motivo que levou o setor de trânsito a impedir o tráfego de carretas na via em questão, bem como se houve um estudo acerca da viabilidade do trânsito no local._x000D_
 Assim, além de solicitarmos a retirada imediata da mencionada placa, cuja qual vem trazendo um grande transtorno para toda a população da localidade, em especial para os moradores que ali residem e são donos dessas carretas, pedimos subsidiariamente os esclarecimentos necessários acerca do estudo de viabilidade da placa de proibição na rua supramencionada.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_298-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_298-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas vias da comunidade Gameleira._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias da mencionada comunidade, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 Neste sentido, ressalta-se ainda que a proliferação de poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira._x000D_
 Outro ponto a se destacar é que atualmente há um grande fluxo de caminhões no local, fato que ajuda ainda mais a propagar a poeira na mencionada via._x000D_
 Desta forma, requer que este Executivo realize a ação supra indicada, de forma a contemplar todo o bairro, fato que é de extrema necessidade aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_299-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_299-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa realizar a implementação da rede de esgoto na Rua Dona Maria da Cruz, localizada no bairro Sassafrás._x000D_
 Inicialmente cumpre destacar que o local não possui a rede de esgoto, e assim os moradores da localidade ao longo dos anos para dar uma destinação ao seu esgotamento sanitário construirão fossas sépticas._x000D_
 Ocorre que com o passar do tempo tais fossas vão se enchendo e com isso os proprietários abrem novas e assim vão sucessivamente, porém, diante do crescimento do bairro não há mais locais disponíveis para a construção de novas fossas, e assim atualmente a população tem jogado seu esgoto diretamente na rua, conforme pode se observar nas fotos anexas._x000D_
 (...)</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_300-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_300-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua secretaria de Obras e Infraestrutura, possa realizar a poda de árvores na Rua Pedro Domingues, localizada no bairro São Lucas._x000D_
 Tal ação justifica-se pela necessidade de uma limpeza nas árvores da mencionada via, que em suma cresceram muito em alguns casos já atingiram a rede elétrica, fato que pode causar acidentes, e ainda levam o risco aos pedestres e condutores pelo risco de queda de seus galhos._x000D_
 Outro ponto a se destacar é que a ação mencionada, se feita de forma regular ajudará a manter a forma estrutural saudável destas árvores, aumentando a quantidade de luz e ar que as mesmas recebem, e ainda reduzindo o risco de queda de galhos, estes que costumam causar danos e acidentes</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_301-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_301-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas vias da comunidade Gameleira._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias da mencionada comunidade, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 A ação proposta deverá ser realizada de forma rotineira, por pelo menos duas vezes no decorrer da semana, haja vista o grande fluxo de veículos existente ali, fato que facilita a propagação desta poeira._x000D_
 Neste sentido, ressalta-se ainda que a poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira._x000D_
 (...)</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_302-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_302-2023.pdf</t>
   </si>
   <si>
     <t>Solicitamos que o Poder Executivo Municipal possa alocar a nova van que chegou recentemente para realizar o transporte dos passageiros que fazem o tratamento de hemodiálise, a qual fora adquirida via emenda parlamentar, solicitada pelo vereador Rivael Nunes Machado junto a seu Deputado._x000D_
 Nesse sentido, esclarecemos aqui novamente que tais pacientes já se encontram em uma situação de alta fragilidade por conta do tratamento, que ocorre em suma 3 vezes por semana, sendo às terças, quintas e sábados._x000D_
 Assim, há muitos destes pacientes que possuem dificuldades de locomoção e indicada van, como pode se observar na fotos anexas, já vem com as adaptações devidas, inclusive para os passageiros que porventura tenham deficiência locomotora.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_no_303-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_no_303-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata burro que se encontra na estrada que liga a comunidade rural do Boieiro até o bairro Castro, conhecida como estrada da Peroba, bem como que seja realizada a manutenção da referida estrada._x000D_
 Tal ação justica-se pelo mal estado de conservação do supramencionado mata-burro, conforme demonstra as fotos anexas, o mesmo está sem algumas “travessas” e as demais já estão em um estado de conservaçãobem precário.  _x000D_
 Subsidiariamente pede-se ainda a manutenção da referida estrada, com o patrolamento da mesma e o encascalhamento naqueles pontos que se julgarem necessários.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_no_304-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_no_304-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de acesso a propriedade do Sr. Quinzinho, localizada na comunidade do Colônia._x000D_
 Tal ação justifica-se pois trata-se de acesso à residência de dois idosos, cujo quais estão em estado de saúde frágil, sendo um deles acamado, precisando rotineiramente passar por consulta médica, fato que tem causado inúmeros transtornos pelo estado de conservação desta via._x000D_
 Ademais, vale salientar ainda que recentemente as máquinas do Município estavam na localidade e não fizeram a manutenção da mencionada via de acesso, outro ponto a se destacar é que na eventual necessidade de uma ambulância chegar até a referida residência a mesma terá dificuldades pelo atual estado em que tal acesso se encontra._x000D_
 Assim, solicita-se que este Executivo possa determinar de imediato a manutenção da aludida via de acesso.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_no_305-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_no_305-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas vias do bairro Sassafrás, bem como seja realizada a manutenção dessas vias._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias da mencionada comunidade, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente e ainda a manutenção dessas referidas vias, as quais não possuem obviamente pavimentação asfáltica._x000D_
 A ação proposta deverá ser realizada de forma rotineira, por pelo menos duas vezes no decorrer da semana, haja vista o grande fluxo de veículos existente ali, fato que facilita a propagação desta poeira._x000D_
 Outrossim, ressalta-se ainda que a poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira._x000D_
 (...)</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_no_306-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_no_306-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural que liga a área urbana de nossa cidade as comunidades dos Faleiros e dos Coelhos, qual seja a estrada principal a qual termina na divisa com o Município de Resende Costa._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, que é de grande movimento e utilizada para o escoamento da produção agrícola, bem como acesso aos moradores da região à Zona Urbana de nosso Município. Segundo os moradores da localidade, tais vias estão praticamente intransitáveis, com diversos buracos e “costelinhas”._x000D_
 Desta maneira, a supramencionada ação visa resguardar a boa condição de trafegabilidade do local, bem como o direito constitucional de ir e vir de todos que por ali necessitam trafegar.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_no_307-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_no_307-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca das manilhas que na estrada que liga a Zona Urbana do Município a comunidade do Camapuã, mas especificamente no ponto que corta a propriedade da Sra. Creusa do Maurílio._x000D_
 _x000D_
 Tal ação justifica-se pois as manilhas do mencionado local se quebraram, fato que tem atrapalhado o tráfego pelo local, bem como vem gerando risco de acidentes por aqueles que necessitam transitar por ali, e ainda pode gerar algum dano material a esses condutores.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_no_308-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_no_308-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção rural da estrada que liga a zona urbana de nosso Município a comunidade do Camapuã de baixo._x000D_
 Tal ação justifica-se pois próximo a ponte da referida via, cuja qual deve-se aludir que a mesma está localizada próximo a margem do rio Camapuã, local este que começou a desbarrancar, deixando em risco a vida de todos aqueles que trafegam por ali, em especial daquelas pessoas que não conhecem o local ou passa poucas vezes._x000D_
 Assim, a manutenção deve ser feita imediatamente, pois eventualmente com a chegada do período chuvoso a mesma pode vir a ser totalmente interditada pelo risco que já está evidente deste desbarrancamento continuar.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_no_309-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_no_309-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa intervir no terreno que se encontra ao final da Rua Platina, local este que possivelmente é uma Área de Preservação Permanente - APP e estão criando cavalos._x000D_
 Neste sentido, busca-se que o Poder Executivo Municipal possa notificar o proprietário para que retire os animais, caso seja possível, vez que os moradores daquela região tem reclamado diariamente com este signatário a proliferação de carrapatos, devida a esta criação de equinos._x000D_
 Trata-se também de uma questão de saúde pública, uma vez que tais animais são hospedeiros destes parasitas, que em suma podem transmitir inúmeras doenças, as quais cito aqui a febre maculosa, que entrou em evidência em nosso país nos últimos meses._x000D_
 Diante o exposto, requer que este Executivo tome as devidas providências para com a questão.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_no_310-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_no_310-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção em um bueiro localizado na Rua João Joaquim da Costa, localizado no bairro Castro, bem como que se tampe o buraco que abriu na  Av. Sócrates Machado._x000D_
 Tal ação justifica-se pois mencionado bueiro encontra-se com sua tampa quebrada, fato que pode gerar acidente no local, e ocasionar danos materiais as pessoas que por ali trafegam, além de gerar um risco a integridade física das pessoas._x000D_
 Nesta seara, solicita-se também que se tampe o buraco que se abriu na  Av. Sócrates Machado, de maneira a garantir a segurança de todos e não gerar nenhum tipo de acidente.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_no_311-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_no_311-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa analisar as diversas melhorias que o bairro Castro necessita, levando-se em consideração que o bairro está prestes a receber cerca de 95 famílias, cujo qual estima-se uma população de 400 pessoas._x000D_
 Nesta seara, o poder Executivo de imediato deve pensar nas seguintes questões de infraestrutura para o local, quais sejam:_x000D_
 Pavimentação de vias que ainda não foram contempladas;_x000D_
 rede de drenagem;_x000D_
 rede de esgoto;_x000D_
 Ampliação da captação, tratamento e distribuição d’água;_x000D_
 Reforma do posto de saúde do supracitado bairro (o que inclusive que foi matéria de emenda impositiva);_x000D_
 Construção de uma creche no local;_x000D_
 Transporte público e eficiente para o local, de maneira a melhorar a mobilidade das pessoas;_x000D_
 Continuidade do Programa de Regularização Fundiária._x000D_
 (...)</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1707/indicacao_no_312-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1707/indicacao_no_312-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água nas vias da comunidade Gameleira, qual seja a Rua Antônio de Assis Pena Neto (Antônio Tristão), Rua Juscelino Ribeiro Cardoso e Rua Ernesto Miranda Ferreira._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente nas vias da mencionada comunidade, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 A ação proposta deverá ser realizada de forma rotineira, por pelo menos duas vezes no decorrer da semana, haja vista o grande fluxo de veículos existente ali, fato que facilita a propagação desta poeira._x000D_
 Neste sentido, ressalta-se ainda que a poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1708/indicacao_no_313-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1708/indicacao_no_313-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água na da comunidade Gameleira, na via de acesso à casa dos Srs. Danga, João do Benedito, Paixão, Jesus do Nozinho e outros._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente na via em questão, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 A ação proposta deverá ser realizada de forma rotineira, por pelo menos duas vezes no decorrer da semana, haja vista o grande fluxo de veículos existente ali, fato que facilita a propagação desta poeira._x000D_
 Neste sentido, ressalta-se ainda que a poeira além de disseminar a sujeira pelo bairro, afeta também a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1709/indicacao_no_314-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1709/indicacao_no_314-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementado um ponto de coleta de lixo (resíduos sólidos), na comunidade da Acaiuaba, próximo a residência dos Srs. Geraldo, Rogério, Zé Braulina e outros._x000D_
 A mencionada ação visa a construção de um local adequado, o qual deverá ser feito como o da foto anexa, para que os moradores da localidade possam ter um lugar adequado para destinar seu lixo, de maneira que o caminhão que os recolhe na supracitada comunidade possa aumentar um pouco sua rota e buscar nesse novo ponto.  _x000D_
 Ademais, resta salientar que atualmente estes moradores têm depositado seus resíduos a beira da estrada e assim diversos animais os espalham e os mesmos acabam por atingir minas d’água e pastos, poluindo o meio ambiente, a fonte de recurso hídrico e também gerando riscos a criação de gado._x000D_
 Por todo o exposto, ficou demonstrada a necessidade da mencionada ação, fato que pleiteia desde este signatário a sua implementação.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_315-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_315-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza de um lote de propriedade do Município localizado na Suelí Esméria Ribeiro, localizada no bairro Ribeiro Cardoso, mas especificamente o qual localiza-se próximo a residência da Sra. Romilda._x000D_
 Inicialmente cumpre destacar que a informação aludida anteriormente foi repassada pelos moradores da localidade, que apontam o Município como o proprietário do mencionado lote e por conseguinte o qual detém a obrigação e competência em realizar a sua limpeza._x000D_
 Assim, solicita que o Município possa determinar ao seu fiscal de Posturas a averiguação de tal informação, de maneira que o Poder Executivo cumpra com o que preceitua o art. 12 do Código de Posturas e proceda com a limpeza do mesmo._x000D_
 Ressalta-se ainda que desta maneira o Poder Público poderá promover o combate à doenças e proliferação de pragas e insetos, que possivelmente encontra-se na mencionada propriedade municipal,  que se dá pelo acúmulo de mato e lixo.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_316-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_316-2023.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto ao direcionamento da água de uma fossa séptica recentemente instalada pela Prefeitura Municipal de Entre Rios de Minas em residência localizada na Rua da Copasa, no Bairro Castro. Segundo moradores do entorno, a construção da fossa séptica executada pelo Município, provavelmente dentro do programa de melhorias dos banheiros domiciliares direcionou a água proveniente da fossa, pós-tratamento, à rede pluvial, o que tem gerado mau cheiro ao longo de toda a extensão da Rua da Copasa, vindo a culminar no Córrego logo abaixo._x000D_
 Pede-se uma verificação in loco da referida fossa séptica, de modo a conferir suas condições de instalação, bem como se os moradores já promoveram o seu esvaziamento.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_317-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_317-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a implementação de postes de iluminação pública na Rua Sebastião Tomaz de Oliveira, a qual dá acesso ao residencial Dom Luciano Mendes de Almeida, popularmente conhecido como residencial da AMSCA._x000D_
 Tal ação justifica-se pois o local encontra-se ermo, sem iluminação pública, numa localidade que serve de acesso ao referido residencial que em breve receberá cerca de 96 famílias, contendo aproximadamente 400 moradores._x000D_
 Assim, de modo a facilitar a vida desses novos moradores, bem como aumentar a segurança de trafegabilidade pelo local, faz-se necessária a implementação desta iluminação pública, tendo em vista ainda que tal ação trata-se de obrigação exclusiva deste Poder Executivo.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_318-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_318-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Estrada das Flores, a qual se encontra na zona urbana de nosso Município e ainda serve como acesso a comunidade do Sapé, a qual pertence ao Município de Jeceaba-MG._x000D_
 Tal ação justifica-se pelo mal estado de conservação da via, sendo que o período atual de seca é o ideal para realizar a supramencionada manutenção, haja vista ainda a garantir a boa trafegabilidade do local._x000D_
 Ademais a mencionada indicação busca ainda garantir o direito de ir de todos os utilitários da mencionada estrada.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_319-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_319-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água na Estrada das Flores._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente na mencionada via em questão, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 A ação proposta deverá ser realizada de forma rotineira, por pelo menos duas vezes no decorrer da semana, haja vista o grande fluxo de veículos existente ali, fato que facilita a propagação desta poeira._x000D_
 Neste sentido, ressalta-se ainda que a poeira além de disseminar a sujeira pela referida estrada, também afeta diretamente a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_320-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_320-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa aderir ao Programa Olho Vivo, cujo qual consiste da instalação de câmeras de monitoramento instaladas pelas vias principais de nossa zona urbana, bem como que possa ser implementado nas principais vias e comunidades rurais de nosso Município._x000D_
 O referido programa tem a finalidade de aumentar a segurança de todos e inibir o cometimento de crimes, bem como ajudar na elucidação dos ilícitos que por ventura vierem a serem cometidos._x000D_
 Nesta seara, cumpre esclarecer que segundo dados de outras cidades que adotaram tal programa de videomonitoramento, a redução se deu em até 60% dos atos ilícitos, o que de fato aumentaria a segurança de nossos Munícipes._x000D_
 Para tanto, além da instalação dessas câmeras de videomonitoramento, deve se pensar na criação de uma sala de controle e que ainda as imagens sejam disponibilizadas à Polícia Militar, para em caso de possíveis crimes a resposta ser rápida e efetiva.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_no_321-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_no_321-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de ferro localizado na Estrada que liga o nosso Município ao Município de Resende Costa - MG, mas especificamente no local denominado “Ponte Nova”._x000D_
 Tal ação justifica-se pois há cerca de 06 (seis) anos, este signatário vem pleiteando a manutenção do mesmo, sem obter êxito._x000D_
 Assim o mencionado mata-burro encontra-se com várias de suas travessas quebradas, fato que já ocasionou diversos acidentes, fato que gerou e tem gerado grande prejuízos aos condutores, e ainda põe a vida dessas pessoas que necessitam de trafegar por esta via em risco.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_no_322-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_no_322-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua João Neto, localizada no bairro Cachoeira._x000D_
 Tal ação justifica-se pois parte do calçamento da mencionada via ter se deteriorado, conforme demonstra a foto anexa, fato que tem atrapalhado a trafegabilidade da mencionada via._x000D_
 Neste sentido vale ressaltar que a manutenção deverá ser realizada imediatamente, haja vista que a demora na manutenção do local poderá deteriorar ainda mais a via pública em questão.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_no_323-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_no_323-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município possa realizar imediatamente a manutenção da rede de esgoto que se rompeu às margens da Av. Presidente Tancredo Neves, próximo à oficina do Sr. Maguinho e a garagem da empresa Rio Minas, no bairro Senhor dos Passos._x000D_
 A mencionada ação justifica-se pelo mal cheiro exalado no local e por todo o esgoto da região está correndo em céu aberto, após o rompimento da mencionada rede, conforme se observa nas fotos anexas, assim deve este Executivo, através de sua secretaria de Obras e Infraestrutura restaurar a rede de esgoto o mais rápido possível.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_no_324-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_no_324-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água na Estrada das Flores, popularmente conhecida como “Morro da Micueta”._x000D_
 Tal ação justifica-se pela necessidade de apagar a poeira existente na mencionada via em questão, tendo em vista o período de seca que atravessamos, cujo qual é propício que a poeira se propague mais facilmente._x000D_
 A ação proposta deverá ser realizada de forma rotineira, por pelo menos duas vezes no decorrer da semana, haja vista o grande fluxo de veículos existente ali, fato que facilita a propagação desta poeira._x000D_
 Neste sentido, ressalta-se ainda que a poeira além de disseminar a sujeira pela referida estrada, também afeta diretamente a saúde dos moradores, tendo em vista as doenças respiratórias decorrentes desta poeira._x000D_
 Diante o exposto, requer que este Executivo tome as devidas providências para com a questão.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_no_325-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_no_325-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada com urgência a manutenção e nivelamento do calçamento da Rua Rio Brumado, especialmente no ponto em que se compreende o liquigás até  o bar do Vicente do João de Lima._x000D_
 Inicialmente cumpre destacar que a Rua Rio Brumado é uma das mais importantes de nosso Município, pois abarca boa parte de nosso comércio e também é o ponto de embarque e desembarque das pessoas que vêm da zona rural para a zona urbana, além de suportar um grande fluxo de caminhões, que ali trafegam para descarregar suas mercadorias._x000D_
 Nesta seara, vale esclarecer que o ponto supracitado alhures é o mais degradado da via, muito em face de muitos veículos de carga alí pararem, razão pela qual faz-se necessária a manutenção do calçamento da via, com o seu nivelamento, para que assim possamos garantir uma trafegabilidade de qualidade e eficiência para o local.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1721/indicacao_no_326-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1721/indicacao_no_326-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de tambores de lixo, nas seguintes comunidades rurais, as quais indico ainda os seguintes pontos que necessitam desta instalação:_x000D_
 _x000D_
 - Bem Querência, próximo a residência da Sra. Maria Laura _x000D_
 - Bem Querência, próximo a residência da Sra. Laureci._x000D_
 - Pedra Negra, próximo a residência do Sr. Geraldo Gervásio;_x000D_
 - Madruga da Pedra, próximo a residência da Sra. Joana, esposa do Sr. Elias (Obs: a Sra. Joana indicará o local onde serão instalados os tambores desta comunidade);_x000D_
 - Madruga da Pedra, próximo a residência do Sr. Mané Afonso, qual seja beirando a estrada;_x000D_
 - Colônia, próximo a residência da Sra. Dona Vicência e sua neta Vitória;_x000D_
 (...)</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1722/indicacao_no_327-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1722/indicacao_no_327-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da comunidade rural  da Pedra Negra, mas especificamente na Rua Juscelino de Lima, onde se abriu um buraco._x000D_
 A mencionada ação justifica-se pois o mencionado buraco veio a se abrir, devido a uma erosão, fato que possivelmente ocorreu pois a via está localizada em cima e as margens de um córrego._x000D_
 Neste sentido, evidencia-se que este signatário teve no local e aparentemente não constatou nenhuma manilha quebrada, conforme se observa pelas fotos anexas, devendo assim a equipe da secretaria de Obras e Infraestrutura responsável por este tipo de manutenção dirigir-se até o local para realizar o reparo do local, que em suma vem trazendo risco para aqueles pedestres e condutores que por ali trafegam.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_no_328-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_no_328-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção do calçamento da Rua João Cardoso Resende, conhecida popularmente como Rua da Bocaina._x000D_
 Tal ação justifica-se pois o calçamento da mencionada via começou a se soltar, conforme demonstra a foto anexa, dificultando a vida de todas as pessoas que necessitam trafegar no local._x000D_
 Neste sentido vale ressaltar que a manutenção deverá ser realizada imediatamente, haja vista que a demora na manutenção do local poderá deteriorar ainda mais a via pública em questão</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1724/indicacao_no_329-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1724/indicacao_no_329-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa implementar a rede de iluminação pública na Rua João Cardoso de Resende, popularmente conhecida como Rua da Bocaina._x000D_
 A mencionada ação justifica-se pois o referido local não possui iluminação pública, sendo uma importante via que liga o bairro “Frei Toninho” a praça do Hospital._x000D_
 Desta maneira, a referida obra busca facilitar a vida das pessoas que por ali trafegam, bem como aumentar a segurança de trafegabilidade pelo local, bem como inibir que possíveis atos ilícitos ocorram, pois a noite a via é tida como local ermo._x000D_
 Ademais, cumpre ressaltar ainda que a referida iluminação é aguardada a anos e inclusive já teve um processo licitatório feito para implementá-la, porém até o presente momento nada fora feito.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_330-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_330-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua secretaria de Obras e Infraestrutura proceda a troca de lâmpadas de iluminação pública na Rua João Joaquim da Costa e Rua Maria Lucas, ambas localizadas no bairro Castro._x000D_
 Tal ação justifica-se pois há várias as lâmpadas queimadas nas mencionadas vias, deixando assim o local ermo, e a população com uma certa sensação de insegurança._x000D_
 Assim, solicita-se a troca dessas lâmpadas imediatamente, para que os moradores da localidade e os demais utilitários da via possam circular com mais tranquilidade, conforto e segurança.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no_331-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no_331-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de lixeiras/tambores de lixo, em locais estratégicos no bairro Castro, de fácil acesso a população e que comportem a quantidade de resíduos sólidos da população do mencionado local. _x000D_
 Tal ação justifica-se pois os moradores destas localidades necessitam de um local adequado para depositarem seus resíduos sólidos (lixo), de maneira a preservarem a limpeza do supramencionado bairro, conscientizando a população a os depositarem nestas lixeiras, bem como evitar com que animais o espalhem nas vias antes da coleta._x000D_
 Ademais, resta salientar então que o acúmulo de sujeira, bem como o depósito de lixo em local inadequado pode trazer riscos à saúde pública.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no_332-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no_332-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa implementar uma coleta de lixo mais efetiva no bairro Castro, bem como que a realize em todas as ruas do aludido bairro._x000D_
 Tal ação justifica-se pois segundo relatos da população da localidade o número de coleta de lixo realizada no local é insuficiente para atender a atual demanda._x000D_
 Neste sentido vale ressaltar que o mencionado bairro está prestes a receber 96 famílias que se mudarão em breve para o residencial Dom Luciano Mendes de Almeida, construído no local pela AMSCA, o que aproximadamente corresponderá a 400 munícipes._x000D_
 Destarte, a ação em questão é necessária desde já e principalmente terá que ser repensada para já atender essa nova população, o qual indica-se a coleta pelo menos 4 vezes no decorrer da semana._x000D_
 Ademais, busca-se ainda que a referida coleta seja realizada em todas as vias do supracitado bairro, haja vista que atualmente, segundo os relatos de moradores isso não vem ocorrendo.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no_333-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no_333-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção na academia ao ar livre do bairro Castro, bem como seja estudada a possibilidade de implementação no supramencionado bairro._x000D_
 Inicialmente cumpre destacar que a manutenção supramencionada faz-se necessária para manter o bom funcionamento desses equipamentos, evitando assim que os utilitários sofram com solavancos, travas nos equipamentos e movimentos irregulares, que podem tanto prejudicar a prática de exercícios quanto ocasionar em lesões._x000D_
 Ademais, cumpre ainda esclarecer que a instalação de mais uma academia no local faz-se necessário para atender melhor a população do supramencionado bairro, de maneira a levar a possibilidade de  exercitar a todas as pessoas que ali residem._x000D_
 Neste sentido, ressalta-se que sob a ótica deste signatário uma para atender o referido bairro é insuficiente.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no_334-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no_334-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja estudada a possibilidade de se efetuar o pagamento dos servidores municipais no primeiro dia útil do mês, bem como que em casos excepcionais como as datas comemorativas do final do ano e da festa da colheita seja antecipado esse pagamento._x000D_
 A indicação justifica-se pois atualmente o salário dos servidores são pagos no 5° (quinto) dia útil de cada vez, podendo variar entre o dia 5 e até o dia nove, como é o caso dos meses de agosto, setembro e novembro, o que acaba por atrapalhar a organização financeira de muitos servidores, que em suma recebem salários pequenos e dependem destes para arcar com seus compromissos._x000D_
 Desta maneira, caso a presente indicação proposta seja aceita, será mais fácil os nossos servidores se organizarem financeiramente._x000D_
 Ademais, o pedido subsidiário é para que possamos adiantar o pagamento destes em datas comemorativas, de maneira a conseguirmos dá a oportunidade de tais servidores conseguirem participar das datas comemorativas de nosso cal</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no_335-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no_335-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro de madeira na comunidade da Mata dos Pachecos, mas especificamente na localidade conhecida como Pedreira do Alaor._x000D_
 Tal ação justifica-se pelo mal estado de conservação do supramencionado mata-burro, conforme se observa na foto anexa, verifica-se que o mesmo está com várias travessas quebradas, situação essa que além de restringir o tráfego pela localidade ainda gera o risco de ocasionar acidentes no local.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_336-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_336-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada que liga o distrito da Serra do Camapuã até a divisa com o Município de Casa Grande - MG._x000D_
 Tal ação justifica-se pelo mal estado de conservação da supramencionada via, fato que tem restringido o direito de ir e vir dos Munícipes, bem como tem dificultado todo o escoamento da produção agrícola daquela região.  _x000D_
 Desta maneira, faz-se necessário que tal manutenção deve ser realizada o mais breve possível, considerando ainda que estamos no final do período de seca, qual seja o ideal para este tipo de manutenção.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_n_337-2023_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_n_337-2023_levi.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 308/2023 a qual solicitou a manutenção rural da estrada que liga a zona urbana de nosso Município à comunidade Camapuã de Baixo. Foi destacado na mencionada indicação que a ação justificava-se pois um ponto da estrada próximo a ponte começou a desbarrancar, deixando em risco a vida de todos aqueles que trafegam por ali, em especial daquelas pessoas que não conhecem o local.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_n_338-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_n_338-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita o desentupimento de um mata-burro, localizado na estrada rural que liga a comunidade Mata-bois à comunidade Acaiuaba, no ponto da estrada que corta a propriedade do Sr. Juquinha. A ação justifica-se pois recentemente o Município realizou o patrolamento de tal via e, por qual motivo não se sabe, entupiu o referido mata-burro.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_n_339-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_n_339-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da estrada rural que liga a comunidade da Rua do Fogo até a ferrovia, passando pela comunidade Água Limpa, no trecho que compreende ao nosso Município. A ação justifica-se pelo mal estado de conservação da via, cuja qual está praticamente intransitável.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1735/indicacao_n_340-2023_-_rivael.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1735/indicacao_n_340-2023_-_rivael.pdf</t>
   </si>
   <si>
     <t>Solicita o desentupimento de um mata-burro, localizado na estrada rural que liga a comunidade do Quebra Canga, mas especificamente no ponto da estrada que dá acesso a Casa do Sr. Pedro esposo da Dona Sandra. A ação justifica-se pois o referido mata-burro encontra-se totalmente entupido.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1736/indicacao_n_341-2023_-_rivael.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1736/indicacao_n_341-2023_-_rivael.pdf</t>
   </si>
   <si>
     <t>Solicita o desentupimento de um mata-burro, localizado na estrada rural que liga a comunidade do Quebra Canga, mas especificamente no ponto da estrada que dá acesso a Casa do Sr. João Bosco do Américo, perto da propriedade do Sr. Ricardo. A ação justifica-se pois referido mata-burro encontra-se parcialmente entupido não cumprindo com sua função de origem.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_342-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_342-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura possa inserir em seu cronograma de pavimentação asfáltica das vias principais da comunidade do Camapuã. Primeiramente, vale esclarecer que essa comunidade rural dá acesso a várias outras importantes comunidades de nosso Município, contendo ainda um número considerável de moradores.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_343-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_343-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação de n° 272/2023 a qual em suma solicitou que fosse realizado, em caráter de urgência, uma intervenção no “Córrego do Batata”. Trata-se de uma demanda antiga da população. Foi sugerido, à época, uma intervenção do Poder Executivo no local com a possível construção de uma galeria que solucionaria grande parte do problema. Sugeriu-se, ainda, a retirada de todo o esgoto que era e ainda é despejado no córrego, com sua destinação para a Estação de Tratamento de Esgoto - ETE do Município.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_344-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_344-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de dois quebra-molas na Rua Sebastião Tomaz de Oliveira, localizada no bairro Castro, mas especificamente sendo a rua de acesso ao Residencial Dom Luciano de Almeida. A ação justifica-se pela necessidade de inibir o trânsito de veículos em alta velocidade no local, em especial para possibilitar que o ônibus escolar possa adentrar a via.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1740/indicacao_n_345-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1740/indicacao_n_345-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção do calçamento da via de rolamento da Rua da Bocaina. A ação justifica-se pois a via de rolamento encontra-se com vários buracos, ocasionados pelo deslocamento de seu calçamento, fato este que pode acarretar em algum tipo de acidente, inclusive com pedestres, vez que como já aludido, tal rua não possui calçadas.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_346-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_346-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção das tampas de bueiros na Rua João Joaquim da Costa (Rua da Copasa), localizada no bairro Castro. A ação justifica-se pois o entorno do bueiro implantado na via não foi devidamente asfaltado e assim começou a trincar. Pede-se também o revestimento entre a pavimentação asfáltica e o passeio, o qual encontra-se com uma aplicação provisória de cimento, que deveria ter sido substituída pelo revestimento asfáltico em curto prazo.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_n_347-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_n_347-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção na estrada que liga o Município à comunidade rural do Campo da Chave, mas especificamente no acesso à casa da Sra. Justina de Resende. Como forma de cooperar, a proprietária está disposta a doar o cascalho necessário para a manutenção. Ademais, pede-se ainda a retirada das águas pluviais do local, implementando pelo menos 3 ”bocas de lobo” no decorrer da via de acesso.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_n_348-2023_-_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_n_348-2023_-_thiago.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa enviar os representantes da vigilância sanitária e o responsável pelo setor de meio ambiente da Secretaria de Desenvolvimento Sustentável, para realizar uma visita a uma ponte localizada no bairro Vargem do Engenho, a qual é popularmente conhecida como “ponte do Labrás”. A ação justifica-se pelas rotineiras reclamações da população da região sobre o mau cheiro, lixo e lançamento de esgoto no mesmo.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_n_349-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_n_349-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um mata-burro de madeira localizado na estrada principal da comunidade rural São José das Neves, populamerte conhecida como “Rua do Fogo”, mas especificamente na divisa das propriedades do Sr. Alcino Sebastião de Resende com o Sr. Vicentinho.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_350-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_350-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que o este Executivo, através de sua Secretaria Municipal de Obras e Infraestrutura possa realizar a canalização da água que é utilizada para consumo dos moradores da comunidade rural do Jaleco, a qual fica entre as comunidades da Pedra Negra e São José das Mercês.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Joãozinho Cricri</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa estudar a possibilidade de disponibilizar agentes de trânsito para controlar o trânsito de veículos na Rua Monsenhor Leão, no trecho em que compreende entre o Bar do Emerson e a Escolinha do Lápis. Tal ação justifica-se para melhorar o trânsito da localidade, nos horários em que há a entrada e saída de alunos de tais unidades escolares, de maneira a organizar melhor o fluxo de veículos nestes horários, qual sejam: de 6:50 até às 7:10, de 11:15 às 11:35, de 12:15 às 12:40 e de 16:50 às 17:10.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>Denis da Escolinha, Franklin William, Joãozinho Cricri, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Roni Enfermeiro, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_352-2023_-_todos_com_franklin_e_roni.pdf</t>
+    <t>Denis da Escolinha, Franklin William, Joãozinho Cricri, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Roni Enfermeiro, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_352-2023_-_todos_com_franklin_e_roni.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade de desmembramento da Secretaria Municipal de Cultura, Turismo, Esporte e Lazer em duas secretarias, passando a Secretaria Municipal de Cultura e Turismo, e Secretaria Municipal de Esporte e Lazer. A mencionada ação justifica-se pela necessidade de darmos ênfase nestas pastas, de maneira a não sobrecarregar somente um Secretário, fato que no entendimento destes signatários fortalecerá ambas as áreas.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_353-2023_-_thiago_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_353-2023_-_thiago_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo não realize o corte da ajuda financeira ofertada ao transporte dos universitários de nosso Município. Cumpre destacar que atualmente temos um número elevado de estudantes que estão fazendo curso superior e profissionalizante fora de nosso Município.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_n_354-2023_-_roni.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_n_354-2023_-_roni.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o corte de uma árvore localizada na Av. Major Juscelino. Tal ação justifica-se pois há um risco eminente da mencionada árvore cair, conforme demonstra a imagem anexa, à mesma encontra-se totalmente inclinada para via, o que leva este signatário a crer que a qualquer momento a mesma irá despencar na mencionada via pública, fato que pode causar algum tipo de acidente com veículos, na rede elétrica ou com pedestres.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_n_355-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_n_355-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um mata-burro localizado na comunidade da Ponte Funda, próximo a propriedade do falecido Sr. Francisco, popularmente conhecido como “Chico Rato”. A mencionada ação justifica-se pois o referido mata-burro veio a ceder, e assim está colocando em risco a vida daqueles que necessitam trafegar pela via, em especial ao ônibus escolar, que ao passar pelo local está esbarrando a sua frente e a sua traseira no mata-burro.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_n_356-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_n_356-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção/desentupimento da rede pluvial da Rua Vicente Chagas e de suas adjacentes. Tal ação justifica-se pois nas recentes chuvas que atingiram nosso Município a rede pluvial dessa localidade não aguentou o volume d’água e veio a transbordar facilmente, fato este que só pode ter ocorrido pelo entupimento dessas redes, pois o volume dessas águas pluviais foi relativamente baixo.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_n_357-2023_-_juquinha_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_n_357-2023_-_juquinha_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa realizar a implementação da rede de esgoto e da rede pluvial no Bairro Sassafrás. Inicialmente cumpre destacar que trata-se de uma demanda antiga dos moradores do supramencionado bairro, e que ao longo dos anos, a solução provisória para a resolução do problema de esgoto sanitário de cada morador da localidade foi o perfuração de fossas._x000D_
 As fossas já existentes de vários moradores do referido bairro estão cheias, e assim os mesmos não possuem um local para despejar o seu esgotamento sanitário, e necessitam que o poder público haja no local, por se tratar de uma demanda que engloba a parte de infraestrutura, saneamento e saúde.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_n_358-2023_-_roni_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_n_358-2023_-_roni_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo possa realizar a implementação da rede de esgoto e da rede pluvial no Bairro Sassafrás. Inicialmente cumpre destacar que trata-se de uma demanda antiga dos moradores do bairro, e que ao longo dos anos, a solução provisória para a resolução do problema de esgoto sanitário de cada morador da localidade foi o perfuração de fossas._x000D_
 As fossas já existentes de vários moradores do referido bairro estão cheias, e assim os mesmos não possuem um local para despejar o seu esgotamento sanitário, e necessitam que o poder público haja no local, por se tratar de uma demanda que engloba a parte de infraestrutura, saneamento e saúde.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura possa inserir em seu cronograma de pavimentação asfáltica da Rua José da Rocha Mendes, localizada no bairro Sassafrás. Primeiramente, vale esclarecer que o bairro como um todo já espera por essa obra de pavimentação asfáltica a muitos anos, e que recentemente algumas vias do bairro foram contempladas com a pavimentação.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Roni Enfermeiro, Joãozinho Cricri</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_n_360-2023_-_roni_e_joao.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_n_360-2023_-_roni_e_joao.pdf</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1756/indicacao_n_361-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1756/indicacao_n_361-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada o levantamento de um mata-burro localizado na comunidade da Ponte Funda, próximo a propriedade do falecido Sr. Francisco, popularmente conhecido como “Chico Rato”. A ação justifica-se pois o mata-burro veio a ceder, e assim está colocando em risco a vida daqueles que necessitam trafegar pela via, em especial ao ônibus escolar, que ao passar pelo local está esbarrando a sua frente e a sua traseira.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1757/indicacao_n_362-2023_-_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1757/indicacao_n_362-2023_-_thiago.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da pavimentação asfáltica da Rua Califórnia, localizada no bairro Cachoeira. Tal ação justifica-se pois abriu-se um grande buraco na pavimentação asfáltica da via, fato que já ocasionou prejuízos aos condutores que por ali trafegam.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1758/indicacao_n_363-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1758/indicacao_n_363-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua Secretaria de Obras e Infraestrutura que realize as obras complementares na via principal da comunidade rural Dois Córregos, localizada dentro da propriedade do Sr. Pedro do Anísio.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_n_364-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_n_364-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um mata-burro de madeira localizado na estrada de acesso ao Distrito da Serra do Camapuã, mas especificamente próximo a propriedade do Sr. Antonio Sidnei, sentido a propriedade dos Srs. Adolfo e João Paulino.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da pavimentação asfáltica da Rua Califórnia, localizada no bairro Cachoeira. Tal ação justifica-se pois abriu-se um buraco na pavimentação asfáltica da via, fato que já ocasionou prejuízos aos condutores que por ali trafegam, além de estar causando transtorno aos moradores da localidade.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_n_366-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_n_366-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal cobre a COPASA pela falta de abastecimento d’água de forma contínua em nosso Município. Nesse sentido, vale salientar que o Poder Executivo é quem detém a competência para uma cobrança mais efetiva em relação à problemática, pois é o mesmo quem possui um contrato desta prestação de serviço com a empresa.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_n_367-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_n_367-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementado um poste de iluminação pública na academia ao ar livre localizada no bairro Sassafrás, a qual tem como acesso a Rua Francisco Monteiro Resende. Tal ação justifica-se a pedido da população utilitária da  academia ao ar livre, que nessa época do ano usa o espaço mais no período noturno, tendo em vista o calor excessivo durante o dia, nesse sentido o local encontra-se com uma precariedade em seu sistema de iluminação, fato que acaba por deixar o local ermo.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_n_368-2023_-_thiago_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_n_368-2023_-_thiago_.pdf</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal possa realizar a dedetização do cemitério Municipal, haja vista a necessidade de eliminar a infestação de escorpiões que já vem ocorrendo na localidade e em suas imediações. Vale ressaltar que o problema já se arrasta há bastante tempo, inclusive sendo pauta de vários debates e indicações dos membros desta Casa Legislativa desde o ano passado.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_n_369-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_n_369-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que liga a ESF do bairro Castro até a estrada da Peroba, a qual inicia-se na cava que fica às margens da rodovia MG-383 e vai até a propriedade do Sr. “Velho da Chica”. Tal ação justifica-se pelo mal estado de conservação da via, a qual tem dificultado a trafegabilidade da localidade, e de certa forma cerceando o direito de ir e vir daqueles que dependem dela.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1765/indicacao_n_370-2023_-_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1765/indicacao_n_370-2023_-_thiago.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar a coleta de lixo no residencial Dom Luciano Mendes de Almeida, da AMSCA, localizado no bairro Castro, assim que o mesmo for entregue aos moradores. Ocorre que atualmente a coleta de lixo no bairro acontece duas vezes por semana, fato que a princípio é insuficiente para atender a demanda do local, fato que se agravará com a entrega das casas do residencial.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1766/indicacao_n_371-2023_-_joao_levi_e_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1766/indicacao_n_371-2023_-_joao_levi_e_thiago.pdf</t>
   </si>
   <si>
     <t>Que o Município de Entre Rios de Minas possa mobilizar esforços para a inclusão de bons projetos no sistema do Governo federal para o NOVO PAC Seleções, uma vez que o Governo Federal investirá R$ 65,2 bilhões em 27 modalidades executadas pelos ministérios das Cidades, Saúde, Educação, Cultura, Justiça e Esporte, cujos editais serão publicados no mês de outubro. A iniciativa abrange ações para os municípios e estados.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_372-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_372-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da via de acesso a Casa do Sr. Rania, a qual liga a residência deste morador e de outros a via de acesso principal ao Distrito da Serra do Camapuã. A ação justifica-se pelo mal estado de conservação da via de acesso a qual atende a diversos moradores, inclusive sendo utilizada diariamente para o escoamento da produção agrícola e leiteira.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1768/indicacao_n_373-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1768/indicacao_n_373-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de acesso a casa dos Srs. Acílio, Geraldo, Lino, Osvaldo, Tarcísio e outros, a qual encontra-se localizada nas margens da via principal que liga o Município ao Distrito da Serra do Camapuã. Tal ação justifica-se pelo mal estado de conservação da via, fato que vem restringindo o direito de ir e vir dos Munícipes que alí residem e dependem dessa estrada para se locomover, bem como tem dificultado todo o escoamento da produção agrícola destes produtores.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_n_374-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_n_374-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da via de acesso a casa dos Srs. Toninho do queijo, Sebastião, Nilson, Neném e outros, a qual encontra-se localizada nas margens da via principal que liga o Município ao Distrito da Serra do Camapuã. Tal ação justifica-se pelo mal estado de conservação da via, fato que vem restringindo o direito de ir e vir dos Munícipes que ali residem e dependem dessa estrada para se locomover, bem como tem dificultado todo o escoamento da produção agrícola destes produtores.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_n_375-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_n_375-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da estrada de acesso a propriedade o Sr. Buli do Geraldo Ninico, local este que ainda tem um chacreamento com aproximadamente 20 residências. Tal ação justifica-se pelo mal estado de conservação da via de acesso.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_n_376-2023_-_franklin.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_n_376-2023_-_franklin.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata da via de rolamento da Rua Pedro Antônio dos Santos, localizada no bairro Cachoeira. Tal ação justifica-se pois a via não possui pavimentação asfáltica ou calçamento, e está bem deteriorada, o que resultou na intrafegabilidade de veículos pelo local.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_n_377-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_n_377-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza do córrego que corta o Bairro Vargem do Engenho. Ele se encontra tomado por taboas, vegetação comum, sujeira e também por assoreamento natural, além de recentemente ter apresentado a morte de peixes.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_378-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_378-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção ou retirada de um mata-burro que encontra-se na via de acesso a comunidade do Camapuã. Ele encontra-se com várias de suas travessas quebradas, e assim pode causar acidentes no local.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_379-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_379-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um mata-burro de madeira localizado na “Rua do Fogo”, mas especificamente na divisa das propriedades do Sr. Alcino Sebastião de Resende com o Sr. Vicentinho.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_380-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_380-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de braço e uma lâmpada em um poste próximo ao campo do Ribeiro da Silva, bem como que seja trocada a lâmpada do poste que contém o n° 21249-0. Ademais, solicita-se ainda a limpeza do local, haja vista o mato que já está bem alto.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_381-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_381-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal, através de sua secretaria de Obras e Infraestrutura possa realizar a roçada da Av. do Contorno I, nos pontos em que corresponde a Praça Alfredo Penido até o Bairro Batista de Oliveira, sendo certo de tal ação deverá ser realizada no calçamento, por onde os pedestres transitam.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_382-2023_-_levi_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_382-2023_-_levi_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na via de acesso a comunidade rural do Taquaril, próximo a propriedade do Sr. Marcelo do “mel”. O mata-burro encontra-se com algumas de suas travessas quebradas, fato que tem ocasionado acidentes no local.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_383-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_383-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o desentupimento ou retirada de um mata-burro que se encontra na via de acesso a comunidade do Cocuruto, mas especificamente no local conhecido com alto do cucuturo.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_384-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_384-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de uma via de acesso que sai na estrada do Distrito da Serra do Camapuã, a qual serve de acesso a residência dos Srs. Herculano, Adolfo, Chiquinho, Antônio Sidney e outros. A situação que se encontra a via tem dificultado diariamente as atividades rural desses moradores, bem como o escoamento da sua produção e o recebimento insumos.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_385-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_385-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_386-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_386-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a aplicação de água na via de acesso à casa dos seguintes moradores: Sra. Ninica, Dulce e do Sr. Geraldo, localizada próximo ao Campo do Pachola. Tal ação justifica-se pela necessidade de apagar a poeira existente na via em questão, de modo que, o Poder Executivo monte um cronograma para realização de tal serviço, durante todo o período de seca.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_387-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_387-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de lâmpadas de um poste localizado na praça Sebastião Ferreira de Azevedo, localizada no bairro Santa Efigênia. O poste possui dois braços de iluminação, sendo que um atualmente está com sua lâmpada queimada, o que deixa o local escuro e ermo, colocando a segurança dos utilitários em risco.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_n_388-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_n_388-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a implementação de escória no acostamento da Rodovia MG-270, a qual dá acesso a Estrada das Flores, via que liga área urbana de nosso Município até a comunidade do Sapé. Atualmente há um enorme degrau no local, dificultando a saída rápida de veículos da rodovia para a estrada, fato que pode ocasionar algum acidente, pois o fluxo de carretas na rodovia é intenso.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_389-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_389-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de um mata-burro na via de acesso no distrito da Serra do Camapuã, na divisa das propriedades do Sr. Antônio Sidinei e Lino. Tal ação justifica-se pois o mencionado mata-burro encontra-se com algumas de suas travessas quebradas, fato que pode ocasionar acidentes no local, e gerar prejuízos aos condutores.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_390-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_390-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o desentupimento ou retirada de um mata-burro que se encontra na via de acesso a comunidade do Madruga do Camapuã, mas especificamente próximo a igreja de tal comunidade. O mata-burro está totalmente entupido, deixando assim de atender com sua finalidade precípua.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_391-2023_-_roni.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_391-2023_-_roni.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar as obras de pavimentação asfáltica da Rua Maria José, localizada no distrito da Serra do Camapuã, bem como que seja realizado todas as obras complementares, como a implementação de meios fios, calçada e drenagem. A via é uma das mais importantes deste distrito, haja vista que nela encontra-se inserida a unidade de Saúde da comunidade, bem como a Escola Municipal.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_n_392-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_n_392-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da Estrada rural da comunidade do Buraco da Pedra, qual seja no ponto a frente da comunidade da Ponte Funda. Tal ação justifica-se pelo mal estado de conservação da estrada rural, a qual necessita urgentemente de patrolamento e implementação de escória/cascalho.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_393-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_393-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de 02 (dois) mata-burros de madeira, os quais estão localizados na estrada que liga a comunidade do Brumadinho sentido Cachoeira do Gordo. Tal ação justifica-se pois os mata-burros encontram-se com várias de suas travessas quebradas, fato que já ocasionou acidentes no local e podem vir a causar novos.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_n_394-2023_-_juquinha_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_n_394-2023_-_juquinha_.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento de uma via de acesso localizada na comunidade do Bom Jardim dos Coelhos, mas especificamente próximo a comunidade dos Faleiros, a qual dá acesso a residência do Sr. Adilson do Chiquinho. Tal ação justifica-se pelo péssimo estado de conservação da via em questão. Ela encontra-se com várias erosões, causadas pelas águas advindas das recentes chuvas.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_n_395-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_n_395-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de uma viga de madeira instalada em uma ponte próximo a cachoeirinha, na comunidade do Brumadinho, mais especificamente localizada embaixo do viaduto. A viga está quebrada, fato que pode acarretar em acidentes no local e ainda danificar todo o resto da estrutura da ponte citada.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_n_396-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_n_396-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita que o setor de trânsito possa realizar uma visita in loco a trifurcação existente na comunidade da gameleira, a qual cruzam-se três vias, a estrada que liga a zona urbana, a comunidade de São José das Mercês, a Rua Ernesto Miranda Ferreira, na Gameleira, e a entrada do Laticínio UAI. No local não há nenhum tipo de sinalização, por isso o pedido para que o setor de trânsito possa estudar a melhor maneira de sinaliza-lo para que não venha ocorrer nenhum acidente.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa determinar que o caminhão responsável pela coleta de lixo volte a realizar a mesma nas comunidades rurais da Pedra Negra e São José das Mercês (gambá). Tal situação tem gerado a exposição do lixo nas vias da comunidade, de forma a ocasionar diversos problemas que podem comprometer a saúde pública.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_n_398-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_n_398-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que  a Secretaria de Obras e Infraestrutura possa realizar a aplicação de cascalho/escórias em todas as vias do bairro Sassafrás que não possuem pavimentação asfáltica, bem como que realize a irrigação do local para diminuir a poeira ali existente. Diversas ruas do bairro não possuem pavimentação, dessa forma, a ação visa uma melhor condição para tais vias.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_n_399-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_n_399-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar uma cobrança junto à COPASA para que essa realize a manutenção da Rua Rui Barbosa, no bairro Sassafrás. A ação justifica-se pois a COPASA realizou uma intervenção na via e, posteriormente, não fez a manutenção da pavimentação asfáltica, causando transtornos e acidentes no local.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_n_400-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_n_400-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a manutenção imediata de um mata-burro de madeira localizado na comunidade do Brumadinho, mais especificamente na via de acesso a casa do Sr. Marquinhos do Vicente. O mata-burro está com várias de suas travessas quebradas, podendo ocasionar acidentes. Além disso, a situação está causando prejuízos aos produtores de leite que necessitam trafegar no local.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_n_401-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_n_401-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural que dá acesso a comunidade da Acaiuaba. Tal ação justifica-se pelo mal estado de conservação da via, que se deteriorou bastante e, se a devida manutenção não for realizada, a mesma ficará totalmente intrafegável com o período chuvoso.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_n402-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_n402-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada rural que dá acesso a comunidade do Gil, cuja qual começa às margens da MG-270 e vai até a divisa de nosso Município com o Município de Desterro de Entre Rios. Tal ação justifica-se pelo mal estado de conservação da via que ficará totalmente intrafegável com o período chuvoso que se aproxima.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_n_403-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_n_403-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada que liga a zona Urbana de nosso Município a comunidade rural do Bom Jardim dos Coelhos. A ação justifica-se pelo mal estado de conservação da via. Ela suporta um grande fluxo de veículos, pois além de dar acesso a diversas comunidades rurais também liga o nosso Município ao Município de Resende Costa - MG.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_n_404-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_n_404-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a reconstrução da ponte localizada após a Fazenda Bela vista, localidade de propriedade do falecido Sr. Vicente Coelho._x000D_
 Tal ação justifica-se pois a ponte que existia na localidade veio a cair há um tempo considerável, assim todos os utilitários desta referida estrada rural estão sendo prejudicados diariamente.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_405-2023_-_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_405-2023_-_thiago.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa realizar alguma medida para evitar que o caminhão que realiza a coleta de lixo no bairro Castro não o saia espalhando pela rodovia MG-383. Tal ação justifica-se pois o caminhão não possui nenhum tipo de tampa, portanto, ao trafegar pela rodovia, o lixo que está em cima de sua carroceria começa a voar, podendo ocasionar acidentes. Além disso, colabora com a poluição ambiental.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_406-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_406-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Solicita que este Executivo Municipal possa implementar uma tela no caminhão que realiza a coleta de lixo no bairro Castro, para que o mesmo não saia espalhando lixo pela rodovia MG-383 e suas imediações. Tal ação justifica-se pois o caminhão não possui nenhum tipo de tampa, portanto, ao trafegar pela rodovia, o lixo que está em cima de sua carroceria começa a voar, podendo ocasionar acidentes. Além disso, colabora com a poluição ambiental.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_n_407-2023_roni.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_n_407-2023_roni.pdf</t>
   </si>
   <si>
     <t>Solicita que seja implementado containers de lixo em pontos estratégicos da área urbana de nosso Município. Tal ação visa um local adequado para com que os munícipes possam depositar o seus resíduos sólidos, haja vista que área urbana de nossa cidade possui poucos pontos para que os Munícipes deixem o seu lixo.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_n_408-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_n_408-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a amarração do cano da ETE que passa por baixo da Ponte localizada no bairro Vargem do Engenho, bem como que seja implementada uma nova estaca para esticar o cabo de aço de amarração da mesma, o qual refere-se ao lado direito, sentido ETE.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_n_409-2023_-_rivael.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_n_409-2023_-_rivael.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza dos lotes de propriedade do Município que estão localizados no bairro Batista de Oliveira, mas especificamente na Rua Hélio Andrade Ribeiro de Oliveira, em observância ao que preceitua o Código de Posturas do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_n_410-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_n_410-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção das “bocas de lobo” e da rede pluvial da Rua Baltazar Gonçalves Nascente. A ação justifica-se pois algumas “bocas de lobo” e bueiros estão com suas tampas bastante degradadas, fato que leva um risco enorme para todos os cidadãos que circulam por aquela via.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_n_411-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_n_411-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um mata-burro na Rua Alípio Machado, localizada no bairro Castro. Ele encontra-se com várias travessas quebradas, causando riscos de acidentes e prejudicando a trafegabilidade da via.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_n_412-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_n_412-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção imediata de um bueiro localizado no Bairro Sassafrás. Tal ação justifica-se pois o bueiro teve sua tampa arrancada, por motivo desconhecido, fato que tem causado transtornos para os usuários da via. Além disso, pode ocasionar acidentes no local.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_413-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_413-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento e encascalhamento da estrada que liga a comunidade Dois Córregos até a comunidade do Madruga da Pedra._x000D_
 A ação justifica-se devido o mal estado de conservação da via que é responsável pelo escoamento da produção agrícola da região. Além disso, o transporte escolar também trafega no local.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_n_414-2023_-_juquinha.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_n_414-2023_-_juquinha.pdf</t>
   </si>
   <si>
     <t>Solicita que seja construída uma rampa de acesso nas dependências do prédio do Centro Cultural. A ação justifica-se pois o local está dificultando a locomoção segura de pessoas com deficiência. Além de abrigar a Secretaria de Cultura, Esporte, Lazer e Turismo, o local também é utilizado para encontro do grupo da terceira idade.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_n_415-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_n_415-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a troca de lâmpadas de um poste localizado na Rua Alípio Machado, no bairro Castro. Tal ação justifica-se pois o referido poste encontra-se com sua lâmpada queimada, deixando o local sem a iluminação necessária. Dessa forma, causa insegurança na população.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_n_416-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_n_416-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o patrolamento da estrada que liga zona urbana de nosso Município a comunidade rural dos Coelhos, passando pela comunidade dos Faleiros e indo até a divisa de nosso Município com o Município de Resende Costa - MG. Tal ação justifica-se devido o mal estado de conservação da via que é responsável pelo escoamento da produção agrícola da região, bem como o tráfego de transporte escolar.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_n_417-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_n_417-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção de de 06 mata-burros de madeiras, localizados na estrada rural que liga a comunidade do Brumadinho até a Cachoeira dos Forros. É importante ressaltar que os mata-burros estão com várias travessas quebradas e, pensando em ajudar, este signatário já conseguiu as travessas para a manutenção, necessitando somente da mão de obra para que seja realizada.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_n_418-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_n_418-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a manutenção da estrada rural que dá acesso a comunidade do Buraco da Pedra. É importante ressaltar que a via se encontra em um péssimo estado de conservação, tendo sido degradada pela ação de águas pluviais. A via serve como ponto de escoamento da produção leiteira e agropecuária da região, fato que tem sido prejudicado pelo seu atual estado de conservação.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_n_419-2023_-_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_n_419-2023_-_thiago.pdf</t>
   </si>
   <si>
     <t>Solicita que seja verificada a existência de animais circulando livremente nas vias e na praça do loteamento Belvedere, localizado no bairro Vargem do Engenho. A ação justifica-se a pedido dos moradores que alegam que os animais estão soltos pelas vias do loteamento, espalhando sujeira pela praça.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de titulo de "CIDADÃO HONORÁRIO" nos termos do Art. 50 do Regimento Interno desta Casa Legislativa".</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>José Walter Resende Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/projeto_de_lei_complementar_no_21_de_13_de_abril_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/projeto_de_lei_complementar_no_21_de_13_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR nº 21, DE 13 DE ABRIL DE 2023 - PLANO DIRETOR PARTICIPATIVO DE DESENVOLVIMENTO URBANO E TERRITORIAL DO MUNICÍPIO DE ENTRE RIOS DE MINAS</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/projeto_de_lei_n_07-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/projeto_de_lei_n_07-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da_x000D_
 sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n_09-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n_09-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito suplementar e dá outras providências"</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n_10-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n_10-2023.pdf</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_de_lei_n_15-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_de_lei_n_15-2023.pdf</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_n_16-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_n_16-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre obrigatoriedade de largura mínima dos mata-burros e pontes do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/projeto_de_lei_n_17-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/projeto_de_lei_n_17-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de câmeras de monitoramento de segurança no Almoxarifado da Prefeitura Municipal de Entre Rios de Minas."</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n_24-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n_24-2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Dia Municipal do Terço dos Homens"</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_n_25.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_n_25.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal do Uso Consciente da Água."</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/projeto_de_lei_n_30-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/projeto_de_lei_n_30-2023.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Entre Rios de Minas o "Dia Municipal do Gari, do Coletor e do Profissional da Triagem e Compostagem do Lixo", bem como a "Semana Municipal da Conscientização do Descarte Responsável do Lixo" e dá outras providências."</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/projeto_de_lei_n_37-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/projeto_de_lei_n_37-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014,_x000D_
 com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_n_38-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_n_38-2023.pdf</t>
   </si>
   <si>
     <t>"Dá denominação a quadra esportiva localizada no bairro Sassafrás, no Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_de_lei_n_39-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_de_lei_n_39-2023.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a Lei Federal n° 14.626, de 09 de julho de 2023, no âmbito do Município de Entre Rios de Minas e dá outras providências ."</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>Levi da Costa Campos, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_n_41-2023.pdf</t>
+    <t>Levi da Costa Campos, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_n_41-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o Art. 10 da Lei Municipal n° 1.487/2006 que dispõe sobre a denominação de logradouros públicos no Bairro Cachoeira e dá outras providências."</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/projeto_de_lei_n_45-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/projeto_de_lei_n_45-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aprovação do projeto de parcelamento do solo urbano denominado "Loteamento Residencial São Lucas 2", situado no perímetro urbano do Município de Entre Rios de Minas".</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/projeto_de_lei_n46-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/projeto_de_lei_n46-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a proceder permuta de imóveis públicos municipais por veículo de propriedade de Geraldo de Souza Maia Filho e dá outras providências.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_lei_n_47-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_lei_n_47-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a Administração Pública Municipal e a Paróquia Nossa Senhora das Brotas, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/projeto_de_lei_n_48-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/projeto_de_lei_n_48-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional especial e dá outras providências"</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_n_49-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_n_49-2023.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Entre Rios de Minas a lei Henry Borel e dá outras providências".</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_n_51-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_n_51-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil_x000D_
 denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei Federal n° 13.204/2015".</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n_53-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n_53-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as placas de sinalização nas Estradas Rurais do Município de Entre Rios de Minas-MG e dá outras providências."</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>Ronivon Alves de Souza</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_n_57-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_n_57-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito suplementar especial e dá outras providências"</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_n_58-2023_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_n_58-2023_.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a Administração Pública Municipal e a Caixa Escolar_x000D_
 Dom Frei Toninho da Escola Estadual Dom Rodolfo, através de repasse de recursos financeiros"</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_n_59-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_n_59-2023.pdf</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_n_60-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_n_60-2023.pdf</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/projeto_de_lei_n_61-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/projeto_de_lei_n_61-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 40 e do artigo 5° da Lei Municipal n° 1.954, de 13 de dezembro de 2022 que dispõe_x000D_
 sobre o Orçamento do Município para o exercício de 2023 e dá outras providências."</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/requerimento_no_01-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/requerimento_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, fundamentados no que preceitua o inciso XIV do Art. 63 da Lei Orgânica Municipal e o Regimento Interno desta Casa Legislativa em seu Art. 53, REQUEREM à V. Exa., ouvido o egrégio Plenário na forma regimental:_x000D_
 Que o Poder Executivo Municipal encaminhe a esta Câmara os documentos referentes a renovação da concessão com a Companhia de Saneamento de Minas Gerais (COPASA), informando quais foram as modificações estabelecidas no novo contrato ou termo aditivo firmado, levando-se em conta os compromissos estabelecidos durante a 19ª Reunião Ordinária da 1ª Sessão Legislativa, em 09 de novembro de 2021, de inclusão de pontos referentes à Lei Federal nº 8.987/95 e à Lei Federal nº 14.026/2021. Naquela ocasião, afirmou-se que uma minuta do referido documento seria encaminhada ao Legislativo Municipal, fato este que não ocorreu até o presente momento.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_02-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possa esclarecer à esta Casa Legislativa qual a real situação da liberação do funcionamento da Estação de Tratamento de Esgoto (ETE) de Entre Rios de Minas, diante do parecer anexo emitido pela Superintendência Regional de Meio Ambiente - Central (SUPRAM), em 29/12/2022, o qual consta o INDEFERIMENTO da licença ambiental para funcionamento da estação. Nos autos, o órgão manifesta sua contrariedade ante a supressão de vegetação nativa no local, apontando imagens de satélite que impedem o devido licenciamento, o que causa preocupação aos vereadores desta Câmara Municipal, face ao montante investido pela Fundação Nacional de Saúde (FUNASA) nesta obra. Que se responda quais medidas o Executivo tem desenvolvido para a solução do problema e qual a previsão para o funcionamento da estação de esgoto, bem como encaminhe toda a documentação referente à solicitação do licenciamento.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/requerimento_no_03-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/requerimento_no_03-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possa esclarecer à esta Casa Legislativa qual a real situação do licenciamento da Usina de Triagem e Compostagem de Lixo de Entre Rios de Minas, diante do parecer anexo emitido pela Superintendência Regional de Meio Ambiente - Central (SUPRAM), em 03/05/2022, o qual consta o INDEFERIMENTO da licença ambiental para funcionamento da unidade. Nos autos, o órgão manifesta sua contrariedade ante a existência de um “enterro de resíduos sólidos no local”, apontando imagens de satélite para provar o ocorrido, sendo que foi afirmado que não se operava um aterro na localidade durante a solicitação da licença. Tal parecer causa preocupação aos vereadores desta Câmara Municipal, face à importância da Usina de Triagem para o nosso Município, a quantidade de empregos que gera e o benefício ambiental que ela provoca, sendo imprescindível o seu licenciamento ambiental que assegure o seu funcionamento. Que se responda quais medidas o Executivo tem desenvolvido para a sol</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/requerimento_no_04-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/requerimento_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possa esclarecer à esta Casa Legislativa, diante da sanção da Lei que autorizou recursos para a Associação de Moradores Sem Casa (AMSCA) para a execução de sua Estação de Tratamento de Esgoto (ETE), de que forma este equipamento servirá para atender aos moradores do Bairro Castro, uma vez que esta informação tem sido divulgada pela Secretaria Municipal de Obras e Infraestrutura aos moradores, de maneira que a solução do esgotamento sanitário será resolvida. Que a Prefeitura possa apresentar o projeto de interligação das casas até a rede do Residencial Dom Luciano Mendes de Almeida, se ETE a ser implantada terá condições de receber o esgoto e qual a fonte de recursos para a execução de tal obra, caso ela venha realmente a ser planejada e executada para o necessário atendimento aos moradores do Bairro Castro.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/requerimento_no_05-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/requerimento_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Educação possa esclarecer a esta Casa Legislativa o impacto da nova medida de custeio do transporte escolar implantada pelo Governo de Minas, anunciada em reunião junto aos prefeitos em 02 de fevereiro de 2023. Segundo informações publicadas pela Agência Minas, um novo modelo para o repasse de recursos da Secretaria de Estado de Educação (SEE-MG) aos municípios, por meio do Programa Estadual de Transporte Escolar (PTE)._x000D_
 O programa terá novos critérios de distribuição, passando a adotar a quilometragem percorrida por dia, e não mais os dados per capita por aluno, como acontecia até o ano passado. Também serão levados em conta o tipo de via, o modelo do veículo, capacidade de carga e número de alunos da Educação Básica da rede pública estadual que utilizam o transporte escolar em cada rota executada. As novas regras constam na Resolução conjunta da SEE/Segov, Nº  02, publicada em edição extra, página 4, do Diário Oficial do Estado de terça-feira (31/1).</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>Rivael Nunes Machado, Rodrigo de Paula Santos Silva</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_no_06-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Conforme extrai-se do Requerimento nº 64/2022, foi pleiteada a relação de documentos relativos à realização das cirurgias custeadas pelo Município de Entre Rios de Minas/MG, referentes aos anos de 2021 e 2022. Todavia, nos termos do Ofício nº 293/GAB/2022, tal requerimento foi indeferido, tudo com arrimo na Lei nº 13.709/18 (Lei Geral de Proteção de Dados)._x000D_
 Como é amplamente sabido, o acesso à informação está expresso no art. 5º, inc. XXXIII, bem como no art. 37, §3º, inc. II, ambos da Carta Magna de 1988. Assim, aludida previsão constitucional torna a própria transparência pública um princípio, ainda que implícito. Logo, a transparência nada mais é que a forma de efetivar o princípio da publicidade, esculpido no caput do art. 37 da CF/88. Cabe aqui citar, também, a LAI (Lei de Acesso à Informação - Lei nº 12.527/2011).</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_no_07-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_no_07-2023.pdf</t>
   </si>
   <si>
     <t>Que  encaminhe a esta Casa Legislativa cópia de toda documentação do processo licitatório n° 32/2023, Dispensa n° 012/2023, o qual tinha por finalidade a contratação para prestação de serviços técnicos e profissionais de consultoria e elaboração do concurso público em âmbito regional._x000D_
 Insta destacar que a realização de concurso público no nosso Município é uma preocupação por parte desta Casa de Leis, que rotineiramente cobra junto a este Executivo que o mesmo seja realizado, bem como seja também efetuada a revisão do plano de cargos e salários, de modo a assegurar carreiras atrativas e com remuneração justa aos aprovados,  para que se preste a população entrerriana um serviço de excelência.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_no_08-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_no_08-2023.pdf</t>
   </si>
   <si>
     <t>A concessão de uma moção de aplauso aos Srs. Luiz Francisco Vasconcelos Morais e Raul Sousa Leite Resende, cidadãos entrerrianos que conquistaram a medalha de bronze na 17ª Olimpíada Brasileira de Matemática - OBMEP, por levarem o nome de nossa cidade ao mais elevado nível, e por essas conquistas que são frutos da dedicação aos seus estudos.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_no_09-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da procedência ou não de uma denúncia recebida por este signatário, a qual informa sobre um possível furto de equipamentos de ambulâncias que ficam alocadas no Almoxarifado e atende as demandas da Secretaria Municipal de Saúde._x000D_
 Neste sentido, foi relatado a este signatário que “o rádio da Fiorino, a sirene da Saveiro e a placa da Sprinter (ambulância grande) foram furtadas". Diante da denúncia apresentada, vem este subscrevente requerer informações relativas aos fatos, se o mesmo ocorreu e se sim quais foram as medidas tomadas por este Executivo, e se ainda foi realizado o Boletim de Ocorrência para uma futura investigação policial.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_no_10-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_no_10-2023.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa confira uma MOÇÃO DE APLAUSO ao Sr. Daniel Antonio Vieira, em razão de sua aposentadoria no Ministério Público de Minas Gerais, depois de 38 anos de serviços prestados ao Estado de Minas Gerais, sendo 32 anos como servidor do egrégio órgão.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_no_11-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_no_11-2023.pdf</t>
   </si>
   <si>
     <t>REQUEREM à V. Exa., ouvido o egrégio Plenário na forma regimental:_x000D_
 _x000D_
 Que o Executivo Municipal esclareça de que forma está sendo implantado o Sistema Municipal de Informação sobre o Meio Ambiente;_x000D_
 Que, como será garantido o duplo grau administrativo às decisões relativas ao licenciamento e fiscalização ambiental, se o Município adotará providências quanto ao CODEMA;_x000D_
 Que se encaminhe a esta Casa Legislativa, ainda que de forma extemporânea ao período legal de resposta a este Requerimento, qualquer resposta proveniente do recurso administrativo impetrado pelo Município junto à Superintendência Regional de Meio Ambiente da SUPRAM Central Metropolitana (SEMAD).</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>Rivael Nunes Machado, Levi da Costa Campos</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/requerimento_no_12-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/requerimento_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as obras de reforma do “Centro de Ensino Municipal  Infantil de Entre Rios de Minas” (escolinha do lápis), prédio público que abrigava a referida instituição, situado na Av. Dr. João Vaz, em atenção à preservação do patrimônio público e levando-se em conta a ação indicada através de emenda impositiva de autoria deste Vereador, que foi devidamente aceita por este Executivo Municipal. Tal prédio encontra-se fechado para reforma há mais de um ano e, até o presente momento, não há indícios de que conclusão._x000D_
 Desta maneira, requer informação sobre a previsão de entrega da supramencionada obra, por entender que o tempo de execução extenso pode privar a população de utilizar a infraestrutura que, por décadas, atendeu ao ensino público do Município.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>Juquinha do Táxi, Rivael Nunes Machado</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/requerimento_no_13-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/requerimento_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Que se encaminhe a esta Casa Legislativa informações sobre o processo da perfuração dos poços artesianos nas comunidades rurais, em especial do Madruga da Pedra, por se tratar de ação indicada através de emenda impositiva que foi devidamente aceita por este Executivo Municipal, já viabilizada por meio do Pregão Eletrônico nº 0079/2022, o qual também assegurará o equipamento para Bom Jardim dos Coelhos e Praia, em atenção à demanda da comunidade.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/requerimento_no_14-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/requerimento_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a execução das obras de reforma do Posto de Saúde e da instalação de uma quadra na comunidade da Serra do Camapuã, uma vez que trata-se de indicação de emenda impositiva de autoria deste vereador, a qual foi devidamente aceita por este Executivo Municipal, sendo fundamental a clareza de informações acerca do andamento da supramencionada obra, em atenção ao pedido da população local.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_15-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Informações sobre as obras de revitalização da quadra esportiva do Bairro Sassafrás, por se tratar de ação indicada através de emenda impositiva que foi devidamente aceita por este Executivo Municipal, que até o presente momento não foi cumprida, destaca-se ainda que para este signatário trata-se de obra simples, motivo pelo qual não entende a demora para a Execução.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/requerimento_no_16-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/requerimento_no_16-2023.pdf</t>
   </si>
   <si>
     <t>A concessão de uma moção de aplauso ao Sr. Mateus Henrique da Costa Resende, cidadão entrerriano que conquistou a medalha de bronze na 17ª Olimpíada Brasileira de Matemática - OBMEP, por levar o nome de nossa cidade ao mais elevado nível, e por essa conquista que é fruto da sua dedicação aos estudos.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/requerimento_no_17-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/requerimento_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo Municipal estude a viabilidade de se adquirir a equipamentos próprios para impressão e fotocópia para atender as  demandas do Executivo em todos os setores e instituições conveniadas, em atenção ao princípio da economicidade, ante a alteração dos valores a serem pagos por cópia conforme informações do Processo Licitatório de n° 10/2023, Pregão Eletrônico de n° 09/2023.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/requerimento_no_18-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/requerimento_no_18-2023.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento de número 16-2022, o qual solicita informações sobre a previsão de obras de infraestrutura básica na comunidade da Gameleira pois trata-se de uma demanda antiga dos moradores, que sofrem diariamente com a atual situação do local, com o excessivo acúmulo de poeira da época da seca e de barro na época de chuvas, ademais resta salientar que a situação da via é precária nos dois períodos, tendo enormes crateras e se restando intrafegável nos dias chuvosos.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/requerimento_no_19-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/requerimento_no_19-2023.pdf</t>
   </si>
   <si>
     <t>Que o Município possa informar a esta Casa Legislativa como se dá a aplicação da Lei Municipal nº 1.949/2022, de autoria deste Vereador, a qual “estabelece a prioridade no atendimento aos pacientes em tratamento oncológico em pontos comerciais, de serviços, agências bancárias, bem como no transporte no Município de Entre Rios de Minas e em Tratamento Fora do Domicílio"._x000D_
 _x000D_
 Trata-se de um dispositivo importante que intenta assegurar direitos aos pacientes que enfrentam o tratamento contra o câncer, de modo a facilitar suas vidas tanto na busca pelo atendimento público quanto no atendimento em estabelecimentos privados.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/requerimento_no_20-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/requerimento_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Conforme ofício GAB n° 027/2023, bem como o contrato de repasse n° 894114/2019/MTUR/CAIXA denota-se que o referido contrato de repasse teve vigência entre o período de 31/12/2019 até 31/06/2021, tudo com fulcro na cláusula 15º C/C condições gerais item VI._x000D_
 Diante disso é o presente para requerer informações sobre a elaboração do projeto, encaminhando o mesmo a esta Casa Legislativa. Outrossim, requer informações e cronograma sobre a execução do aludido projeto, bem como o cronograma da execução do processo licitatório._x000D_
 Ademais, que se faça ampla divulgação deste certame, uma vez que este já decorreu de licitação deserta e, na segunda tentativa, contou apenas com uma empresa participante a qual foi declarada inabilitada diante de ausência de documentação, para que não haja risco de perder este recurso, que o município divulgue e convide as empresas para participar do pregão.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/requerimento_no_22-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/requerimento_no_22-2023.pdf</t>
   </si>
   <si>
     <t>REQUEREM à V. Exas., ouvido o egrégio Plenário na forma regimental:_x000D_
 -Que a COPASA encaminhe a esta Casa Legislativa os resultados provenientes de laudos técnicos laboratoriais exigidos pelos órgãos de saúde efetuados pela concessionária nos últimos dois meses, considerando a captação, o tratamento e aqueles realizados nas unidades consumidoras, de modo a esclarecer aos nobres pares sobre a qualidade da água que vem sendo tratada e distribuída pela Companhia._x000D_
 -Que a COPASA encaminhe o último laudo técnico efetuado que demonstre análise de materiais agrotóxicos, medicamentos e metais pesados na água do Município;_x000D_
 -Que a COPASA possa apresentar ao Poder Público Municipal, incluindo Executivo e Legislativo, o plano de investimentos da companhia no Município;_x000D_
 -Que o Poder Executivo Municipal possa encaminhar a esta Casa Legislativa as análises laboratoriais efetuadas nos últimos três meses de 2023 pela empresa Terra Consultoria e Análises Ambientais LTDA</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/requerimento_no_23-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/requerimento_no_23-2023.pdf</t>
   </si>
   <si>
     <t>Que o Município possa prestar esclarecimentos sobre quando se dará o reajuste salarial aos professores seguindo o Piso Nacional da Educação Básica, o qual, de acordo com o que foi divulgado pela União, encontra-se em plena vigência, estabelecendo à categoria um reajuste de 14,95%, elevando os vencimentos desses profissionais da educação básica ao valor de R$ 4.420,55 (quatro mil quatrocentos e vinte reais e cinquenta e cinco centavos)._x000D_
 Desta maneira, requer este signatário informações do Poder Executivo Municipal no sentido de que se esclareça como será feito este reajuste salarial em nosso Município, o qual é de extrema importância para a valorização dos profissionais da educação básica, e se o valor a ser repassado será o do novo piso salarial da categoria ou outro, levando em consideração os planos de cargos e salários de nosso município.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_no_24-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_no_24-2023.pdf</t>
   </si>
   <si>
     <t>Conforme extrai-se do Requerimento nº 74/2022, foi pleiteada a relação de documentos relativos à realização das cirurgias custeadas pelo Município de Entre Rios de Minas/MG, referentes aos anos de 2020, 2021 e 2022. Todavia, nos termos do Ofício nº 294/GAB/2022, tal requerimento foi indeferido, tudo com arrimo na Lei nº 13.709/18 (Lei Geral de Proteção de Dados)._x000D_
 Dessa maneira, este signatário reitera o requerimento número 74/2022 e, caso as informações não sejam repassadas, as medidas legais serão prontamente tomadas.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_no_25-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_no_25-2023.pdf</t>
   </si>
   <si>
     <t>Considerando a apresentação do relatório anexo a este requerimento, requer esta Comissão que o Poder Executivo Municipal possa avaliar a possibilidade de manutenção de um servidor no Centro de Ensino Municipal de Infantil “Geralda Vieira de Melo”, em função de zeladoria, atendendo à demanda da coordenação da instituição, bem como a instalação de câmeras de monitoramento para garantir a segurança de todos os usuários do espaço, professores, alunos, auxiliares, pais e convidados.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_no_26-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_no_26-2023.pdf</t>
   </si>
   <si>
     <t>Que a comissão de Obras e Serviços Públicos Municipais possa comparecer ao Terminal Rodoviário Mario Alves de Andrade para realizar um relatório detalhado sobre como se encontra o referido prédio público.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requereimento_no_27-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requereimento_no_27-2023.pdf</t>
   </si>
   <si>
     <t>Que as comissões de Obras e Serviços Públicos Municipal e Saúde, Meio Ambiente e Assistência Social, possam promover uma visita às obras de reforma e ampliação das ESFs Dr. Roberto Andrés, na Praça Cassiano Campolina, e Alcino Lázaro, na Praça Antônio Morais, Bairro Santa Efigênia, de modo a averiguar as condições em que se encontram as obras, elaborando um relatório detalhado da situação. Que seja requerido ao Poder Executivo Municipal toda a documentação relativa aos projetos e processo licitatório, memoriais descritivos e outros documentos relacionados às obras de reforma e ampliação das ESFs, possa analisar de que maneira está o andamento das intervenções supramencionadas.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_28-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da disponibilização do Poliesportivo Deputado Estadual Agostinho Patrus para realizações de campeonatos esportivos de nosso Município._x000D_
 O questionamento alhures surge pois o supramencionado espaço esportivo não vem sendo utilizado para realização deste tipo de competição, tendo em vista ainda ser o local mais adequado para tais eventos, que podem abarcar as modalidades de futsal, vôlei, handebol, entre outras.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_29-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_29-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca das obras de recuperação da ponte que liga a Rua Jeceaba com a Rua Amador de Souza Leão, no bairro Vargem do Engenho._x000D_
 Justifica-se o pedido das mencionadas informações uma vez que a supracitada ponte quase se rompeu devido as fortes chuvas que assolaram o nosso Município no meses de dezembro e janeiro, sendo enviados esforços imediatos por parte do Executivo, o qual realizou uma força tarefa para evitar que a mesma se perdesse. No entanto, até o presente momento, o local ainda não foi devolvido à população, o que leva a este signatário a pedir os esclarecimentos devidos sobre o andar da obra e o prazo em que a mesma será concluída.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_30-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_30-2023.pdf</t>
   </si>
   <si>
     <t>Que a comissões de Obras e Serviços Públicos Municipais e a de Educação, Cultura, Esporte e Lazer possam comparecer às quadras esportivas do Município e as academias ao ar livre, para realizar um relatório detalhado sobre a situação em que as mesmas se encontram, diante da reclamação de parte da população sobre o descaso com estes importantes equipamentos públicos destinados ao esporte.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no31-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no31-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca da execução das obras de construção de nova ponte para a Cachoeira dos Faleiros, cuja qual liga a área urbana à mencionada comunidade, bem como a outras comunidades importantes, tais como a do Montijo, a dos Coelhos, entre outras, e também serve de acesso ao Município de Resende Costa - MG._x000D_
 Nesta seara, cumpre destacar que este signatário detém o conhecimento de que foi realizado até o presente momento somente a licitação para a contratação da empresa que fará o projeto básico/executivo da mencionada obra, realizado no mês de dezembro de 2022, sob o n° 035/2023, Dispensa n° 013/2023, na qual sagrou-se vencedora a empresa R. A. Rocha Engenharia LTDA, assim, resta saber qual o planejamento deste Executivo para licitar a execução da mencionada obra, ou se a obra será realizada pelos servidores Municipais, assim que o projeto seja entregue, conforme contrato, até julho de 2023.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>Rivael Nunes Machado, Joãozinho Cricri, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_32-2023.pdf</t>
+    <t>Rivael Nunes Machado, Joãozinho Cricri, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_32-2023.pdf</t>
   </si>
   <si>
     <t>A aprovação do Relatório de Visita de Campo ao Terminal Rodoviário Mário Alves de Andrade realizada pela Comissão de Obras e Serviços Públicos Municipais, anexo a este, de modo que seja novamente oficiado o Poder Executivo Municipal para a tomada de providências urgentes acerca do tema, bem como dê ciência ao egrégio Ministério Público de Minas Gerais sobre a situação averiguada, em atenção ao clamor da população._x000D_
 Tal Requerimento se justifica uma vez que a situação de descaso se arrasta por mais de 10 anos, considerada a data da inauguração do terminal, não obtendo uma funcionalidade que resguarde o interesse público e atenda à população. Destaca-se que o atual  estado de deterioração não pode se perpetuar até que exista um desfecho para a Ação Civil Pública nº 0005888-11.2019.8.13.0239 (PJE), em curso. Cabe, portanto, questionar a atual gestão pelo estado de total descaso que se encontra o terminal, sem qualquer tipo de limpeza e conservação, por mais simples que seja.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>Rodrigo de Paula Santos Silva, Denis da Escolinha, Joãozinho Cricri, Levi da Costa Campos</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_no_33-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Que se encaminhe o Relatório de Visita de Campo da Comissão de Saúde, Assistência Social e Meio Ambiente à COPASA para que esta possa incluir no plano de investimentos da companhia no Município as melhorias necessárias para o tratamento de água no Bairro Castro</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>Roni Enfermeiro, Joãozinho Cricri, Juquinha do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/requerimento_no_34-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/requerimento_no_34-2023.pdf</t>
   </si>
   <si>
     <t>O encaminhamento a esta Casa Legislativa do saldo existente em todas as contas bancárias de titularidade do Município de Entre Rios de Minas, totalizados até a presente data.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/requerimento_no_35-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/requerimento_no_35-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do quantitativo de Fiscais de Posturas, Fiscais de Obras e Serviços, Fiscais Tributários, Fiscais de Meio Ambiente e Fiscais de Saúde Pública existentes no Município, bem como o número exatos dos que estão desempenhando esta função atualmente.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/requerimento_no_36-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/requerimento_no_36-2023.pdf</t>
   </si>
   <si>
     <t>Requer a informações sobre a revisão do Plano de Cargos e Salários do Município, que estava em curso desde o início deste mandato e até o presente momento não se findou._x000D_
 Tal questionamento surge por dois fatores importantes, sendo o primeiro para justificar as vagas do concurso público que o Município irá realizar no presente ano, bem como para analisar a recomposição do valor dos vencimentos dos nossos servidores, que já se encontram defasados há bastante tempo.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/requerimento_no_37-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/requerimento_no_37-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal proceda ao cumprimento do Art. 23 da Lei nº 1.950, de 1º de agosto de 2022, que estabelece as diretrizes para o orçamento vigente. Tendo em vista que o Município publica as informações da folha de pagamento, embora com atrasos no lançamento e de maneira individualizada, sem um totalizador com indicação de dados do número de contratados, efetivos e comissionados, afora o valor global que se paga ao pessoal ativo e inativo de toda a máquina pública, bem como horas extras e gratificações, que se estabeleça, em campo à parte esta informação para a maior ciência de todos os cidadãos de nossa cidade, em respeito ao princípio da publicidade e assegurando a transparência com o gasto público._x000D_
 Ademais, que encaminhe a esta Casa Legislativa, uma relação completa onde conste, até o presente data, informações do número total de Servidores Municipais efetivos e dos contratados, bem como o custo atual da folha de pagamento mensalmente.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/requerimento_no_38-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/requerimento_no_38-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo encaminhe a esta Casa Legislativa cópias de todos os documentos (empenhos, notas fiscais, controles de passageiros, requerimentos de solicitações, comprovante de realização de viagens, recibos e quaisquer outros que tenham por finalidade prestar contas de viagens realizadas) das empresas terceirizadas que prestam serviços de transporte de passageiros para a Secretaria Municipal de Saúde, emitidos nos anos de 2021, 2022 e 2023, até a presente data.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/requerimento_no_39-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/requerimento_no_39-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a existência de projeto que vise a implementação de saneamento básico no bairro da Gameleira, bem como se existe planejamento para que se realize as obras de pavimentação asfáltica e complementares do mencionado local._x000D_
 Neste sentido, caso haja este planejamento, solicita-se ainda o cronograma de execução das obras que serão realizadas no local, para darmos à população as informações pertinentes sobre tais fatos._x000D_
 Resta salientar que as obras de pavimentação asfáltica e as complementares a esta, proporciona um maior conforto e qualidade de vida a população, pois a mesma melhora as condições de limpeza das vias, o que contribuiu diretamente nos problemas respiratórios ocasionados pelo excesso de poeira, minimiza o risco de enchentes, aumenta a segurança do tráfego, entre outras melhorias.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_no_41-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_no_41-2023.pdf</t>
   </si>
   <si>
     <t>Vem este vereador requerer ao Chefe do Executivo Municipal, que esclareça, de maneira clara e objetiva, sem delongas, qual a real situação que levou à aquisição de novo cárter para a Motoniveladora Patrol New Holland RG140B, atribuindo a responsabilidade aos verdadeiros responsáveis pelo sumiço da peça anterior, cumprindo a obrigação constitucional outorgada pelo cargo que ocupa, com respeito à esta Casa Legislativa, à legislação em vigor, ao patrimônio público, ao interesse público, em respeito À VERDADE DOS FATOS.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>Joãozinho Cricri, Rivael Nunes Machado</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/requerimento_no_42-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/requerimento_no_42-2023.pdf</t>
   </si>
   <si>
     <t>- Que se retirem imediatamente, no prazo máximo de 48 horas, os dispositivos instalados por particulares no Almoxarifado da Prefeitura, se acaso realmente estiverem instalados haja vista que se tratam de câmeras particulares e não de caráter público como a natureza da edificação;_x000D_
 - Que se instale OFICIALMENTE as câmeras para monitoramento devido no local, conforme já solicitado inúmeras vezes por esta Casa Legislativa, inclusive com projeto de lei aprovado nesta Casa, aguardando sanção, de maneira a proteger o patrimônio e resguardar o interesse público, delegando apenas às autoridades municipais o seu monitoramento._x000D_
 - Que se informe a esta Casa Legislativa se foi dada ciência ao Chefe do Poder Executivo Municipal ou Secretário Municipal sobre a existência dos dispositivos e se algum deste detém o acesso ao sistema de monitoramento.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/requerimento_no_43-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/requerimento_no_43-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a existência de projeto que vise a implementação de saneamento básico no bairro Sassafrás, bem como se existe planejamento para que se realize as obras de pavimentação asfáltica e complementares do mencionado local._x000D_
 Neste sentido, caso haja este planejamento, solicita-se ainda o cronograma de execução das obras que serão realizadas no local, para darmos à população as informações pertinentes sobre tais fatos._x000D_
 Resta salientar que as obras de pavimentação asfáltica e as complementares a esta, proporciona um maior conforto e qualidade de vida a população, pois a mesma melhora as condições de limpeza das vias, o que contribuiu diretamente nos problemas respiratórios ocasionados pelo excesso de poeira, minimiza o risco de enchentes, aumenta a segurança do tráfego, entre outras melhorias.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>Roni Enfermeiro, Denis da Escolinha, Joãozinho Cricri, Levi da Costa Campos, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/requerimento_no_44_-_2023.pdf</t>
+    <t>Roni Enfermeiro, Denis da Escolinha, Joãozinho Cricri, Levi da Costa Campos, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/requerimento_no_44_-_2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a obra de reforma e ampliação da ESF do bairro Castro, discorrendo sobre em que fase a mesma se encontra e qual a previsão de entrega da mesma para a população._x000D_
 Nesse sentido, insta informar ainda que estes signatários destinaram as emendas impositivas para ajudar no custeio da mencionada obra no ano de 2021 e assim, o dinheiro destinado através destas emendas deveria ser gasto no decorrer do exercício 2022, fato que não sabe informar estes subscritores se fora cumprido, o que justifica ainda mais os questionamentos alhures.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/requerimento_no_45-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/requerimento_no_45-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do planejamento e execução da obra da Creche Municipal do bairro Castro._x000D_
 Tal questionamento surge pois há bastante tempo circulam as informações de que este Executivo Municipal construiria uma creche municipal no mencionado bairro, que a princípio atenderia as crianças que residem nessa localidade e nas demais comunidades rurais de seu entorno._x000D_
 Desta maneira, por ser um assunto que sempre surge como questionamento aos vereadores por parte da população, solicita-se então as informações concretas para que esta dúvida dos Munícipes seja sanada.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/requerimento_no_46-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/requerimento_no_46-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa Legislativa uma relação contendo todas as cirurgias custeadas pelo Município, via Secretaria Municipal de Saúde, do ano de 2020 a 2023, executadas na rede pública e na rede privada, constando nome do paciente, nome do procedimento, médico responsável e instituição onde fora realizada.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/requerimento_no_47-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/requerimento_no_47-2023.pdf</t>
   </si>
   <si>
     <t>Em atenção ao pedido dos moradores do chacreamento Vovó Edith, na comunidade de Lava-Olhos, em Entre Rios de Minas, requer informações sobre a necessidade de implantação de água aos moradores. Existe hoje uma rede de abastecimento da Copasa até a propriedade do Sr. Túlio Resende, a qual pode ser estendida até o chacreamento, de modo a contemplar os moradores com o insumo._x000D_
 Entendemos algumas limitações jurídicas referentes ao parcelamento de solo no local, mas que a Copasa junto ao Município possam envidar esforços para solucionar a questão do abastecimento no local, pondo fim aos dilema vivido pelos moradores que necessitam do insumo para sua subsistência e higiene pessoal.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/requerimento_no_48-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/requerimento_no_48-2023.pdf</t>
   </si>
   <si>
     <t>1 – Que se encaminhe a esta Casa Legislativa todas informações do processo licitatório nº 008/2020, contrato nº 017/2020, referente à Empresa Locadora Terramares Ltda.;_x000D_
 2 – Que se encaminhe a esta Casa Legislativa todas informações do processo licitatório nº 0029/2021, contrato nº 0010/2021, referente à Empresa Locadora Terramares Ltda.;_x000D_
 3 – Que sejam encaminhados todos os editais, documentos, atas, termo de homologação, adjudicação e contratos firmados entre o Município e a empresa supramencionada;_x000D_
 4 - Que sejam encaminhadas todas as notas fiscais e empenhos relativos às empresas acima aludidas, bem como aquelas emitidas em pagamento à empresa acima aludidas, bem como aquelas emitidas em pagamento à empresa Locadora Terramares referentes ao Processo Licitatório nº 116/2018;_x000D_
 5 – Que sejam encaminhadas, detalhadamente, todas as medições de obras, parte diárias, relação de horas trabalhadas (discriminadas por equipamento e com o horímetro), apontamentos, relação do serviço desempenhado.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/requerimento_no_50-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/requerimento_no_50-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da recomposição anual do salário dos servidores do Município, bem como se haverá um aumento real em seus vencimentos, tendo em vista o elevado índice de inflação que vem assolando nosso país nos últimos anos.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/requerimento_no_51-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/requerimento_no_51-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a aplicação do piso salarial da enfermagem em nosso Município, tendo em vista a vigência da Lei Federal n° 14.434 de 04 de agosto de 2022, a qual instituiu o novo piso salarial da enfermagem, e ainda tendo em vista a Lei Federal n° 14.581, Sancionada pelo Presidente da República  na última sexta-feira a qual trás 7,3 bilhões de reais para que o piso salarial desta categoria seja pago, bem como a regulamentação do Ministério da Saúde para  distribuição aos Estados e Municípios._x000D_
 Assim, surge ainda os seguintes questionamentos sobre quando o Município vai aplicar o novo Piso Salarial da Enfermagem, de que forma se dará essa aplicação, se será necessária a mudança da legislação em vigor (plano de cargos e salários do Município), e ainda como será o repasse ao Hospital Cassiano Campolina.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>Joãozinho Cricri, Denis da Escolinha</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/requerimento_no_52-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/requerimento_no_52-2023.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa conferir uma MOÇÃO DE APLAUSO ao Entrerriense Futebol Clube, o amado Ribeiro da Silva Futebol Clube, em face das comemorações pelos cem anos do time, a serem celebrados por toda sociedade entrerriana no mês de julho de 2023, haja vista os memoráveis episódios que uniram seus integrantes pela prática desportiva e os princípios de civilidade, amizade e cordialidade entre os seus.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/requerimento_no_53-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/requerimento_no_53-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal informe a esta Casa Legislativa qual a real situação das obras de restauração do Paço Municipal, antiga sede da Prefeitura Municipal localizada na Praça Coronel Joaquim Resende nº 89, considerando seu andamento e entraves para reabertura, qual foi a quantia de recursos aportados na execução da obra, qual a situação do contrato com a empresa responsável e quais são ainda as necessidades para que a referida seja reaberta a população._x000D_
 Que se encaminhe cópias dos documentos, incluindo notificações, empenhos, notas fiscais e relatórios técnicos para apreciação dos vereadores desta Casa Legislativa._x000D_
 Destaca-se que o edifício encontra-se com suas janelas abertas e presença de morcegos, o que pode gerar danos às estruturas já restauradas como o assoalho, sendo primordial que o Município envide esforços para a conservação da sua integridade e não se incorra em mais dispêndios pela ausência de atenção ao prédio em questão.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_54-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_54-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal informe a esta Casa Legislativa qual a real situação das obras antiga sede da Prefeitura Municipal localizada na Rua Monsenhor Leão nº 110, considerando seu andamento e entraves para reabertura, qual foi a quantia de recursos aportados na execução da obra, qual a situação do contrato com a empresa responsável e quais são ainda as necessidades para que a referida seja reaberta a população._x000D_
 Que se encaminhe cópias dos documentos, incluindo notificações, empenhos, notas fiscais e relatórios técnicos para apreciação dos vereadores desta Casa Legislativa._x000D_
 Por se tratar de um edifício alugado e pelas referidas obras de restauração ainda não apresentarem data final, requer este signatário que tal obra possa ser finalizada de maneira mais célere, seja para uso do Executivo Municipal, seja para a devolução ao seu proprietário.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no_55-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no_55-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o saldo atualizado existente na conta da CFEM._x000D_
 Apesar de recentemente outro membro desta Casa Legislativa ter solicitado o saldo de todas as contas do Município, por se tratar de um recurso que mensalmente é repassado, busca-se saber o saldo atual, para saber os futuros investimentos que serão realizados com este dinheiro.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/requerimento_no_56-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/requerimento_no_56-2023.pdf</t>
   </si>
   <si>
     <t>Considerando a Deliberação n°4.178 de 16 de maio 2023 a qual aprova os critérios de inscrição, habilitação e contemplação das obras dos Municípios do Estado de Minas Gerais para o recebimento de incentivo estadual para financiamento de Unidades de Saúde Básicas de Saúde (UBS) no ano de 2023, requer:_x000D_
 Que o Executivo Municipal se atente ao prazo de inscrição deste programa para que possamos ser contemplados com a construção de uma nova UBS para assim melhor atender os anseios da população entrerriana no que tange a Saúde, e ainda requer que a possível construção desta Unidade Básica de Saúde seja realizada no bairro Castro, tendo em vista que atualmente o Município tem que arcar com o custo de locação de um imóvel para que funcione a ESF do mencionado bairro.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/requerimento_no_57-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/requerimento_no_57-2023.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa conferir uma MOÇÃO DE APLAUSO a todos os servidores públicos municipais que atuam como garis, coletores de lixo e na triagem e compostagem do lixo do Município. Que possam ser homenageados diante de tão importante labor para a nossa sociedade, atuando diuturnamente no recolhimento de resíduos sólidos, assegurando o bem-estar social e a preservação do Meio Ambiente.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/requerimento_no_58-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/requerimento_no_58-2023.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa conferir uma MOÇÃO DE APLAUSO ao Clube da Terceira Idade, executado pelo Município de Entre Rios de Minas, ante a grande importância para o fortalecimento de vínculos, para a garantia do bem estar de todas as pessoas participantes e seus familiares, em um amplo trabalho .</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/requerimento_no_59-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/requerimento_no_59-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a este egrégio Poder Executivo Municipal que possa encaminhar todas as rotas do transporte escolar, de forma que se encaminhe cada rota de forma individualizada, com a quilometragem correspondente e a empresa responsável. Que informe ainda qual foi a forma de licitação adotada para cada rota, bem como a relação de todos os pagamentos efetuados desde o mês de janeiro de 2021 até a presente data._x000D_
 Justifica-se o presente diante da ação fiscalizadora desta Casa Legislativa, de modo que possamos entender a dinâmica do transporte escolar, em face do interesse público e ouvida a população.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_no_60-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_no_60-2023.pdf</t>
   </si>
   <si>
     <t>Solicita a este egrégio Poder Executivo Municipal que possa encaminhar todas as informações acerca do transporte terceirizado da Secretaria Municipal de Saúde, de forma que se encaminhe cada contrato de forma individualizado, demonstrando a forma como se dá o pagamento pela quilometragem correspondente a cada viagem. Que informe ainda qual foi a forma de licitação adotada para cada prestador de serviço, bem como a relação de todos os pagamentos efetuados desde o mês de janeiro de 2021 até a presente data._x000D_
 Justifica-se o presente diante da ação fiscalizadora desta Casa Legislativa, de modo que possamos entender a dinâmica do transporte na saúde, em face do interesse público, tendo ouvido a população.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/requerimento_no_61-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/requerimento_no_61-2023.pdf</t>
   </si>
   <si>
     <t>Que o Município de Entre Rios de Minas informe a esta Casa Legislativa se foi quitada a Taxa correspondente ao ECAD para a realização do evento “Sábado de Aleluia”, promovido pela Secretaria Municipal de Cultura, Esporte, Lazer e Turismo da Prefeitura Municipal de Entre Rios de Minas no dia 08 de abril do corrente ano, cuja dupla que se apresentou foi Henrique Octávio e Eduardo. _x000D_
 Justifica-se o presente diante da ação fiscalizadora desta Casa Legislativa, de modo que possamos entender se houve o cumprimento desta obrigação legal por parte do Município, em face do interesse público</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/requerimento_no_62-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/requerimento_no_62-2023.pdf</t>
   </si>
   <si>
     <t>Em atenção ao pedido da APAE de Entre Rios de Minas, vimos requerer ao egrégio Poder Executivo Municipal que possa informar a esta Casa Legislativa quando o Município pretende cumprir o Art. 11 da Lei N° 1.952, DE 18 DE OUTUBRO DE 2022, a qual "Dispõe sobre a Política Municipal de Acessibilidade à Pessoa com Deficiência no âmbito do Município de Entre Rios de Minas e dá outras providências”, o qual descrevemos a seguir:_x000D_
 Art. 11 - O Município deverá criar o Conselho Municipal dos Direitos da Pessoa com Deficiência para atuar na deliberação das políticas públicas de assistência à pessoa com deficiência, assegurando a paridade entre representantes do governo e da sociedade civil em sua composição, de modo a preservar o direito à  igualdade da pessoa com deficiência.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>Requer informações acerca do montante gasto com a aquisição de peças de veículos da frota Municipal no período correspondente entre o mês de janeiro de 2017 até o mês de dezembro de 2020, bem como os processos licitatórios referente a aquisição destas peças no decorrer deste período.  _x000D_
 _x000D_
 Ademais, solicita-se ainda toda requisição exarada pelo responsável pelo setor a Secretaria de Administração, Finanças e Orçamento, e ainda todos os empenhos relativos aos pagamentos efetuados._x000D_
 _x000D_
 Justifica-se o presente diante da ação fiscalizadora desta Casa Legislativa, de modo que possamos entender como se deu a aquisição das mesmas, bem como foi realizado esta aquisição por parte do Município, em face do interesse público.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/requerimento_no_64-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/requerimento_no_64-2023.pdf</t>
   </si>
   <si>
     <t>Requer a documentação referente a todas as partes-diárias recebidas pelos motoristas da Saúde no período correspondente ao ano de 2017 até o mês de dezembro de 2020, que tal documentação seja encaminhada com todos os empenhos e requisição destas, bem como a folha de ponto e marcação de viagem, que comprove a diária de cada motorista.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/requerimento_no_65-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/requerimento_no_65-2023.pdf</t>
   </si>
   <si>
     <t>Requer a documentação referente ao pagamento realizado à empresa Sr. Dinho, por horas trabalhadas na manutenção dos veículos da frota municipal, individualizando os prestadores de serviços, em especial aqueles que davam manutenção nas máquinas pesadas, o qual corresponde ao período de janeiro de 2017 até dezembro de 2020, que tal documentação seja acompanhada do apontamento de horas trabalhadas, bem como a marcação dos dias que tal empresa prestou serviço no Município, e ainda o processo licitatório realizado para a contratação da mesma._x000D_
 Ademais, solicita-se ainda o empenho referente a cada pagamento realizado à supramencionada empresa, bem como a requisição exarada pelo responsável do departamento de transporte à época, destinada à secretaria de Administração, Finanças e Planejamento.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/requerimento_no_66-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/requerimento_no_66-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a situação de reforma dos grupos escolares que servem como seções eleitorais de nosso Município, haja vista o decorrer do prazo que ficou estabelecido na reunião realizada entre os representantes da Administração Pública, da 106ª Zona Eleitoral do TRE-MG, bem como os representantes do Legislativo e ainda os líderes partidários desta cidade._x000D_
 Neste sentido, vale ressaltar que o nosso Município se comprometeu em realizar um plano de revitalização/reforma destes prédios para que possamos manter tais seções em pleno funcionamento, fato que leva praticidade e comodidade à nossa população da nossa Zona Rural.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/requerimento_no_67-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/requerimento_no_67-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do montante gasto com peças de reposição dos Caminhões da marca Mercedes cujas as placas são as seguintes: KTC-8J59 e KPC-8959._x000D_
 Tal documentação requerida compreende-se ao período de janeiro de 2017 a dezembro de 2020, e desta forma deverá ser acompanhada do processo licitatório, das requisições e ainda das notas de empenho.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_68-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_68-2023.pdf</t>
   </si>
   <si>
     <t>Requer o relatório anual de peças de veículos e máquinas adquiridas pelo Poder Executivo, no período correspondente ao mês de janeiro de 2017 até o mês de dezembro de 2020._x000D_
 Tal relatório deverá ser disponibilizado de forma individual e discriminada de cada veículo e Máquina pertencente ao Município.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1640/reuerimento_no_69-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1640/reuerimento_no_69-2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento a esta Casa Legislativa de um relatório anual que demonstre a aquisição de peças de veículos da frota municipal, de maneira individualizada por modelo e placa, nos períodos correspondente às gestões do Departamento de Transportes cujos responsáveis eram os Srs. Rivael Nunes Machado, Heraldo Braga dos Santos e Wagner Junior Miranda._x000D_
 Tal documentação requerida compreende-se ao período de janeiro de 2017 à presente data, e desta forma deverá ser acompanhada do processo licitatório, das requisições e ainda das notas de empenho.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1641/requerimento_no_70-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1641/requerimento_no_70-2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento a esta Casa Legislativa de um relatório que contenha o cadastro de veículos da frota municipal, com seus respectivos números de motores cadastrados. _x000D_
 No caso de substituição de motor, que apresente a Nota Fiscal do novo motor utilizado, bem como o comprovante de inspeção realizada no Detran-MG e no Inmetro._x000D_
 Tal requerimento aborda os períodos correspondentes às gestões do Departamento de Transportes cujos responsáveis eram os Srs. Rivael Nunes Machado, Heraldo Braga dos Santos e Wagner Junior Miranda._x000D_
 Tal documentação requerida compreende-se ao período de janeiro de 2017 à presente data, e desta forma deverá ser acompanhada do processo licitatório, das requisições e ainda das notas de empenho.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_no_71-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_no_71-2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento a esta Casa Legislativa de um relatório que contenha as diárias apontadas e horas extras pagas aos motoristas pelos servidores Rivael Nunes Machado, Heraldo Braga dos Santos e Wagner Junior Miranda nos períodos de janeiro de 2017 até a presente data, acompanhando toda a documentação comprobatória, como requisições, comprovantes e outros instrumentos, bem como as notas de empenho.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1643/requerimento_no_72-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1643/requerimento_no_72-2023.pdf</t>
   </si>
   <si>
     <t>Requer as imagens das câmeras de monitoramento do Almoxarifado Municipal referente ao dia 03/07/2023, no período que compreende entre as 9:00 h até as 12:00 h.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_no_73-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_no_73-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o montante gasto no período de janeiro de 2017 a dezembro de 2022 com combustível da frota municipal, apontando o valor gasto por cada veículo/Máquina do Município neste período, bem como que se informe o responsável pelo o abastecimento diário.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1645/requerimento_no_74-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1645/requerimento_no_74-2023.pdf</t>
   </si>
   <si>
     <t>Requer  informações acerca da entrega de como é realizada a dispensação das tiras de glicosímetro aos pacientes, se essa entrega pode ser realizada a terceiros ou somente ao paciente, e no caso de ser permitida a entrega a terceiros, qual é o critério utilizado para essa prática. _x000D_
 Ademais, solicita-se ainda esclarecimentos sobre qual é o quesito utilizado para que os pacientes sejam contemplados com essas fitas, bem como requer que V. Exa. possa disponibilizar a lista de pessoas que foram contempladas com essas fitas de medição de glicose no último ano, a qual deverá ser acompanhada de uma lista que contenha o responsável pela retirada das fitas de cada paciente, podendo ser o mesmo ou o terceiro, como já mencionado.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/requerimento_no_75-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/requerimento_no_75-2023.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca de quais Emendas Impositivas referentes ao ano de 2023 foram cumpridas até o presente momento, bem como o cronograma de execução daquelas que ainda estão pendentes.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_79-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_79-2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre quais medidas serão tomadas pelo Poder Executivo Municipal em razão da não realização da ranqueada do Cavalo Campolina na 63ª Festa da Colheita._x000D_
 Entendem estes signatários, com base no processo licitatório e contrato firmado com a empresa que se sagrou vencedora do referido certame, que tal serviço deveria ser prestado, pois o mesmo foi devidamente contratado e pago, entretanto pelos motivos explicados via nota pública nos canais de comunicação de internet deste Executivo, abre-se o precedente para questionar se o erário será ressarcido parcialmente ou integralmente do custo da mencionada Ranqueada que não ocorreu.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1648/requerimento_no_80-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1648/requerimento_no_80-2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações acerca da quantidade de seguranças (ou brigadistas) lotados no Parque de Exposição Paulo Miranda de Resende, bem como a estimativa de público presente nos dias 27, 28, 29 e 30 de julho (de quinta a domingo), durante a realização da 63ª Festa da Colheita e que ainda seja disponibilizado de forma individualizada o público presente em cada um destes dias._x000D_
 Solicita-se ainda as seguintes informações/documentações:_x000D_
 - Número completo de seguranças que estiveram presentes no evento, de forma individualizada por cada dia, bem como uma lista com o nome completo de todos, acompanhada da documentação pessoal;_x000D_
 - Se tais seguranças cumprem os requisitos esculpidos no art. 19 da portaria n° 18.045/2023 da Polícia Federal;_x000D_
 - Nota fiscal do pagamento que a PPR Agência Turística de Promoções e Eventos LTDA, inscrita sob o CNPJ nº 07.342.749/0001-66 fez a empresa que prestou o serviço de segurança na 63ª Festa da Colheita;_x000D_
 (...)</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/requerimento_no_81-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/requerimento_no_81-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possa encaminhar a esta Casa Legislativa informações sobre o andamento do Programa de Regularização Fundiária (REURB) que vinha sendo desenvolvido no bairro Castro, haja vista a grande demanda por parte dos moradores na regularização dos seus imóveis._x000D_
 Ressalta-se que tal questionamento é rotineiro nesta Casa Legislativa, sendo objeto de vários requerimentos anteriores, o qual venho explanar que a última resposta enviada a esta Câmara basicamente aludia que o Município já tinha realizado o cadastramento das famílias do mencionado local com intuito de identificar aquelas pessoas que seriam beneficiárias, bem como que já foi feito o levantamento topográfico com o enquadramento dos terrenos (no que tange às dimensões métricas). Por fim, foi informado que o Município estaria buscando determinar a titularidade dos imóveis passíveis a serem regularizados pelo REURB.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no_82-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no_82-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca das obras de pavimentação das ruas Pedro Salsem e Papa João Paulo II, no Bairro Sassafrás, obras estas para as quais o Deputado Estadual Zé Silva destinou o montante de R$ 250.000,00 (duzentos e cinquenta mil reais) para que fossem realizadas._x000D_
 Assim, a título de melhor informar a população do mencionado bairro, necessita-se dos seguintes esclarecimentos:_x000D_
 - Ambas as vias serão contempladas com a pavimentação asfáltica e demais obras complementares (rede pluvial, rede de esgoto, sarjetas, meios-fios e calçadas)?;_x000D_
 - Qual a atual fase de execução que tais obras se encontram, se existe alguma parte já finalizada e, se sim, quais?;_x000D_
 - Toda a extensão das mencionadas vias serão contempladas?_x000D_
 - Qual o valor total de tais obras?_x000D_
 Tal questionamento também busca elucidar a este signatário se o dinheiro encaminhado através de seu Deputado Federal está sendo utilizado na referida obra.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1651/requerimento_no_83-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1651/requerimento_no_83-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de quais vias públicas serão contempladas com o valor requisitado no Projeto de Lei n° 34-2023, o qual solicita a abertura de crédito suplementar especial correspondente ao montante de R$ 1.152.500,00 (um milhão cento e cinquenta e dois mil e quinhentos reais)._x000D_
 Neste sentido, busca-se entender quais locais da cidade serão contemplados com as referidas obras de pavimentação, de forma individualizada, indicando ainda em que bairro cada via se encontra, bem como se os projetos de pavimentação serão executados em sua integralidade, contendo rede pluvial, rede de esgoto, sarjetas e meio-fios.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no_84-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no_84-2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações acerca dos servidores responsáveis pela fiscalização do cumprimento o edital da Festa da Colheita, assim solicita-se as seguintes informações/documentações:_x000D_
 - Qual foi o servidor da Secretaria Municipal de Cultura, Esporte, Lazer e Turismo designado para tal função?_x000D_
 - Qual foi o servidor da Secretaria Municipal de Desenvolvimento Sustentável designado para tal função?_x000D_
 - Foi aferido por algum destes servidores alguma irregularidade no cumprimento do edital proposto no processo licitatório? _x000D_
 - Que seja encaminhada a esta Casa Legislativa, de forma detalhada, o relatório realizado por cada servidor responsável pela fiscalização dos itens do edital da Festa da Colheita, bem como que se aponte as irregularidades aferidas (caso haja)</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no_85-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no_85-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a pavimentação asfáltica da via de acesso e das demais ruas da comunidade da Gameleira._x000D_
 Neste sentido, busca-se informações se tal pavimentação se encontra no cronograma da Secretaria de Obras e Infraestrutura, se já existem os projetos para tais intervenções, fontes de recursos e, em caso de resposta positiva, qual o prazo para o início e fim das mencionadas obras._x000D_
 Destaca-se que esta é uma demanda de longa data desta Casa Legislativa, bem como de toda a população da supramencionada comunidade e ainda deste signatário, que vem buscando a pavimentação da localidade desde os primeiros dias de seu mandato._x000D_
 Ademais, requer ainda, que durante a época de seca que atravessamos, que este Executivo, como forma de minimizar a poeira no local e consequentemente a propagação das doenças respiratórias, que envie o caminhão pipa até a mencionada comunidade duas vezes por semana, até que a obra de fato venha a ocorrer.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no_86-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no_86-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca das obras que seriam realizadas próxima a casa do falecido Sr. Pirola, localizada na comunidade da Gameleira, destacando o que está sendo feito para a resolução do problema, este que é recorrente e de conhecimento do Poder Público Municipal._x000D_
 Destaca-se que o período de seca cujo qual atravessamos é o ideal para a realização das obras necessários no local, qual seja uma rede de drenagem mais eficiente, bem como a limpeza da represa da “Ana Paula”_x000D_
 Assim, solicita este subscrevente a resposta sobre a referida indagação dentro do prazo legal, para saber quais são as providências que serão adotadas pelo Poder Executivo Municipal, a fim de evitar as rotineiras enchentes que ali ocorrem na época das chuvas.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1655/requerimento_no_87-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1655/requerimento_no_87-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca das obras que devem ser realizadas no decorrer de toda a extensão do Córrego do Batata, destacando o que está sendo feito para a resolução do problema, este que é recorrente e de conhecimento do Poder Público Municipal e que todo ano na época das chuvas vem comprometendo a vida das pessoas que moram em sua proximidade._x000D_
 Requer também informações acerca das obras de retirada do esgoto sanitário que é despejado ao longo de toda sua extensão._x000D_
 Desta maneira, solicita este subscrevente as respostas cabíveis sobres estas situações, para saber quais são as providências que serão adotadas pelo Poder Executivo Municipal, e levar tais informações ao conhecimento de toda a população.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_88-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_88-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do que se restou definido pela Secretaria Municipal de Saúde após as conversas realizadas para aumentar o quantitativo de Exames laboratoriais eletivos que são disponibilizados pelo Município.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1815/requerimento_n_89-2023_-_roni_e_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1815/requerimento_n_89-2023_-_roni_e_thiago.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa conferir uma MOÇÃO DE APLAUSO à Associação dos Moradores Sem Casa (Amsca), sua diretoria e membros, pela_x000D_
 conclusão das obras do residencial Dom Luciano Mendes de Almeida, haja vista sua grande relevância pela promoção da habitação popular em nossa cidade, oferecendo a moradia digna às pessoas de baixa renda em nosso Município.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/requerimento_n_90-2023_-_roni_e_thiago.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/requerimento_n_90-2023_-_roni_e_thiago.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa conferir uma MOÇÃO DE APLAUSO ao Sr. Rodolfo Erich Andrade Coelho, pelo resgate da identidade e da cultura entrerriana por meio do projeto "Memória Entre Rios" o qual divulga com profundo esmero e apreço as páginas da memória de nossa gente, publicando episódios marcantes das últimas décadas, gerando extrema comoção social.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/requerimento_n_91-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/requerimento_n_91-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa conferir uma MOÇÃO DE APLAUSO ao Mestre Casquinha, professor de capoeira que atuou em diversos projetos dentro de nosso Município, os quais ensinava essa arte-marcial da cultura popular de nossos antepassados, e que também é reconhecida como_x000D_
 esporte, e ainda envolve danças e músicas. Assim, por seu compromisso e dedicação com a nossa comunidade faz-se merecida essa homenagem.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/requerimento_n_92-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/requerimento_n_92-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo possa tomar as providências cabíveis para a retirada da taxa de iluminação pública que vem sendo cobrada de forma indevida aos moradores da zona rural de nosso município, observando o que dispõe o art. 30 da Lei Municipal n° 1.876/2020, a qual instituiu a cobrança desta taxa._x000D_
 Requer ainda que sejam disponibilizadas aos consumidores rurais o procedimento para desfazer a cobrança indevida, bem como de que forma se dará o_x000D_
 ressarcimento dos valores pagos indevidamente.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/requerimento_n_93-2023_-_joao_goncalves_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/requerimento_n_93-2023_-_joao_goncalves_.pdf</t>
   </si>
   <si>
     <t>1 - Que se encaminhe a esta Casa Legislativa todas informações do processo_x000D_
 licitatório n° 008/2020, contrato n° 017/2020, referente à Empresa Locadora Terramares_x000D_
 Ltda._x000D_
 2 - Que se encaminhe a esta Casa Legislativa todas informações do processo_x000D_
 licitatório n° 0029/2021, contrato n° 0010/2021, referente à Empresa Locadora Terramares_x000D_
 Ltda., _x000D_
 3 - Que sejam encaminhados todos os editais, documentos, atas, termo de_x000D_
 homologação, adjudicação e contratos firmados entre o Município e a empresa, inclusive os que foram realizados através de adesão de atas._x000D_
 4 - Que sejam encaminhadas todas as notas fiscais e empenhos relativos às_x000D_
 empresas, bem como aquelas emitidas em pagamento à empresa._x000D_
 5- Que sejam encaminhadas, detalhadamente, todas as medições de obras, parte diárias, relação de horas trabalhadas (discriminadas por equipamento e com o horímetro), apontamentos, relação do serviço desempenhado, bem como todos os demais elementos que levaram ao pagamento.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>Solicita informações acerca do que motivou este Executivo Municipal a proceder um novo processo licitatório que visa atender a demanda da Secretaria_x000D_
 Municipal de Saúde, para a contratação de uma nova empresa que realizará as análises periódicas de qualidade da água fornecida pela Companhia de_x000D_
 Saneamento de Minas Gerais - COPASA.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>Joãozinho Cricri, Denis da Escolinha, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Thiago Itamar Ted</t>
+    <t>Joãozinho Cricri, Denis da Escolinha, Juquinha do Táxi, Levi da Costa Campos, Rivael Nunes Machado, Rodrigo de Paula Santos Silva, Thiago Itamar "Ted"</t>
   </si>
   <si>
     <t>Solicita que seja encaminhada a esta Casa Legislativa a cópia das Requisições de peças de reposição (manutenção) dos veículos da frota municipal, realizadas no período correspondente a janeiro de 2021 até o presente momento. Requer ainda que se informe o que foi gasto com os seguintes veículos durante o mesmo período._x000D_
 _x000D_
 Veículos/Placas:_x000D_
 • RFB-3A52; PXZ-7078; ORC-9175; PZL-4828; GZV-3306; KTC-8J59;_x000D_
 RFA-9I32; QOF-9744; QOF-9750; QXK-3240; OXG-9468; RFB - 3A58;_x000D_
 PWD - 4469; QXR - 6E91; PUA - 4255; GSY-2I25._x000D_
 _x000D_
 Ademais, solicita também todo o montante e as peças gastas com a_x000D_
 Retroescavadeira, Patrol da marca Caterpillar e Patrol de marca New Holland.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/requerimento_n_96-2023_-_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/requerimento_n_96-2023_-_levi.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as medidas que serão tomadas pelo descumprimento no item 6.2.8.4 do contrato de n° 017/2023, advindo do processo_x000D_
 licitatório n° 020/2023, pregão eletrônico n° 014/2023 e edital de licitação n° 008/2023, onde se sagrou vencedora a empresa PPR Agência Turística de_x000D_
 Promoção e Eventos LTDA, a qual foi a responsável pela execução da 63' Festa da Colheita.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/requerimento_n_97-2023_-_joao_goncalves_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/requerimento_n_97-2023_-_joao_goncalves_.pdf</t>
   </si>
   <si>
     <t>Que o Município encaminhe a esta Casa Legislativa as cópias de partes diária e empenho de cada máquina locada/contratada pelo Poder Executivo Municipal, referente ao Processo Licitatório n° 075/2021, Pregão Eletrônico n° 002/2021, Registro de Preço n° 024/2021 e Edital de Licitação n° 03/2021, os quais está relacionado ao Contrato n° 083/2022, formulado entre o Município e a empresa Locadora Terramares - LTDA._x000D_
 Requer que seja encaminhado toda a documentação, onde conste o nome e assinatura do apontador responsável, as horas efetivamente trabalhadas, a(s) máquina(s) utilizada(s), o local onde a tais equipamentos prestaram o(s) serviço(s), bem como a especificação de cada obra realizada._x000D_
 Que informe também quem são os responsáveis por realizar os apontamentos_x000D_
 de horas de máquinas trabalhadas, bem como da fiscalização dos serviços_x000D_
 realizados. Ademais, que encaminhe também os memoriais de todas as intervenções_x000D_
 s" realizadas, assim como os cronograma físico-financeiro de cada obra.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>Que o Município de Entre Rios de Minas encaminhe a esta Casa Legislativa a cópia das folhas de ponto e de pagamento do servidor Wagner Junior Miranda, Diretor do Departamento de Transportes, referente aos meses de junho, julho, agosto e setembro de 2023._x000D_
 Ademais, que encaminhe quaisquer justificativas para que o servidor não esteja atuando em seu posto de trabalho, bem como as cópias de portarias que estabelecem os cronogramas de férias dos meses citados e ainda a cópia da portaria que nomeou seu substituto em todas as ocasiões de ausência do mesmo, caso hajam.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_n_99-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_n_99-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca de quantos pediatras atualmente atendem em nosso Município, bem como que se encaminhe a esta Casa Legislativa o_x000D_
 cronograma de atendimento destes, contendo em quais ESFs acontecem as consultas, bem como o quantas crianças são atendidas em média por dia._x000D_
 Requer ainda que o este Executivo Municipal possa aumentar o número de atendimentos de urgência realizados pelo(s) pediatra(s), haja vista que segundo informações do munícipes, bem como já presenciado por este signatário atualmente são ofertadas somente duas vagas emergências por dia.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_n_100-2023_-_denis.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_n_100-2023_-_denis.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do motivo que gerou a redução dos valores recebidos pela Secretaria de Cultura, Esporte, Lazer e Turismo referente ao ICMS_x000D_
 esportivo no presente ano, se tal fato se originou pela falta de repasse do Governo Federal ou Estadual ou se deu por algum outro motivo.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1827/requerimento_n_101-2023_-_todos.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1827/requerimento_n_101-2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Que informem ao Poder Legislativo Municipal quais as razões adotadas para que se procedesse à regulamentação do Piso da Enfermagem no Município de Entre Rios de Minas sem a necessidade de lei autorizativa para o repasse de recursos._x000D_
 Que informem a razão por considerar o repasse aos servidores apenas a titulo de assistência financeira e não optar pela alteração do salário base de modo a atingir o piso dos referidos profissionais, sobretudo sem a sanção de lei que ofereça segurança jurídica aos servidores._x000D_
 Que informem quais as dotações orçamentárias serão utilizadas para a alocação dos recursos recebidos a título de assistência financeira e de que maneira se fará a destinação dos recursos para pagamento em termos orçamentários. Havia tal previsão na lei orçamentária vigente?_x000D_
 Que informe qual a previsão para a alteração do regime jurídico dos servidores para o cumprimento da Emenda Constitucional n° 127/2022, haja vista o seu caráter impositivo.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>MATÉRIA RETIRADA PELO AUTOR.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1829/requerimento_n_103-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1829/requerimento_n_103-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Vem propor uma Moção de Apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>Levi da Costa Campos, Rodrigo de Paula Santos Silva, Thiago Itamar Ted</t>
+    <t>Levi da Costa Campos, Rodrigo de Paula Santos Silva, Thiago Itamar "Ted"</t>
   </si>
   <si>
     <t>MATÉRIA CANCELADA PELOS AUTORES.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>Joãozinho Cricri, Levi da Costa Campos, Rivael Nunes Machado, Thiago Itamar Ted</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1831/requerimento_n_105-2023_-_rivael_ted_joao_e_levi.pdf</t>
+    <t>Joãozinho Cricri, Levi da Costa Campos, Rivael Nunes Machado, Thiago Itamar "Ted"</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1831/requerimento_n_105-2023_-_rivael_ted_joao_e_levi.pdf</t>
   </si>
   <si>
     <t>Reitera, pela segunda vez, a resposta aos requerimentos nº 48/2023 e nº 93/2023. Que encaminhe as informações referentes a pavimentação das seguintes vias: Rua Luiz Fernandes Rodrigues, Rua Santa Terezinha, Rua Padre Milton Rodrigues Malta e Rua da Conquista, no Bairro Padre Vitor; Rua Califórnia e Rua Palestina, Bairro Cachoeira; Avenida Tiradentes, Bairro Cachoeira; Avenida Tiradentes, Bairro São Vicente (inclui estacionamento do Centro de Ensino Infantil Geralda Vieira de Melo); Rua Rui Barbosa de Araújo, Bairro Sassafrás; Rua Donato de Oliveira Resende e Rua João Luiz Gonçalves, Comunidade do Colônia;</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa Legislativa uma atualização sobre em que situação se encontra a proposta de realização de concurso público no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/requerimento_n_107-2023_-_thiago_e_levi.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/requerimento_n_107-2023_-_thiago_e_levi.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da portaria de n° 183/2023 a qual V. Exa. designou o Sr. Alexandre Resende de Sousa para assumir a Secretaria de Desenvolvimento Sustentável, no sentido de saber se tal servidor preenche os requisitos esculpidos no art. 72° da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_n_108-2023_-_todos.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_n_108-2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Que o Município possa instituir as comissões para a concessão da progressões asseguradas por lei aos servidores públicos da Prefeitura de Entre Rios de Minas, nos termos do que preceituam os planos de cargos e vencimentos de todos os servidores, dispostos nas leis municipais complementares nº 1.591/2011, nº 1.592/2011 e nº 1.595/2011.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1835/requerimento_n_109-2023_-_todos.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1835/requerimento_n_109-2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possa informar a esta Casa Legislativa a respeito da situação de investimentos em reformas de quadras esportivas do Município, diante da lamentável situação em que as mesmas se encontram, haja vista a constante reclamação de parte da população sobre o descaso com estes importantes equipamentos públicos destinados ao esporte.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1836/requerimento_n_110-2023_-_todos_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1836/requerimento_n_110-2023_-_todos_.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a situação de reforma dos grupos escolares que servem como seções eleitorais de nosso Município.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_n_111-2023_-_todos_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_n_111-2023_-_todos_.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal informe a esta Casa Legislativa a situação da obra de reforma da sede da Prefeitura Municipal de Entre Rios de Minas,_x000D_
 localizada na Rua Monsenhor Leão.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1838/requerimento_n_112-2023_-_todos.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1838/requerimento_n_112-2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa possa encaminhar denúncia ao Ministério Público de Contas referente ao descumprimento das emendas impositivas apresentadas pelos vereadores na Lei Municipal n° 1918, de 16 de dezembro de 2021, a qual "Dispõe sobre o Orçamento do Município de Entre Rios de Minas para o exercício de 2022".</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1839/requerimento_n_113-2023_-_todos_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1839/requerimento_n_113-2023_-_todos_.pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento n° 75/2023, o qual pleiteia informações acerca de quais Emendas Impositivas referentes ao ano de 2023 foram cumpridas até o presente momento, bem como o cronograma de execução daquelas que ainda estão pendentes.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1840/requerimento_n_114-2023_-_todos.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1840/requerimento_n_114-2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Requerem o encaminhamento de uma listagem completa contendo todos os fornecedores os quais o Município de Entre Rios de Minas - MG encontra-se com algum tipo de débito a pagar até a presente data.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_n_115-2023_-_todos.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_n_115-2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Requer que se encaminhe a esta Casa Legislativa, de forma imediata no prazo de 48 (quarenta e oito) horas, as respostas pertinentes aos requerimentos aprovados pelo plenário desta Casa Legislativa e posteriormente encaminhados ao chefe do Poder Executivo, que se encontram fora do prazo estabelecido pela Lei Orgânica do Municipal.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_n_116-2023_-_rodrigo_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_n_116-2023_-_rodrigo_.pdf</t>
   </si>
   <si>
     <t>A CONVOCAÇÃO da Sra. Secretária Municipal de Saúde e Assistência Social, Elaine Emanuela Silva Ferreira, para que possa comparecer à próxima_x000D_
 reunião ordinária, a ser realizada no dia 05 de dezembro de 2023 (terça-feira), às 19h, de maneira a prestar informações acerca de seu departamento, bem como outros assuntos de interesse dos nobres vereadores que se fizerem presentes na sessão.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_n_117-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_n_117-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Requer informações pertinentes aos atendimentos prestados pelo setor de Fisioterapia Municipal.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1844/requerimento_n_118-2023_-_rodrigo.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1844/requerimento_n_118-2023_-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca da existência de um cronograma de obras que visa atender a Rua Inês Assis, localizada no bairro Sassafrás.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7569,67 +7569,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/indicacao_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/indicacao_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_no_45-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_no_46-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_no_47-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_no_48-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_no_49-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_no_50-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_no_57-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_59-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_60-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_62-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_64-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_no_65-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_no_66-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/indicacao_no_67-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/indicacao_no_68-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/indicacao_no_69-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/indicacao_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_no_71-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/indicacao_no_72-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/indicacao_no_73-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_no_74-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_no_75-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_no_76-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_no_77-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_no_78-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_no_79-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_no_80-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_no_81-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_no_82-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_no_83-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/indicacao_no_84-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/indicacao_no_85-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/indicacao_no_86-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_no_87-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_no_88-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/indicacao_no_89-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/indicacao_no_90-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/indicacao_no_91-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_no_92-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_no_93-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/indicacao_no_94-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_no_95-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_no_96-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_no_97-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/indicacao_no_98-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_no_99-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_no_100-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/indicacao_no_101-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/indicacao_no_102-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_no_103-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_no_105-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_no_106-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_no_107-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/indicacao_no_108-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/indicacao_no_109-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/indicacao_no_110-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_no_111-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_no_112-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/indicacao_no_113-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_no_114-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/indicacao_no_115-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/indicacao_no_116-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/indicacao_no_117-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/indicacao_no_118-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/indicacao_no_119-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/indicacao_no_120-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/indicacao_no_121-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_no_122-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_no_123-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/indicacao_no_124-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/indicacao_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_no_126-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_no_127-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_no_128-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_no_129-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_no130-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_no_131-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_no_134-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/indicacao_no_135-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/indicacao_no_136-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_no_137-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/inidcacao_no_138-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_no_139-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_no_140-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_no_141-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_no_142-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_no_143-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_no_144-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_no_145-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/indicacao_no_146-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_no_147-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/indicacao_no_148-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/indicacao_no_149-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/indicacao_no_150-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_no_151-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_no_152-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_no_153-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_no_154-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_no_155-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_no_156-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_no_157-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_no_158-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_no_159-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_no_160-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_no_161-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/indicacao_no_162-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_no_163-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_no_164-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_no_165-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_no_166-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_no_167-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_no_168-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_no_169-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/indicacao_no_170-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_no_171-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/indicacao_no_172-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_no_173-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_no_175-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_no_176-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_no_177-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_no_178-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_no_179-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_no_180-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_no_181-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_no_182-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_no_183-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_no_184-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_no_185-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_no_186-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_no_187-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_no_188-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_no_189-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_no_190-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_no_191-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_no_192-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_no_193-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_no_194-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/indicacao_no_195-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/indicacao_no_196-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_no_197-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/indicacao_no_198-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/indicacao_no_199-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/indicacao_no_200-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_no_201-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_no_202-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/indicacao_no_203-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/indicacao_no_204-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/indicacao_no_205-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/indicacao_no_206-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_no_207-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/indicacao_no_208-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_no_209-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/indicacao_no_210-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_no_211-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_no_212-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_no_213-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/indicacao_no_214-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_no_215-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_no_216-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_no_217-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_no_218-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_no_219-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_no_220-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_no_221-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_no_222-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_no_223-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_no_224-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/indicacao_no_225-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/indicacao_no_226-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_no_227-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_227-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_229-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_230-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_no_231-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_232-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_233-2023_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_234-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_235-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_236-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_237-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_238-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/indicacao_no_239-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/indicacao_no_240-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/indicacao_no_242-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/indicacao_no_243-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/indicacao_no_244-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_245-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_246-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_247-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_248-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no249-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_250-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_251-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_252-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_253-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_254-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_255-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_256-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_257-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_258-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_259-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_260-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_261-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1657/indicacao_no_262-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1658/indicacao_no_263-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_264-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_265-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_266-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_267-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1663/indicacao_no_268-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1664/indicacao_no_269-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no_270-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_no_271-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_272-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_273-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_274-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_275-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_276-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_277-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_278-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1674/indicacao_no_279-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_280-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_281-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_282-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_283-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_284-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1680/indicacao_no_285-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1681/indicacao_no_286-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_no_287-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1683/indicacao_no_288-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1684/indicacao_no_289-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1685/indicacao_no_290-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1686/indicacao_no_291-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1687/indicacao_no_292-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1688/indicacao_no_293-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1689/indicacao_no_294-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_295-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_296-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_297-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_298-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_299-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_300-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_301-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_302-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_no_303-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_no_304-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_no_305-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_no_306-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_no_307-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_no_308-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_no_309-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_no_310-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_no_311-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1707/indicacao_no_312-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1708/indicacao_no_313-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1709/indicacao_no_314-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_315-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_316-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_317-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_318-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_319-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_320-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_no_321-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_no_322-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_no_323-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_no_324-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_no_325-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1721/indicacao_no_326-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1722/indicacao_no_327-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_no_328-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1724/indicacao_no_329-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_330-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no_331-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no_332-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no_333-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no_334-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no_335-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_336-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_n_337-2023_levi.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_n_338-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_n_339-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1735/indicacao_n_340-2023_-_rivael.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1736/indicacao_n_341-2023_-_rivael.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_342-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_343-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_344-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1740/indicacao_n_345-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_346-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_n_347-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_n_348-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_n_349-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_350-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_352-2023_-_todos_com_franklin_e_roni.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_353-2023_-_thiago_.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_n_354-2023_-_roni.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_n_355-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_n_356-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_n_357-2023_-_juquinha_.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_n_358-2023_-_roni_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_n_360-2023_-_roni_e_joao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1756/indicacao_n_361-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1757/indicacao_n_362-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1758/indicacao_n_363-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_n_364-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_n_366-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_n_367-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_n_368-2023_-_thiago_.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_n_369-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1765/indicacao_n_370-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1766/indicacao_n_371-2023_-_joao_levi_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_372-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1768/indicacao_n_373-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_n_374-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_n_375-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_n_376-2023_-_franklin.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_n_377-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_378-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_379-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_380-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_381-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_382-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_383-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_384-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_385-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_386-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_387-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_n_388-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_389-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_390-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_391-2023_-_roni.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_n_392-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_393-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_n_394-2023_-_juquinha_.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_n_395-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_n_396-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_n_398-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_n_399-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_n_400-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_n_401-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_n402-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_n_403-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_n_404-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_405-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_406-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_n_407-2023_roni.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_n_408-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_n_409-2023_-_rivael.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_n_410-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_n_411-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_n_412-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_413-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_n_414-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_n_415-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_n_416-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_n_417-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_n_418-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_n_419-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/projeto_de_lei_complementar_no_21_de_13_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n_10-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_n_16-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/projeto_de_lei_n_17-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n_24-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/projeto_de_lei_n_30-2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/projeto_de_lei_n_37-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_n_38-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_de_lei_n_39-2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_n_41-2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/projeto_de_lei_n_45-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_lei_n_47-2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_n_49-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_n_51-2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n_53-2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_n_57-2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_n_58-2023_.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_n_59-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_n_60-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/projeto_de_lei_n_61-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/requerimento_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/requerimento_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/requerimento_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/requerimento_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/requerimento_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/requerimento_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/requerimento_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/requerimento_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/requerimento_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/requerimento_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/requerimento_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/requerimento_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/requerimento_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/requerimento_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requereimento_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no31-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/requerimento_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/requerimento_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/requerimento_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/requerimento_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/requerimento_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/requerimento_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/requerimento_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/requerimento_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/requerimento_no_44_-_2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/requerimento_no_45-2023.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/requerimento_no_46-2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/requerimento_no_47-2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/requerimento_no_48-2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/requerimento_no_50-2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/requerimento_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/requerimento_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/requerimento_no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/requerimento_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/requerimento_no_57-2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/requerimento_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/requerimento_no_59-2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_no_60-2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/requerimento_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/requerimento_no_62-2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/requerimento_no_64-2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/requerimento_no_65-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/requerimento_no_66-2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/requerimento_no_67-2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_68-2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1640/reuerimento_no_69-2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1641/requerimento_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_no_71-2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1643/requerimento_no_72-2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_no_73-2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1645/requerimento_no_74-2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/requerimento_no_75-2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_79-2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1648/requerimento_no_80-2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/requerimento_no_81-2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no_82-2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1651/requerimento_no_83-2023.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no_84-2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no_85-2023.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no_86-2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1655/requerimento_no_87-2023.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_88-2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1815/requerimento_n_89-2023_-_roni_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/requerimento_n_90-2023_-_roni_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/requerimento_n_91-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/requerimento_n_92-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/requerimento_n_93-2023_-_joao_goncalves_.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/requerimento_n_96-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/requerimento_n_97-2023_-_joao_goncalves_.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_n_99-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_n_100-2023_-_denis.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1827/requerimento_n_101-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1829/requerimento_n_103-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1831/requerimento_n_105-2023_-_rivael_ted_joao_e_levi.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/requerimento_n_107-2023_-_thiago_e_levi.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_n_108-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1835/requerimento_n_109-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1836/requerimento_n_110-2023_-_todos_.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_n_111-2023_-_todos_.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1838/requerimento_n_112-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1839/requerimento_n_113-2023_-_todos_.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1840/requerimento_n_114-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_n_115-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_n_116-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_n_117-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1844/requerimento_n_118-2023_-_rodrigo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/indicacao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/indicacao_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/indicacao_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/indicacao_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/indicacao_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/indicacao_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/indicacao_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_no_45-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_no_46-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/indicacao_no_47-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/indicacao_no_48-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_no_49-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_no_50-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/indicacao_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/indicacao_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1318/indicacao_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/indicacao_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_no_57-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_59-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_60-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_62-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_64-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/indicacao_no_65-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_no_66-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/indicacao_no_67-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/indicacao_no_68-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/indicacao_no_69-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/indicacao_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_no_71-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/indicacao_no_72-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/indicacao_no_73-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_no_74-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_no_75-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_no_76-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_no_77-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_no_78-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_no_79-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_no_80-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_no_81-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_no_82-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_no_83-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/indicacao_no_84-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/indicacao_no_85-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/indicacao_no_86-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_no_87-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_no_88-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/indicacao_no_89-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/indicacao_no_90-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/indicacao_no_91-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_no_92-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_no_93-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/indicacao_no_94-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_no_95-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_no_96-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_no_97-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/indicacao_no_98-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_no_99-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_no_100-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/indicacao_no_101-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/indicacao_no_102-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_no_103-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_no_105-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_no_106-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_no_107-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/indicacao_no_108-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/indicacao_no_109-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/indicacao_no_110-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_no_111-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_no_112-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/indicacao_no_113-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_no_114-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/indicacao_no_115-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/indicacao_no_116-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/indicacao_no_117-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/indicacao_no_118-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/indicacao_no_119-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/indicacao_no_120-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/indicacao_no_121-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_no_122-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_no_123-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/indicacao_no_124-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/indicacao_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_no_126-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_no_127-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_no_128-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_no_129-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/indicacao_no130-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_no_131-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/indicacao_no_134-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/indicacao_no_135-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/indicacao_no_136-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_no_137-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/inidcacao_no_138-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_no_139-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_no_140-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_no_141-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_no_142-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_no_143-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_no_144-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_no_145-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/indicacao_no_146-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_no_147-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/indicacao_no_148-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/indicacao_no_149-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/indicacao_no_150-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_no_151-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_no_152-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_no_153-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_no_154-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_no_155-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_no_156-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_no_157-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_no_158-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_no_159-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_no_160-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_no_161-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/indicacao_no_162-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_no_163-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_no_164-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_no_165-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_no_166-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_no_167-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_no_168-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_no_169-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/indicacao_no_170-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_no_171-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/indicacao_no_172-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_no_173-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/indicacao_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_no_175-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/indicacao_no_176-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_no_177-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_no_178-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_no_179-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_no_180-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_no_181-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_no_182-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_no_183-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_no_184-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_no_185-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_no_186-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_no_187-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_no_188-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_no_189-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_no_190-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_no_191-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_no_192-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_no_193-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_no_194-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/indicacao_no_195-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/indicacao_no_196-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_no_197-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/indicacao_no_198-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/indicacao_no_199-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/indicacao_no_200-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_no_201-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_no_202-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/indicacao_no_203-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/indicacao_no_204-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/indicacao_no_205-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/indicacao_no_206-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_no_207-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/indicacao_no_208-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_no_209-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/indicacao_no_210-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_no_211-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_no_212-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_no_213-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/indicacao_no_214-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_no_215-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_no_216-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_no_217-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_no_218-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_no_219-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_no_220-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_no_221-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_no_222-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_no_223-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_no_224-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/indicacao_no_225-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/indicacao_no_226-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_no_227-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_227-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_229-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_230-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_no_231-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_232-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_233-2023_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_234-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_235-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_236-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_237-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_238-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1611/indicacao_no_239-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1612/indicacao_no_240-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/indicacao_no_242-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1615/indicacao_no_243-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1616/indicacao_no_244-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_245-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_246-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_247-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_248-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no249-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_250-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_251-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_252-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_253-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_254-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_255-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_256-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_257-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_258-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_259-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_260-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_261-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1657/indicacao_no_262-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1658/indicacao_no_263-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_264-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_265-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_266-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_267-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1663/indicacao_no_268-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1664/indicacao_no_269-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no_270-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_no_271-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_272-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_273-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_274-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_275-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_276-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_277-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_278-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1674/indicacao_no_279-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_280-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_281-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_282-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_283-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_284-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1680/indicacao_no_285-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1681/indicacao_no_286-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1682/indicacao_no_287-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1683/indicacao_no_288-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1684/indicacao_no_289-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1685/indicacao_no_290-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1686/indicacao_no_291-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1687/indicacao_no_292-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1688/indicacao_no_293-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1689/indicacao_no_294-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_295-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_296-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_297-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_298-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_299-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_300-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_301-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_302-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1698/indicacao_no_303-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1699/indicacao_no_304-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1700/indicacao_no_305-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1701/indicacao_no_306-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1702/indicacao_no_307-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1703/indicacao_no_308-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1704/indicacao_no_309-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_no_310-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_no_311-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1707/indicacao_no_312-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1708/indicacao_no_313-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1709/indicacao_no_314-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_315-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_316-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_317-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_318-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_319-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_320-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1716/indicacao_no_321-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1717/indicacao_no_322-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1718/indicacao_no_323-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1719/indicacao_no_324-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1720/indicacao_no_325-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1721/indicacao_no_326-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1722/indicacao_no_327-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1723/indicacao_no_328-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1724/indicacao_no_329-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_330-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no_331-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no_332-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no_333-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no_334-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no_335-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_336-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_n_337-2023_levi.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_n_338-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_n_339-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1735/indicacao_n_340-2023_-_rivael.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1736/indicacao_n_341-2023_-_rivael.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1737/indicacao_n_342-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_n_343-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1739/indicacao_n_344-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1740/indicacao_n_345-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/indicacao_n_346-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1742/indicacao_n_347-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_n_348-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_n_349-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1745/indicacao_n_350-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1747/indicacao_n_352-2023_-_todos_com_franklin_e_roni.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1748/indicacao_n_353-2023_-_thiago_.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1749/indicacao_n_354-2023_-_roni.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_n_355-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_n_356-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_n_357-2023_-_juquinha_.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_n_358-2023_-_roni_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1755/indicacao_n_360-2023_-_roni_e_joao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1756/indicacao_n_361-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1757/indicacao_n_362-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1758/indicacao_n_363-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1759/indicacao_n_364-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_n_366-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_n_367-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_n_368-2023_-_thiago_.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_n_369-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1765/indicacao_n_370-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1766/indicacao_n_371-2023_-_joao_levi_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1767/indicacao_n_372-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1768/indicacao_n_373-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_n_374-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_n_375-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1771/indicacao_n_376-2023_-_franklin.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1772/indicacao_n_377-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1773/indicacao_n_378-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1774/indicacao_n_379-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_n_380-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1776/indicacao_n_381-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_n_382-2023_-_levi_.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_n_383-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_n_384-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_n_385-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_n_386-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1782/indicacao_n_387-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_n_388-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1784/indicacao_n_389-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_n_390-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1786/indicacao_n_391-2023_-_roni.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1787/indicacao_n_392-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_n_393-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_n_394-2023_-_juquinha_.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_n_395-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_n_396-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_n_398-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_n_399-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_n_400-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1796/indicacao_n_401-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1797/indicacao_n402-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_n_403-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_n_404-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_n_405-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_n_406-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_n_407-2023_roni.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_n_408-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1804/indicacao_n_409-2023_-_rivael.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1805/indicacao_n_410-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1806/indicacao_n_411-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_n_412-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_n_413-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_n_414-2023_-_juquinha.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_n_415-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_n_416-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_n_417-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_n_418-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_n_419-2023_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/projeto_de_lei_complementar_no_21_de_13_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2268/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n_10-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2263/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_lei_n_16-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2243/projeto_de_lei_n_17-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n_24-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2244/projeto_de_lei_n_30-2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2245/projeto_de_lei_n_37-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_n_38-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_de_lei_n_39-2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_n_41-2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2246/projeto_de_lei_n_45-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2247/projeto_de_lei_n46-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2248/projeto_de_lei_n_47-2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2249/projeto_de_lei_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_n_49-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_n_51-2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n_53-2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_n_57-2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_n_58-2023_.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_n_59-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_n_60-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/2255/projeto_de_lei_n_61-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/requerimento_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/requerimento_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/requerimento_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/requerimento_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/requerimento_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/requerimento_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/requerimento_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/requerimento_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/requerimento_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/requerimento_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/requerimento_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/requerimento_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/requerimento_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/requerimento_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requereimento_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no31-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/requerimento_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/requerimento_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/requerimento_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/requerimento_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/requerimento_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/requerimento_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/requerimento_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/requerimento_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/requerimento_no_44_-_2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/requerimento_no_45-2023.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/requerimento_no_46-2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/requerimento_no_47-2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/requerimento_no_48-2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/requerimento_no_50-2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/requerimento_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/requerimento_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/requerimento_no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/requerimento_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/requerimento_no_57-2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/requerimento_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/requerimento_no_59-2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_no_60-2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/requerimento_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/requerimento_no_62-2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/requerimento_no_64-2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/requerimento_no_65-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/requerimento_no_66-2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/requerimento_no_67-2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_68-2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1640/reuerimento_no_69-2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1641/requerimento_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_no_71-2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1643/requerimento_no_72-2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_no_73-2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1645/requerimento_no_74-2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/requerimento_no_75-2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_79-2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1648/requerimento_no_80-2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/requerimento_no_81-2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no_82-2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1651/requerimento_no_83-2023.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no_84-2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no_85-2023.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no_86-2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1655/requerimento_no_87-2023.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_88-2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1815/requerimento_n_89-2023_-_roni_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/requerimento_n_90-2023_-_roni_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/requerimento_n_91-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/requerimento_n_92-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/requerimento_n_93-2023_-_joao_goncalves_.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/requerimento_n_96-2023_-_levi.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/requerimento_n_97-2023_-_joao_goncalves_.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/requerimento_n_99-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/requerimento_n_100-2023_-_denis.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1827/requerimento_n_101-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1829/requerimento_n_103-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1831/requerimento_n_105-2023_-_rivael_ted_joao_e_levi.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/requerimento_n_107-2023_-_thiago_e_levi.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_n_108-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1835/requerimento_n_109-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1836/requerimento_n_110-2023_-_todos_.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1837/requerimento_n_111-2023_-_todos_.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1838/requerimento_n_112-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1839/requerimento_n_113-2023_-_todos_.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1840/requerimento_n_114-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_n_115-2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_n_116-2023_-_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_n_117-2023_-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/1844/requerimento_n_118-2023_-_rodrigo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H559"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="163.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="165" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>