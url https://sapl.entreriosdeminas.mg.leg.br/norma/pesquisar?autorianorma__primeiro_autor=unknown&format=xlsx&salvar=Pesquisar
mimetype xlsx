--- v1 (2026-01-21)
+++ v2 (2026-03-08)
@@ -48,12760 +48,12760 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>RSL</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1199/resolucao_n_07_de_04_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1199/resolucao_n_07_de_04_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a doação de bens patrimoniais da Câmara Municipal de Entre Rios de Minas ao Poder Executivo Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1198/resolucao_n_06_de_04_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1198/resolucao_n_06_de_04_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art. 76 da Resolução n° 07/2012, que dispõe sobre o Regimento Interno da Câmara Municipal de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1219/lei_n_2.095_de_14_de_julho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1219/lei_n_2.095_de_14_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1218/lei_n_2.094_de_14_de_julho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1218/lei_n_2.094_de_14_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da gincana de férias de entre rios de minas, e dá outras providências.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1217/lei_n_2.093_de_11_de_julho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1217/lei_n_2.093_de_11_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art. 12, do art. 15, do § 1° do art. 49 e do art.88 da Lei Municipal n° 791/1989 e dá outras providências."</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1216/lei_n_2.092_de_04_de_julho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1216/lei_n_2.092_de_04_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a inclusão do estudo da história do Município de Entre Rios de Minas/MG no currículo das escolas da rede pública municipal de ensino e dá outras providências".</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1215/lei_n_2.091_de_04_de_julho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1215/lei_n_2.091_de_04_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2026 e dá outras providências."</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1214/lei_n_2.090_de_27_de_junho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1214/lei_n_2.090_de_27_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil_x000D_
 Conselho de Desenvolvimento Comunitário da Serra do Camapuã, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015"</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1220/lei_n_2.096_de_14_de_junho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1220/lei_n_2.096_de_14_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 2.069 de 14 de março de 2025, e dá outras providências</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1213/lei_n_2.089_de_09_de_junho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1213/lei_n_2.089_de_09_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil_x000D_
 Teatro da Pedra — Associação Cultural, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1212/lei_n_2.088_de_09_de_junho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1212/lei_n_2.088_de_09_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Vale Alimentação no âmbito do Poder Legislativo Municipal de Entre Rios de Minas-MG e dá outras providências"</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1211/lei_n_2.087_de_09_de_junho_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1211/lei_n_2.087_de_09_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os parâmetros mínimos de largura das estradas rurais do Município de Entre Rios de Minas/MG, e dá outras providências."</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1210/lei_n_2.086_de_23_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1210/lei_n_2.086_de_23_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal de Preservação ao Meio Ambiente no Município de Entre Rios de Minas/MG e dá outras providências".</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1209/lei_n_2.085_de_23_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1209/lei_n_2.085_de_23_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada HOSPITAL CASSIANO CAMPOLINA conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1208/lei_n_2.084_de_23_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1208/lei_n_2.084_de_23_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1207/lei_n_2.083_de_23_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1207/lei_n_2.083_de_23_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município DE Entre Rios de Minas-MG a participar do "Consórcio Intermunicipal de Gestão e Desenvolvimento Ambiental Sustentável das Vertentes — CIGEDAS VERTENTES", e dá outras providências.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1206/lei_n_2.082_de_08_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1206/lei_n_2.082_de_08_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PARENTES DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1205/lei_n_2.081_de_08_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1205/lei_n_2.081_de_08_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASILO DONA ALZIRA RIBEIRO, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1204/lei_n_2.080_de_08_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1204/lei_n_2.080_de_08_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil ASSOCIAÇÃO COMUNITÁRIA DE SÃO JOSÉ DAS NEVES, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1203/lei_n_2.079_de_08_de_maio_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1203/lei_n_2.079_de_08_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>"Institui o cartão de identificação para pessoas com Doenças Ocultas e Neurodivergentes no Município de Entre Rios de Minas - MG, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1202/lei_n_2.078_de_16_de_abril_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1202/lei_n_2.078_de_16_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASILO DONA ALZIRA RIBEIRO, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015"</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1201/lei_n_2.077_de_16_de_abril_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1201/lei_n_2.077_de_16_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS — APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, com a_x000D_
 redação dada pela Lei n° 13.204/2015"</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1200/lei_n_2.076_de_16_de_abril_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1200/lei_n_2.076_de_16_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>"Institui o Cordão de Girassol como símbolo de identificação das pessoas com deficiências ocultas, bem como, instrumento auxiliar de_x000D_
 orientação no Município de Entre Rios de Minas, e dá outras providências."</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1193/lei_n_2075_de_04_de_abril_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1193/lei_n_2075_de_04_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a fornecer dispositivos de proteção adequada, filtro solar, garrafa de água, roupas apropriadas e equipamentos de proteção individual (EPIs) aos Agentes Comunitários de Saúde, Agentes de Combate às Endemias, Garis e demais servidores que, no exercício de suas funções, realizem atividades a céu aberto com exposição direta e constante ao sol no município de Entre Rios de Minas - MG."</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1190/lei_n_2.074_de_04_de_abril_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1190/lei_n_2.074_de_04_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aplicação de sanções a infratores reincidentes relacionados à proliferação de focos de dengue e à negativa de acesso dos Agentes de Combate à Dengue nos imóveis no Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1221/lei_n_2.073_de_28_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1221/lei_n_2.073_de_28_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE CICLISMO DE ENTRE RIOS DE MINAS, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1222/lei_n_2.072_de_19_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1222/lei_n_2.072_de_19_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição e revisão geral de Vencimentos dos Servidores Públicos Ativos,Inativos e Pensionistas do Município e dá outras providências."</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1196/resolucao_n_05_de_18_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1196/resolucao_n_05_de_18_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o art. 9° da Resolução n° 08/2021".</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1223/lei_n_2.071_de_17_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1223/lei_n_2.071_de_17_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO CULTURAL VOZES DE ENTRE RIOS DE MINAS, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 3.204/2015".</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1197/lei_n_2.070_de_14de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1197/lei_n_2.070_de_14de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da divulgação de listagens de pacientes que aguardam por consultas com médicos especialistas, exames e cirurgias na rede pública de saúde municipal de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_n_2.069_de_14_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_n_2.069_de_14_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Poder Executivo Municipal em arcar com o pagamento do Transporte Interrnunicipal de Estudantes e dá outras providências."</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>2.068</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_n_2.068_de_14_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_n_2.068_de_14_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Proíbe, o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como quaisquer outros artefatos pirotécnicos de efeito sonoros riudoso no âmbito do Município de Entre Rios de Minas - MG e dá outras providências."</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1195/resolucao_n_04_de_11_de_marco_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1195/resolucao_n_04_de_11_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a Concessão de Diárias de Viagem no âmbito do Poder Legislativo Municipal e dá Outras Providências".</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1188/lei_n_2067_de_19_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1188/lei_n_2067_de_19_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito suplementar e dá outras providências"</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1187/projeto_de_lei_n_13-2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1187/projeto_de_lei_n_13-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS - APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, com a_x000D_
 redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1192/lei_n_2065_de_19_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1192/lei_n_2065_de_19_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1186/lei_n_2.064_de_19_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1186/lei_n_2.064_de_19_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS — APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, com a_x000D_
 redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1191/lei_n_2063_de_19_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1191/lei_n_2063_de_19_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1185/lei_n_2.062_de_19_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1185/lei_n_2.062_de_19_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_complementar_n_2.061_de_06_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_complementar_n_2.061_de_06_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Acrescenta ao Anexo I. II E IV da Lei Complementar N° 1.591. de 30 de maio de 2011."</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1189/resolucao_n_02_de_04_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1189/resolucao_n_02_de_04_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Gratificação de Servidores em Função da Participação em Comissões da Câmara Municipal de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1194/resolucao_n_01_de_04_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1194/resolucao_n_01_de_04_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição salarial dos servidores da Câmara Municipal de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_n_2060_de_23_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_n_2060_de_23_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito especial e dá outras providências."</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_n_2.059_de_23_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_n_2.059_de_23_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n'.1.593, de 30 de maio de 2011 e dá outras providências."</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_complementar_n_2.058_de_23_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_complementar_n_2.058_de_23_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>"Acrescenta ao Anexo 1, 11 e 111 da Lei Complementar N° 1.591, de 30 de maio de 2011."</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1178/lei_n_2.049_de_19_de_setembro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1178/lei_n_2.049_de_19_de_setembro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil_x000D_
 denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ„ conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei Federal n° 13.204/2015"</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1177/lei_n_2.048_de_09_de_setembro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1177/lei_n_2.048_de_09_de_setembro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Entre Rios de Minas o Dia Municipal das Famílias de Pessoas com Transtorno do Espectro Autista (TEA) e da_x000D_
 Pessoa com Deficiência (PCD) e dá outras providências".</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1151/lei_n_2045_de_19_de_julho_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1151/lei_n_2045_de_19_de_julho_de_2024.pdf</t>
   </si>
   <si>
     <t>"Fixa os subsídios dos Agentes Políticos do Município de Entre Rios de Minas para o período de 2025 a 2028 e dá outras providências."</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1150/lei_complementar_n_2044_de_20_de_junho_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1150/lei_complementar_n_2044_de_20_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo III - Quadro de Cargos em Comissão da Lei Complementar n° 1.412/2003 para criação do cargo de Assessor Técnico, Consultivo e Jurídico Adjunto e dá outras providências."</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1148/projeto_de_lei_n_25-2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1148/projeto_de_lei_n_25-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil_x000D_
 denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei Federal n° 13.204/2015".</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1143/lei_n_2042_de_29_de_maio_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1143/lei_n_2042_de_29_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_n_2.039_de_27_de_maio_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_n_2.039_de_27_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>"Fixa o valor dos débitos ou obrigações consideradas de Pequeno Valor, nos termos do art. 100, §§ 3° e 4° da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"Institui o Programa "POR ELAS", que autoriza a concessão de beneficio de proteção socioeconômica temporária às mulheres vítimas_x000D_
 de violência que vivem em situação de vulnerabilidade em Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional especial e dá outras providências"</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1146/lei_complementar_n_2.037_de_09_de_maio_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1146/lei_complementar_n_2.037_de_09_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano de Cargos, Carreira e Vencimentos, dos Agentes Comunitários de Saúde - ACS e Agentes de Combate às Endemias - ACE, do_x000D_
 Município de Entre Rios de Minas".</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1145/lei_n_2.036_de_09_de_maio_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1145/lei_n_2.036_de_09_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Sistema Municipal de Cultura de Entre Rios de Minas-MG, seus princípios, objetivos, estrutura, organização, gestão, inter- relações entre os seus componentes, recursos humanos, financiamento e dá outras providências."</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1144/lei_n_2.035_de_19_de_abril_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1144/lei_n_2.035_de_19_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional especial e dá outras providências."</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1141/lei_n_2.034_de_03_de_abril_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1141/lei_n_2.034_de_03_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014,_x000D_
 com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1140/lei_n_2.033_de_03_e_abril_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1140/lei_n_2.033_de_03_e_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da_x000D_
 sociedade civil ASILO DONA ALZIRA RIBEIRO, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1139/lei_complementar_n_2.032_de_26_de_marco_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1139/lei_complementar_n_2.032_de_26_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>"Altera disposições do Plano Geral de Cargos, Carreira e Vencimentos dos Servidores Públicos do Município de Entre Rios de Minas, Lei Complementar n° 1.591/2011 e do Plano de Cargos, Carreira e Vencimentos dos Profissionais da Saúde do Município de Entre Rios de Minas, Lei Complementar n° 1.592/2011, e dá outras providências."</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1134/lei_n_2.030_de_19_de_marco_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1134/lei_n_2.030_de_19_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Entre Rios de Minas a celebrar termo de parceria/ cooperação com a Companhia de Saneamento de Minas Gerais (COPASA) para ampliação da rede de abastecimento de água para atendimento a localidades rurais e dá outras providências".</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1149/lei_n_2.029_de_19_de_marco_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1149/lei_n_2.029_de_19_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as placas de sinalização nas Estradas Rurais do Município de Entre Rios de Minas-MG e dá outras providências."</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1137/lei_n_2028_de_12_de_marco_de_2024_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1137/lei_n_2028_de_12_de_marco_de_2024_.pdf</t>
   </si>
   <si>
     <t>"Estabelece a prioridade de vagas em escolas e centros municipais de Educação Infantil de Entre_x000D_
 Rios de Minas para crianças em idade compatível, filhas de mulheres vítimas de violência e dá outras providências."</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1136/lei_n_2.027_de_11_de_marco_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1136/lei_n_2.027_de_11_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE CICLISMO DE ENTRE RIOS DE MINAS- ACER, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n°_x000D_
 13.204/2015".</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1135/lei_n_2.026_de_11_de_marco_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1135/lei_n_2.026_de_11_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO CULTURAL VOZES DE ENTRE RIOS DE MINAS, conforme disposto na Lei Federal n°13.019/2014, com a redação dada pela Lei n°13.204/2015".</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1132/lei_n_2.025_de_28_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1132/lei_n_2.025_de_28_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Denomina logradouro público em estrada rural e dá outras providências."</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1131/lei_complementar_n_2024_de_28_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1131/lei_complementar_n_2024_de_28_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n° 954, de 20 de dezembro de 1991 e dá outras providências."</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1133/lei_n_2023_de_08_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1133/lei_n_2023_de_08_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da_x000D_
 sociedade civil LAR DOS IDOSOS SAGRADO CORAÇÃO DE JESUS, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1130/lei_complementar_n_2022_de_08_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1130/lei_complementar_n_2022_de_08_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1129/lei_n_2021_de_16_de_janeiro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1129/lei_n_2021_de_16_de_janeiro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição e revisão geral de Vencimentos dos Servidores Públicos Ativos, Inativos e Pensionistas do Município e dá outras providências."</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1128/lei_n_2020_de_16_de_janeiro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1128/lei_n_2020_de_16_de_janeiro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n°.1.593, de 30 de maio de 2011 e da Outras Providencias."</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1162/lei_n_2019_de_27_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1162/lei_n_2019_de_27_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 40 e do artigo 5° da Lei Municipal n° 1.954, de 13 de dezembro de 2022 que dispõe_x000D_
 sobre o Orçamento do Município para o exercício de 2023 e dá outras providências."</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1161/lei_n_2018_de_27_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1161/lei_n_2018_de_27_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a Administração Pública Municipal e a Paróquia Nossa Senhora das Brotas, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1159/lei_n_2016_de_27_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1159/lei_n_2016_de_27_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a Administração Pública Municipal e a Caixa Escolar_x000D_
 Dom Frei Toninho da Escola Estadual Dom Rodolfo, através de repasse de recursos financeiros"</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1158/lei_n_2015_de_27_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1158/lei_n_2015_de_27_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito suplementar especial e dá outras providências"</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1160/lei_n_2017_de_27_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1160/lei_n_2017_de_27_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1157/lei_n_2011_de_16_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1157/lei_n_2011_de_16_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil_x000D_
 denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei Federal n° 13.204/2015".</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1164/lei_n_2.010_de_16_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1164/lei_n_2.010_de_16_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Entre Rios de Minas a lei Henry Borel e dá outras providências".</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1154/lei_n_2009_de_16_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1154/lei_n_2009_de_16_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aprovação do projeto de parcelamento do solo urbano denominado "Loteamento Residencial São Lucas 2", situado no perímetro urbano do Município de Entre Rios de Minas".</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1156/lei_n_2007_de_20_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1156/lei_n_2007_de_20_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1155/lei_n_2006_de_20_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1155/lei_n_2006_de_20_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1163/lei_n_2002_de_25_de_setembro_de_2024.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1163/lei_n_2002_de_25_de_setembro_de_2024.pdf</t>
   </si>
   <si>
     <t>"Altera o Art. 10 da Lei Municipal n° 1.487/2006 que dispõe sobre a denominação de logradouros públicos no Bairro Cachoeira e dá outras providências."</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1172/lei_n_2001_de_18_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1172/lei_n_2001_de_18_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a Lei Federal n° 14.626, de 09 de julho de 2023, no âmbito do Município de Entre Rios de Minas e dá outras providências ."</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1153/lei_n_1999_de_18_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1153/lei_n_1999_de_18_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Entre Rios de Minas o "Dia Municipal do Gari, do Coletor e do Profissional da Triagem e Compostagem do Lixo", bem como a "Semana Municipal da Conscientização do Descarte Responsável do Lixo" e dá outras providências."</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1152/lei_n_1999_de_18_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1152/lei_n_1999_de_18_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1124/lei_no_1.998_de_24_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1124/lei_no_1.998_de_24_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal no 13.019/2014, com a redação dada pela Lei no 13.204/2015”.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1123/lei_no_1.997_de_24_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1123/lei_no_1.997_de_24_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1122/lei_no_1.996_de_24_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1122/lei_no_1.996_de_24_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza abertura de crédito suplementar e dá outras providências”</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1121/lei_no_1.995_de_24_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1121/lei_no_1.995_de_24_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 5º da Lei Municipal nº 1.954, de 13 de dezembro de 2022 que dispõe sobre o Orçamento do Município para o exercício de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1125/lei_no_1.993_de_03_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1125/lei_no_1.993_de_03_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entra a administração pública municipal e a organização da sociedade civil denominada Entrerriense Futebol Clube, conforme disposto na Lei Federal nº 13.019/2014, com redação dada pela Lei nº 13.204/2015."</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1126/lei_1.992_de_20_de_julho_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1126/lei_1.992_de_20_de_julho_de_2023.pdf</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1166/resolucao_n_03-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1166/resolucao_n_03-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Orçamento da Câmara Municipal de Entre Rios de Minas para o exercício financeiro de 2024 e dá outras providências."</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>1.991</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1120/lei_complementar_no_1.991-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1120/lei_complementar_no_1.991-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar nº 1.593, de 30 de maio de 2011, e dá outras providências."</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1170/lei_n_1987_de_19_de_junho_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1170/lei_n_1987_de_19_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Dia Municipal do Terço dos Homens"</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1108/lei_no_1.986_de_13_de_junho_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1108/lei_no_1.986_de_13_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de câmeras de monitoramento de segurança no Almoxarifado da Prefeitura Municipal de Entre Rios de Minas."</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1107/lei_no_1.985_de_13_de_junho_de_2023_2.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1107/lei_no_1.985_de_13_de_junho_de_2023_2.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre obrigatoriedade de largura mínima dos mata-burros e pontes do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1171/lei_n_1984_de_18_de_maio_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1171/lei_n_1984_de_18_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal do Uso Consciente da Água."</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1116/lei_no_1.983_de_18_de_maio_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1116/lei_no_1.983_de_18_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1114/lei_no_1.982_de_11_de_maio_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1114/lei_no_1.982_de_11_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>"Institui o prêmio "ALUNO EM DESTAQUE", para estudantes do 1° ao 5° ano da Rede de Ensino do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1109/lei_no_1.981_-_04_de_maio_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1109/lei_no_1.981_-_04_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1117/lei_no1.980_de_20_de_abril_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1117/lei_no1.980_de_20_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1113/lei_no_1.979_de_10_de_abril_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1113/lei_no_1.979_de_10_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito especial e dá outras providências"</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1112/lei_no_1.975_de_29_de_marco_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1112/lei_no_1.975_de_29_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Serviço de Inspeção Municipal e os procedimentos de inspeção sanitária e industrial dos produtos de origem animal e dá outras providências."</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1168/lei_n_1.974de_22_de_marco_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1168/lei_n_1.974de_22_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1169/lei_n_1.973_de_22_de_marco_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1169/lei_n_1.973_de_22_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1167/lei_n_1970_de_14_de_marco_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1167/lei_n_1970_de_14_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da_x000D_
 sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1165/resolucao_n_02-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1165/resolucao_n_02-2023.pdf</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1115/lei_no_1.969_de_09_de_fevereiro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1115/lei_no_1.969_de_09_de_fevereiro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO CULTURAL VOZES DE ENTRE RIOS DE MINAS, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1111/lei_no_1.968_de_09_de_fevereiro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1111/lei_no_1.968_de_09_de_fevereiro_de_2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE CICLISMO DE ENTRE RIOS - ACER, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1110/lei_no_1.967_de_09_de_fevereiro_de_2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1110/lei_no_1.967_de_09_de_fevereiro_de_2023.pdf</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1102/lei_no_1.966-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1102/lei_no_1.966-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a Administração Pública Municipal e a organização da Sociedade Civil que menciona, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1101/lei_no_1.965-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1101/lei_no_1.965-2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE MORADORES SEM CASA DE ENTRE RIOS DE MINAS - AMSCA, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015”</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1100/lei_no_1.964-2023.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1100/lei_no_1.964-2023.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Entre Rios de Minas aprova e eu, prefeito Municipal sanciono a seguinte lei:_x000D_
 Art. 1º Fica o Executivo Municipal autorizado a proceder à abertura de crédito especial no presente exercício no valor de R$385.000,00 (Trezentos e oitenta e cinco mil reais) para celebração de parceria entre o município de Entre Rios de Minas e a Associação de Moradores Sem Casa – AMSCA, para instalação de estação de tratamento de esgoto biológica domiciliar (BIOTE), no residencial Dom Luciano Mendes de Almeida._x000D_
 Art. 2º Para empenho e pagamento das despesas decorrentes da presente lei, fica o Executivo Municipal autorizado a criar no orçamento vigente, a seguinte dotação orçamentária:_x000D_
 Órgão: 02 – Prefeitura Municipal _x000D_
 Unidade: 02.008. – Secretaria Municipal de Obras e Infraestrutura _x000D_
 Sub Unidade : 02.008.001 - Departamento de Gestão Urbana_x000D_
 Função: 17 – Saneamento _x000D_
 Sub Função: 512 – Saneamento Básico Urbano_x000D_
 Programa 0017 – Saneamento_x000D_
 – Transferência Financeira a AMSCA – Associação de Moradores Sem Casa _x000D_
 Dotação: 02.008.17.512.0017.0.196.4.4.40.41.00 – Contribuições . . . . . . . . . . . . . . . . .  .R$ 385.000,00_x000D_
 Grupo da Fonte: 1 – Recursos do Exercício corrente_x000D_
 Especificação da fonte e destinação de recursos: 708000 – Transferência União referente Compensação Financiamento Recurso Mineral_x000D_
 (...)</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/860/lei_no_1.963-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/860/lei_no_1.963-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a fornecer de forma gratuita fraldas descartáveis para crianças, idosos e pessoas com deficiência no âmbito do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/859/lei_no_1.962_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/859/lei_no_1.962_-_2022.pdf</t>
   </si>
   <si>
     <t>"Institui o programa 'Empodera Mulher' no Município de Entre Rios de Minas e dá outras providências"</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/858/lei_no_1961-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/858/lei_no_1961-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação do "Centro Municipal de Educação Infantil Entre Rios" para "Centro Municipal de Educação Infantil Professora Maria da Glória Moraes Leão (Tia Naná)" e dá outras providências."</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/857/lei_no_1960_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/857/lei_no_1960_-_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proteção de famílias, grupos e/ou comunidades tradicionais (circense, cigana e outras), mestres (as) da cultura popular ou griôs."</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/856/lei_no_1959_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/856/lei_no_1959_-_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a redação da Lei nº 1.548/2009 para incluir o novo Art. 3º e dá outras providências"</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/848/lei_no_1.958-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/848/lei_no_1.958-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Política Municipal de Atendimento à Pessoa com Transtorno do Espectro Autista e outros transtornos psicossociais, e dá outras providências"</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/855/lei_no_1.957-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/855/lei_no_1.957-2022.pdf</t>
   </si>
   <si>
     <t>"Denomina logradouro público e dá outras providências"</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/854/lei_no_1956_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/854/lei_no_1956_-_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a Associação dos Feirantes da Feira Livre de Entre Rios de Minas - ASFERRIOS, conforme disposto na Lei Federal nº 13.019/2014, com redação dada pela Lei nº 13.204/2015"</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/853/lei_no_1.955_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/853/lei_no_1.955_-_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e o Hospital Cassiano Campolina, conforme disposto na Lei Federal nº 13.019/20174, com a redação dada pela Lei nº 13.204/2015".</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/852/lei_no_1.953-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/852/lei_no_1.953-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a disponibilização e identificação de brinquedos adaptados para crianças com deficiência ou com mobilidade reduzida em espaços públicos Municipais de Entre Rios de Minas"</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/663/lei_no_1.952_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/663/lei_no_1.952_-_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Política Municipal de Acessibilidade à Pessoa com Deficiência no âmbito do Município de Entre Rios de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1174/resolucao_n_12-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1174/resolucao_n_12-2022.pdf</t>
   </si>
   <si>
     <t>"Institui o Diário Oficial Eletrônico do Legislativo como órgão de publicação legal da Câmara Municipal de Entre Rios de Minas".</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/657/lei_no_1951_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/657/lei_no_1951_-_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito suplementar especial e dá outras providências."</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/662/resolucao_no_11_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/662/resolucao_no_11_-_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do Art. 2 da Resolução nº 15/2017 e dá outras providências."</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/661/resolucao_no_10-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/661/resolucao_no_10-2022.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o disposto no art. 20 da Lei Federal nº14.133, de 1º de abril de 2021 - Lei de Licitações e Contratos Administrativos - para estabelecer o enquadramento dos bens de consumo adquiridos para suprir as demandas da Câmara Municipal de Entre Rios de Minas nas categorias de qualidade comum e de luxo e dá outras providências"</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/660/resolucao_no_09-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/660/resolucao_no_09-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito suplementar e dá outras providências."</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/659/resolucao_no_08-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/659/resolucao_no_08-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução 02-2022 para dar nova redação ao Art. 11º."</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/658/resolucao_no_07_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/658/resolucao_no_07_-_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução nº 15-2017 e dá outras providências"</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/655/lei_no_1950_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/655/lei_no_1950_-_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2023 e dá outras providências"</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/847/lei_no_1.949-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/847/lei_no_1.949-2022.pdf</t>
   </si>
   <si>
     <t>"Estabelece a prioridade no atendimento aos pacientes em tratamento oncológico em pontos comerciais, de serviços, agências bancárias, bem como no transporte no Município de Entre Rios de Minas/MG e em Tratamento Fora do Domicílio e dá outras providências."</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/656/lei_no_1.948_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/656/lei_no_1.948_-_2022.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/654/lei_n_1.947_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/654/lei_n_1.947_-_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação do programa Bolsa Atleta Municipal em Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/653/lei_n_1.946_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/653/lei_n_1.946_-_2022.pdf</t>
   </si>
   <si>
     <t>"Institui o Dia Comemorativo em homenagem à 'Manoelina dos Coqueiros' no Município de Entre Rios de Minas/MG e dá outras providências."</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/849/lei_no_1.945_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/849/lei_no_1.945_-_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entra a administração pública municipal e a organização da sociedade civil denominada Entrerriense Futebol Clube, em regime de mútua cooperação, para a consecução de finalidade de interesse público e recíproco, mediante a execução de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n° 13.019/2014, com redação dada pela Lei nº 13.204/2015".</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/652/lei_n_1.944_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/652/lei_n_1.944_sancionada.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a adminitração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal nº 13.091/2014, com a redação dada pela Lei nº 13.204/2015."</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/651/lei_n_1.943_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/651/lei_n_1.943_sancionada.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a conbsecução de finbalidades de interesse público e recíproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei Federal nº 13.204/2015."</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/650/lei_n_1.942_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/650/lei_n_1.942_sancionada.pdf</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/649/lei_1.941_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/649/lei_1.941_sancionada.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a proceder a filiação do Município de Entre Rios de Minas à UNIÃO NACIONAL DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO - SEÇÃO MINAS GERAIS - UNDIME/MG, e contém outras providências."</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/851/lei_no_1.940-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/851/lei_no_1.940-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Serviço de Inspeção Municipal e os procedimentos de inspeção sanitária e industrial dos produtos de origem animal, revoga a Lei Municipal nº1.798, de 26 de dezembro de 2018 e dá outras providências."</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/648/lei_n_1.939_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/648/lei_n_1.939_sancionada.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Ratificação do Nono Termo Aditivo ao Contrato de Constituição do Consórcio Público para o Desenvolvimento do Alto Paraopeba - CODAP, e dá outras providências."</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/850/lei_no_1.938-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/850/lei_no_1.938-2022.pdf</t>
   </si>
   <si>
     <t>"Ratifica alteração no contrato de consórcio do CISALV e dá outras providências".</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/647/lei_1.937_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/647/lei_1.937_sancionada.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil ASILO DONA ALZIRA RIBEIRO, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/646/lei_no_1.936_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/646/lei_no_1.936_-_2022.pdf</t>
   </si>
   <si>
     <t>“Dá denominação a serviço público municipal que menciona e contém outras providências.”</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/645/lei_n_1.935_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/645/lei_n_1.935_-_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Anexo III - Quadro de Cargos em Comissão da Lei Complementar nº 1.412/2003 para modificar o cargo de ASSESSOR LEGISLATIVO, revoga o Art. 1º da Lei Municipal nº 1.825/2019 e dá outras providências.”</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/644/lei_n_1.934_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/644/lei_n_1.934_-_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para a Política Municipal de Estímulo, Incentivo e Promoção da Mulher Empreendedora no Município de Entre Rios de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/643/lei_n_1.933_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/643/lei_n_1.933_-_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza a dispensa do recolhimento de taxas e tributos municipais incidentes sobre a regularização das unidades habitacionais do loteamento Dom Luciano Mendes de Almeida de propriedade da Associação dos Moradores sem Casa de Entre Rios de Minas - AMSCA”.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/642/lei_n_1.932_-_2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/642/lei_n_1.932_-_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE CICLISMO DE ENTRE RIOS - ACER, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015”.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/641/lei_1.931_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/641/lei_1.931_-_2022_.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/640/lei_1.930_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/640/lei_1.930_-_2022_.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal do Evangelho e dá outras providências".</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/639/lei_1.929_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/639/lei_1.929_-_2022_.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa "Aluguel Social" no Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/637/lei_1.927_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/637/lei_1.927_-_2022_.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa Municipal "Adote um animal" no âmbito do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/636/lei_1.926_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/636/lei_1.926_-_2022_.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 4° da Lei Municipal n° 1.771, de 02 de março de 2018, que dispõe sobre o regime de adiantamento para despesas de pronto pagamento, de conformidade com os artigos 68 e 69 da Lei n.° 4.320/64, e dá outras providências."</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/635/lei_1.925_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/635/lei_1.925_-_2022_.pdf</t>
   </si>
   <si>
     <t>"Altera o Art. 1° da Lei Municipal n° 1.786/2018 e dá outras providências."</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/638/lei_1.928_-_2022_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/638/lei_1.928_-_2022_.pdf</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/634/lei_1.924.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/634/lei_1.924.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade do faturamento do consumo de água nas unidades atendidas pelo Município de Entre Rios de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/633/1.923.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/633/1.923.pdf</t>
   </si>
   <si>
     <t>“Denomina logradouros públicos no Residencial Dom Luciano Mendes de Almeida, situado urbano no perímetro do Bairro Castro, no Município de Entre Rios de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1173/resolucao_n_02-2022.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1173/resolucao_n_02-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a celebração de convênio com instituições de ensino superior e de curso profissionalizante, visando a concessão de estagiários".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/632/lei_1.922_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/632/lei_1.922_sancionada.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O REAJUSTE GERAL ANUAL NAS REMUNERAÇÕES DOS SERVIDORES DO MUNICÍPIO DE ENTRE RIOS DE MINAS ATIVOS E INATIVOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_1.921_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_1.921_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Denomina logradouro público no Bairro São Lucas e dá outras providências."</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1176/resolucao_n_09.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1176/resolucao_n_09.pdf</t>
   </si>
   <si>
     <t>"Formaliza a decisão da Câmara Municipal de Entre Rios de Minas no exame das contas prestadas pelo Município de Entre Rios de Minas relativas ao exercício de 2017".</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/435/resolucao_n_09-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/435/resolucao_n_09-2021.pdf</t>
   </si>
   <si>
     <t>“Formaliza a decisão da Câmara Municipal de Entre Rios de Minas no exame das contas prestadas pelo Município de Entre Rios de Minas relativas ao_x000D_
 exercício de 2017”.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/426/lei_1.918-2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/426/lei_1.918-2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Orçamento do Município para o exercício de 2022.”</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/425/lei_1.917-2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/425/lei_1.917-2021_sancionada.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.786/2018 e dá outras providências.”</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/424/lei_1.916-2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/424/lei_1.916-2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Veda a nomeação pela Administração Pública Direta e Indireta de Entre Rios de Minas/MG de pessoas condenadas pela Lei Federal nº 11.340/2006.”</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/423/lei_1.915-2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/423/lei_1.915-2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Plano Plurianual para o período de 2022/2025”.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/422/lei_1.914-2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/422/lei_1.914-2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Estabelece a obrigatoriedade da oferta de orientações, cuidados e treinamentos de primeiros socorros aos pais ou aos responsáveis de recém-nascidos.”</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>“Institui o Programa “Agita a Praça” no Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/420/lei_1.912-2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/420/lei_1.912-2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Institui os Jogos Municipais Oficiais de Entre Rios de Minas e dá outras providências”</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/418/lei_1.910_-_2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/418/lei_1.910_-_2021.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/417/lei_1.909_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/417/lei_1.909_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Institui a 'Semana Municipal do Empreendedorismo' no Município de Entre Rios de Minas e dá outras providências"</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/416/lei_1.908_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/416/lei_1.908_-_2021_.pdf</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_1.920_-_2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_1.920_-_2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Denomina logradouro público na Zona de Expansão Urbana do Município de Entre Rios de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_n_1.919_-_2021_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_n_1.919_-_2021_sancionada.pdf</t>
   </si>
   <si>
     <t>“Denomina logradouro público e dá outras providências.”</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/415/lei_1.907_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/415/lei_1.907_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, _x000D_
 com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/414/lei_1.906_sancionada.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/414/lei_1.906_sancionada.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015”.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/413/lei_1.905-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/413/lei_1.905-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza abertura de crédito suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/412/lei_1.904-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/412/lei_1.904-2021.pdf</t>
   </si>
   <si>
     <t>“Institui o Fundo Municipal dos Direitos da Pessoa Idosa do Município de Entre Rios de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/419/lei_sancionada_1.911-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/419/lei_sancionada_1.911-2021.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do inciso Il, do art. 4º da Lei Municipal nº 1.874, de 20 de novembro de 2020 e dá outras providências.”</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/411/lei_1.903_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/411/lei_1.903_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da identificação dos veículos oficiais e dá outras providências".</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/410/lei_1.902_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/410/lei_1.902_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Denomina logradouro público no bairro Castro e dá outras providências."</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/409/lei_1.901_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/409/lei_1.901_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Denomina Logradouro Público no Bairro São Lucas e dá outras providências".</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/408/lei_1.900_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/408/lei_1.900_-_2021_.pdf</t>
   </si>
   <si>
     <t>" Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE MORADORES SEM CASA DE ENTRE RIOS DE MINAS - AMSCA, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/407/lei_1.899_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/407/lei_1.899_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada HOSPITAL CASSIANO CAMPOLINA, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/406/lei_1.898_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/406/lei_1.898_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada CONTAGEM ESPORTE CLUBE, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/405/lei_1.897_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/405/lei_1.897_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Podei. Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE CICLISMO DE ENTRE RIOS - ACER, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015".</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/434/resolucao_08-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/434/resolucao_08-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o reembolso de gastos no âmbito do Poder Legislativo Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/404/lei_1.896_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/404/lei_1.896_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Altera e acrescenta dispositivo à Lei n° 1.865, de 06 de outubro de 2020, que dispõe sobre campanha institucional em todos os setores do Poder Público Municipal, nos veículos de transporte público e nas plataformas digitais do município de Entre Rios de Minas, com o intuito de conscientizar e combater a violência doméstica e abusos contra a mulher e dá outras providências."</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/403/lei_1.895_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/403/lei_1.895_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral de vencimentos dos Servidores Públicos Ativos, inativos e Pensionistas do Município e dá outras providências."</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/402/lei_1.894_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/402/lei_1.894_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial e dá outras previdências"</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/401/lei_1.893_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/401/lei_1.893_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para a criação de um Abrigo Provisório Municipal de Cães e Gatos, no âmbito do Município de Entre Rios de Minas - MG, e dá outras providências."</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/400/lei_1.892_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/400/lei_1.892_-_2021_.pdf</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/399/lei_1.891_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/399/lei_1.891_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2022 e dá outras providências."</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/433/resolucao_n07-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/433/resolucao_n07-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Orçamento da Câmara Municipal de Entre Rios de Minas para o exercício financeiro de 2022 e dá outras providências.”</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/398/lei_1.890_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/398/lei_1.890_-_2021_.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei Federal nº 13.204/2015”.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/397/lei_1.889_-_2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/397/lei_1.889_-_2021.pdf</t>
   </si>
   <si>
     <t>"Abre Crédito Adicional Especial para acobertar despesas com adesão ao CISALV - Consórcio Intermunicipal de Saúde Alto das Vertentes e a Administração Pública do Município de Entre Rios de Minas (MG), e contém outras providencias"</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/396/lei_no_1.888-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/396/lei_no_1.888-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o ingresso do município de Entre Rios de Minas-MG no Consórcio Intermunicipal de Saúde Alto das Vertentes - CISALV_x000D_
 e ratifica contrato de consórcio público do respectivo Consórcio. "</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/395/lei_1.887_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/395/lei_1.887_-_2021_.pdf</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/394/lei_1.886_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/394/lei_1.886_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Conselho Municipal de Acompanhamento e  Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação — CACS/FUNDEB do Município de Entre Rios de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/393/lei_1.885_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/393/lei_1.885_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Cria o CONSELHO MUNICIPAL DE EDUCAÇÃO, integrando o Conselho de FUNDEB como uma de suas Câmaras, e dá outras providências."</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/432/resolucao_n_06-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/432/resolucao_n_06-2021.pdf</t>
   </si>
   <si>
     <t>“Altera disposições do Regimento Interno da Câmara Municipal de Entre Rios de Minas, aprovado pela Resolução nº 07, de 5 de dezembro de 2012, para incluir o $8º no Art. 12 e dá outras providências.”</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/391/lei_1.883_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/391/lei_1.883_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde."</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1175/resolucao_n_05_de_02_de_marco_de_2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1175/resolucao_n_05_de_02_de_marco_de_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição salarial dos servidores da Câmara Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/431/resolucao_n_05-_2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/431/resolucao_n_05-_2021.pdf</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/392/lei_no_1.884-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/392/lei_no_1.884-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da divulgação da listagem de medicamentos disponíveis e em falta destinados exclusivamente à distribuição na farmácia municipal e outras unidades de saúde e dá outras providências."</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/390/lei_1882_-_2021_texto_sancionado.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/390/lei_1882_-_2021_texto_sancionado.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito especial suplementar e dá outras providências"</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/430/resolucao_n_04-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/430/resolucao_n_04-2021.pdf</t>
   </si>
   <si>
     <t>“Altera disposições do Regimento Interno da Câmara Municipal de Entre Rios de Minas, aprovado pela Resolução nº 07, de 5 de dezembro de 2012, para incluir o $3º no Art. 12 e dá outras providências.”</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/429/resolucao_n_03-2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/429/resolucao_n_03-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre credenciamento de veículos tipo Táxi para atender necessidades de locomoção de prestadores de serviços, Servidores e Vereadores e dá outras providências."</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/387/lei_1.880_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/387/lei_1.880_-_2021_.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo 111 - Quadro de Cargos em Comissão da Lei Complementar n° 1.412/2003 para criação do Cargo de Assessor Técnico, Consultivo _x000D_
 e Jurídico e dá outras providências."</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/389/lei_no_1.881_-_2021_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/389/lei_no_1.881_-_2021_.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO CULTURAL VOZES DE ENTRE RIOS DE MINAS, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015”.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>“Altera disposições do Regimento Interno da Câmara Municipal de Entre Rios de Minas, aprovado pela Resolução nº 07, de 5 de dezembro de 2012, para dar nova redação ao $3º do Art. 11 e dá outras providências."</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/427/resolucao_01_-_2021.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/427/resolucao_01_-_2021.pdf</t>
   </si>
   <si>
     <t>"estabelece o pagamento de subsídio ao Vereador Licenciado na forma que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/205/lei_1.879_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/205/lei_1.879_-_2020_.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do art. 4° da Lei Municipal n° 1830/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/204/lei_1.878_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/204/lei_1.878_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no Bairro Santa Efigênia e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/213/lei_1.877_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/213/lei_1.877_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no Bairro São Lucas e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/203/lei_1.876__-_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/203/lei_1.876__-_2020.pdf</t>
   </si>
   <si>
     <t>Institui no município de Entre Rios de Minas a Contribuição para Custeio de Iluminação Pública , prevista no art. 149-A da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/214/lei_no_1874-2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/214/lei_no_1874-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Município para o exercício de 2021.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/212/lei_1.873_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/212/lei_1.873_-_2020_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Artes Marciais nas Escolas do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/211/lei_1.872_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/211/lei_1.872_-_2020_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o "Programa de Prevenção e Controle do Diabetes" nas crianças e adolescentes matriculados nos estabelecimentos de ensino da Rede Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/210/lei_1.871_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/210/lei_1.871_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no Bairro Padre Vitor e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/209/lei_1.870_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/209/lei_1.870_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no Loteamento Residencial Belvedere e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/208/lei_1.869_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/208/lei_1.869_-_2020_.pdf</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/207/lei_1.868_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/207/lei_1.868_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público no Loteamento residencial Belvedere e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/206/lei_1.867_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/206/lei_1.867_-_2020_.pdf</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/202/lei_1866_de_07_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/202/lei_1866_de_07_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo rural para chacreamento no Município de Entre Rios de Minas-MG e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/187/lei_1865_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/187/lei_1865_-_2020_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre campanha institucional em todos os setores do Poder Público Municipal, nos veículos de transporte público e nas plataformas digitais do município de Entre Rios de Minas, com o intuito de conscientizar e combater a violência doméstica e abusos contra a mulher e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/186/lei_1864_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/186/lei_1864_-_2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/185/lei_1863_-_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/185/lei_1863_-_2020.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público na Pedra Negra e dá outras providências.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/184/lei_1862_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/184/lei_1862_-_2020_.pdf</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/183/lei_1861_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/183/lei_1861_-_2020_.pdf</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/182/lei_1860_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/182/lei_1860_-_2020_.pdf</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/181/lei_1859_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/181/lei_1859_-_2020_.pdf</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/180/lei_1858_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/180/lei_1858_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouros públicos no Bairro Batista de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/179/lei_1857_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/179/lei_1857_-_2020_.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/178/lei_1856_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/178/lei_1856_-_2020_.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao logradouro público que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/158/lei_1855_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/158/lei_1855_-_2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei n° 13.204/2015</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/157/lei_1854_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/157/lei_1854_-_2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial e dá outras providências</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/152/lei_1853_-_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/152/lei_1853_-_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito suplementar e dá outras providências</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/151/lei_1852_-_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/151/lei_1852_-_2020.pdf</t>
   </si>
   <si>
     <t>Altera o nome de logradouro público e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/150/lei_1851_-_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/150/lei_1851_-_2020.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público que menciona e dá outras providências</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/149/lei_1850_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/149/lei_1850_-_2020_.pdf</t>
   </si>
   <si>
     <t>Ratifica o 5° Termo Aditivo ao Contrato de Consórcio do CODAP — Consórcio Público para o Desenvolvimento do Alto Paraopeba</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/133/lei_1849_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/133/lei_1849_-2020_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/132/lei_1848_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/132/lei_1848_-_2020_.pdf</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/131/lei_1847_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/131/lei_1847_-_2020_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de pagamento proporcional de Alvará de Localização e Fiscalização de Funcionamento no âmbito do Município de Entre Rios de Minas em razão da pandemia causada pelo novo Coronavírus (COVID-19)</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/130/lei_1846_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/130/lei_1846_-2020_.pdf</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/115/lei_1845_-2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/115/lei_1845_-2020.pdf</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/114/lei_1844_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/114/lei_1844_-2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ENTRE RIOS DE MINAS APAE/ERM, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/113/lei_1843_-_2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/113/lei_1843_-_2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil ASILO DONA ALZIRA RIBEIRO, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/112/lei_1842_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/112/lei_1842_-2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil que menciona, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/108/lei_complementar_1841_-_2020.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/108/lei_complementar_1841_-_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Complementar n° 1.808, de 16 de abril de 2019, que altera disposições do Código Tributário do Município de Entre Rios de Minas e dá outras providências</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/105/lei_1840_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/105/lei_1840_-2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar para transferência de recursos financeiros para o reforço do custeio das ações e serviços de saúde destinada ao Hospital Cassiano Campolina, conforme Resolução SES/MG n° 6.822 de 30 de agosto de 2019, e dá outras providências</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/107/lei_1839_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/107/lei_1839_-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parcerias entre a administração pública municipal e as organizações da sociedade civil que menciona, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de atividades ou de projetos previamente estabelecidos em planos de trabalho inseridos em termos de fomento, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/106/lei_1838_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/106/lei_1838_-2020_.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados de educação básica e de estabelecimentos de recreação infantil no Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/104/lei_1837_-2020_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/104/lei_1837_-2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar para transferência de recursos financeiros para o reforço do custeio das ações e serviços de saúde destinada ao Hospital Cassiano Campolina, conforme Resolução SES/MG n° 6.822 de 30 de agosto de 2019</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/110/lei_1836_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/110/lei_1836_-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece gratificação para os servidores efetivos do Poder Legislativo Municipal, de Nível Superior, por aperfeiçoamento profissional e dá providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/111/lei_1835-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/111/lei_1835-2019.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público que menciona e contém outras providências</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/116/lei_1834-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/116/lei_1834-2019.pdf</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/117/lei_1833-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/117/lei_1833-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial e dá outras providências</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/118/lei_1832.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/118/lei_1832.pdf</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/119/lei_1831_n_1831_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/119/lei_1831_n_1831_-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organizações da sociedade civil que menciona,_x000D_
 conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei n° 13.204/2015</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/120/lei_no_1830-2019_compressed.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/120/lei_no_1830-2019_compressed.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento do Município de Entre Rios de Minas para o ano de 2020</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/121/lei_1829-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/121/lei_1829-2019.pdf</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/122/lei_1828-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/122/lei_1828-2019.pdf</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/123/lei_1827-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/123/lei_1827-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária de núcleos urbanos no município de Entre Rios de Minas-MG e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/124/lei_1826_lei_n_1826_-_2019_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/124/lei_1826_lei_n_1826_-_2019_.pdf</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/125/lei_1825_-2019__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/125/lei_1825_-2019__.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução de carga horária e vencimentos e criação de cargo de Gerência Legislativa no "ANEXO III — Quadro de Cargos em Comissão" da Lei Complementar n° 1.412/2003 e dá outras providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/126/lei_1824__lei_n_1824_-_2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/126/lei_1824__lei_n_1824_-_2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1° da Lei n° 1.727, de 10 de abril de 2017, que autoriza o Executivo Municipal a ceder de servidoras municipais para exercer suas funções junto a APAE/ERM — Associação de Pais e Amigos dos Excepcionais de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/127/lei_1823-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/127/lei_1823-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil que menciona, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei n° 13.204/2015 e a proceder à suplementação de dotação orçamentária.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/128/lei_1822-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/128/lei_1822-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei N° 1.803/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/134/lei_1821.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/134/lei_1821.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamento eliminador de ar na tubulação de abastecimento de água do Município de Entre Rios de Minas</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/135/lei_1820-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/135/lei_1820-2019.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/136/lei_1819_2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/136/lei_1819_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito com o Banco do Brasil S/A, e dá outras providências</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/137/lei_1.818_-_2019_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/137/lei_1.818_-_2019_.pdf</t>
   </si>
   <si>
     <t>Altera disposições disposições do Plano Geral de Cargos, Carreira e Vencimentos dos Servidores Públicos do Município de Entre Rios de Minas, Lei Complementar 1.591/2011, e do Plano de Cargos, Carreira e Vencimentos dos profissionais da Saúde do Município de Entre Rios de Minas, Lei Complementar 1.592/2011, e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/138/lei_1817_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/138/lei_1817_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a associar-se à AMIG - Associação dos Municípios Mineradores de Minas Gerais de do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/139/lei_1816-_2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/139/lei_1816-_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil que menciona, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei nº 13.204/2015 e a proceder a abertura de crédito suplementar.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/140/lei_1815_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/140/lei_1815_-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos dos Servidores Públicos Ativos, Inativos e Pensionistas do Município e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/141/lei_1814_-_2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/141/lei_1814_-_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada Entrerriense Futebol Clube, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei nº 13.204/2015</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/142/lei_1813-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/142/lei_1813-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/103/resolucao_06-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/103/resolucao_06-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 08/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/143/lei_1812__08_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/143/lei_1812__08_-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUiMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei n° 13.204/2015</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/101/lei_1811_complementar.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/101/lei_1811_complementar.pdf</t>
   </si>
   <si>
     <t>Altera quadros de Parâmetros Urbanísticos (atualmente vigorando com dados da Lei Complementar Nº 1.712, de 28 de novembro de 2016) da Lei Complementar nº 1.569, de 20 de agosto de 2010, que estabelece normas para parcelamento, ocupação e uso do solo urbano do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/100/lei_1810_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/100/lei_1810_-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para a realização de feiras itinerantes e temporárias no Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/144/lei_1809_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/144/lei_1809_-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 1.593, de 30 de maio de 2011 e dá outras providências</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/109/lei_1808_-2019_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/109/lei_1808_-2019_.pdf</t>
   </si>
   <si>
     <t>Altera disposições do Código Tributário do Município de Entre Rios de Minas, Lei 1.258, de 23 dezembro de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/145/lei_1807-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/145/lei_1807-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parcerias entre a administração pública municipal e as organizações da sociedade civil que menciona, em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividades ou de projetos previamente estabelecidos em planos de trabalho inseridos em termos de fomento, conforme disposto na Lei Federal n° 13.019/2014, com a redação dada pela Lei n° 13.204/2015</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/146/lei_1806-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/146/lei_1806-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao Artigo 1° da Lei Municipal N° 1.786/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/147/lei_1805-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/147/lei_1805-2019.pdf</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/148/lei_1804_12-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/148/lei_1804_12-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da apresentação do Cartão de Vacinação para matrícula de alunos na Rede de Ensino do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/129/lei_1803_-2019_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/129/lei_1803_-2019_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação de listagens de pacientes que aguardam por consultas com especialistas, exames e cirurgias na Rede Pública Municipal no âmbito do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/153/lei_1802-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/153/lei_1802-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a desafetação e alienação de bens imóveis do Município de Entre Rios de Minas e dá outras providências</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/154/lei_1801_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/154/lei_1801_-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do projeto de parcelamento do solo urbano denominado Loteamento Residencial Vila Centro, situado no perímetro urbano do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/155/lei_1800_-2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/155/lei_1800_-2019.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do Município de Entre Rios de Minas-MG e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/156/lei_1799_-_2019.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/156/lei_1799_-_2019.pdf</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/99/lei_1798.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/99/lei_1798.pdf</t>
   </si>
   <si>
     <t>Autoriza a adesão do Município de Entre Rios de Minas - MG ao Serviço de Inspeção Regional (SIR), a ser implantado pelo CODAP - Consórcio Público para o Desenvolvimento do Alto Paraopeba, define procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal e dá outras providências.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/200/lei_1794.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/200/lei_1794.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Esportes de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/86/lei_1793.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/86/lei_1793.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1.756/2017 e denomina Logradouros Públicos próximos à comunidade de Gameleira e dá outras providências</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/85/lei_1792.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/85/lei_1792.pdf</t>
   </si>
   <si>
     <t>Institui junto ao Município de Entre Rios de Minas a obrigatoriedade do envio automático do nome das pessoas cadastradas no CadÚnico às concessionárias de serviço público para inclusão na tarifa social</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/84/lei_1791.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/84/lei_1791.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito do Município de Entre Rios de Minas, a realização do sistema de referência e contra referência nas unidades básicas e nas instituições vinculadas ao Sistema Único de Saúde  (SUS).</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/83/lei_1790.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/83/lei_1790.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a celebrar convênio com instituições financeiras e cooperativas de crédito, através de desconto na folha de pagamento e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/82/lei_1789.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/82/lei_1789.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOCIAÇÃO DOS PARENTES E AMIGOS DOS DEPENDENTES QUÍMICOS DE ENTRE RIOS DE MINAS - APADEQ, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal nº 13019/2014, com a redação dada pela Lei nº 13.204/2015.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/80/lei_complementar__1788.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/80/lei_complementar__1788.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 87 e acrescenta o § 3º e inciso I e § 4º do Código de Posturas do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/79/lei.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/79/lei.pdf</t>
   </si>
   <si>
     <t>Autoriza adesão do Município ao Programa Caminhos de São Tiago e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/78/lei_1786.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/78/lei_1786.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO USO DE MÁQUINAS E EQUIPAMENTOS DE PROPRIEDADE DO   MUNICÍPIO E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/102/resolucao_no_8-2018_DY43s1Y.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/102/resolucao_no_8-2018_DY43s1Y.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Concessão de Diárias de Viagem no âmbito do Poder Legislativo Municipal e dá Outras Providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/77/lei_1785.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/77/lei_1785.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de acolhimento familiar provisório de crianças e adolescentes, denominado Famílias Acolhedoras e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/73/lei_1784.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/73/lei_1784.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS" - Autoriza o Executivo Municipal a proceder a abertura de crédito no valor de R$ 200.000 para investimento em placas de identificação das vias públicas e placas de sinalização de trânsito no Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/72/lei1781.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/72/lei1781.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/75/lei_1782.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/75/lei_1782.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de grades e/ou portas metálicas nas portas, janelas e quaisquer espaços nos estabelecimentos financeiros, comerciais e dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/74/lei1781.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/74/lei1781.pdf</t>
   </si>
   <si>
     <t>Altera disposição da Lei Municipal nº 1.776, de 09 de abril de 2018, que autoriza o Poder Executivo Municipal a proceder a filiação do Município de Entre Rios de Minas à Associação Mineira de Municípios - AMM.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/71/lei_1780.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/71/lei_1780.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebração de convênio de cooperação mútua entre o Município de Entre Rios de Minas e o COGEMA-MG - Colegiado de Gestores Municipais da Assistência Social do Estado de Minas Gerais e contém outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/70/lei.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/70/lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a Administração Pública Municipal e a organização da sociedade civil denominada Entrerriense Futebol Clube, em regime de mútua cooperação, para a consecução de finalidade de interesse público e recíproco, mediante a execução de projeto previamente estabelecido em Plano de Trabalho inserido em termo de fomento, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/76/lei1778.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/76/lei1778.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a utilização de máquinas, equipamentos públicos e mão de obra na situação que menciona.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/69/lei_1777.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/69/lei_1777.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a filiação do Município de Entre Rios de Minas à Confederação Nacional dos Municípios - CNM e contém outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/68/lei1771.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/68/lei1771.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a filiação do Município de Entre Rios de Minas à Associação Mineira de Municípios - AMM e contém outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/67/lei1771.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/67/lei1771.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gestão, a movimentação financeira em conta específica e divulgação das informações sobre transferências e utilização dos recursos do FUNDEB - Fundo de Manutenção e Desenvolvimento da Educação Básica e de valorização dos profissionais da educação do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/199/lei1771.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/199/lei1771.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil que menciona, conforme disposto na Lei Federal n. 13.019/2014, com a redação dada pela Lei n. 13.204/2015 e a proceder a abertura de crédito suplementar.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/198/lei_complementar_1773.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/198/lei_complementar_1773.pdf</t>
   </si>
   <si>
     <t>Altera disposição da Lei Complementar nº 1.747, de 25 de setembro de 2017 que dispõe sobre o Imposto sobre Serviços de Qualquer Natureza - ISSQN.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/197/lei_1772-2018.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/197/lei_1772-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a utilização do Plenário Francisco Marzano, da Câmara Municipal de Entre Rios de Minas, para a realização de eventos culturas, artísticos e educacionais e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/458/lei_1.769.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/458/lei_1.769.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parcerias entre a administração pública municipal e as organizações da sociedade civil que menciona, conforme disposto na Lei Federal n.°  13.019/2014, com a redação dada pela Lei n.° 13.204/2015 e a proceder à abertura de créditos especiais.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/196/lei1771.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/196/lei1771.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento de despesas de pronto pagamento, de conformidade com os artigos 68 e 69 da Lei 4.320/64, e dá outras providências.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/195/lei.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/195/lei.pdf</t>
   </si>
   <si>
     <t>Altera o Orçamento Municipal para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/459/lei_1.769.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/459/lei_1.769.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parcerias entre a administração pública municipal e as organizações da sociedade civil que menciona, conforme disposto na Lei Federal n.º 13.019/2014, com a redação dada pela Lei n.° 13.204/2015 e a proceder a abertura de créditos especiais.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/194/lei1761.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/194/lei1761.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parcerias entre a administração pública municipal e as organizações da sociedade civil que menciona, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei nº 13.204/2015 e a proceder à abertura de créditos especiais.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/193/lei.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/193/lei.pdf</t>
   </si>
   <si>
     <t>Altera a contribuição para a Associação do Circuito Turístico Trilha dos Inconfidentes e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/191/lei.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/191/lei.pdf</t>
   </si>
   <si>
     <t>Transforma o cargo de auxiliar de enfermagem em Técnico de Enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/190/lei1761.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/190/lei1761.pdf</t>
   </si>
   <si>
     <t>Dá Denominação a Logradouro Público.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/189/lei_1765-2018.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/189/lei_1765-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a correção do alinhamento da Avenida Dr. José Gonçalves da Cunha com definição do passeio público e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/188/lei1761.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/188/lei1761.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para desafetação de imóvel de domínio público municipal de Entre Rios de Minas e sua dação em pagamento para empresa Barros   e Almeida Empreendimentos Imobiliários LTDA e dá outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/66/lei_1763_-_2018.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/66/lei_1763_-_2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal a celebrar acordos em processos judiciais em que o Município de Entre Rios de Minas for interessado, autor, réu ou tiver interesse jurídico na qualidade de assistente ou oponente e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/65/lei_1762_-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/65/lei_1762_-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir créditos suplementares para dotações cujos saldos são insuficientes para o empenho de despesas.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/64/64_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento do Município de Entre Rios de Minas para o ano de 2018.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/63/lei_1760__-_2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/63/lei_1760__-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2018/2021.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/62/lei_1759_-_2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/62/lei_1759_-_2017.pdf</t>
   </si>
   <si>
     <t>Altera o Orçamento Municipal para o exercício de 2017.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/217/lei_1758_-_2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/217/lei_1758_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de créditos suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/60/lei_1756__-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/60/lei_1756__-2017.pdf</t>
   </si>
   <si>
     <t>Dá denominações aos logradouros públicos que menciona.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/59/lei_1755_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/59/lei_1755_-2017_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para transferência de recursos oriundos de emendas parlamentares referentes ao incremento temporário do Limite Financeiro da Assistência de Média e Alta Complexidade (MAC) destinada ao Hospital Cassiano Campolina".</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/58/lei_1754_-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/58/lei_1754_-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação do Projeto de parcelamento do solo urbano denominado Loteamento Residencial Cidade Nova, situado no perímetro urbano do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/57/lei_1753_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/57/lei_1753_-2017_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 1.569, de 20 de agosto de 2010, que Estabelece Normas e Condições para Parcelamento, Ocupação e Uso do Solo Urbano do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/8/lei_1752_-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/8/lei_1752_-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para construção de poços artesianos no Município.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/11/lei_1751_-_2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/11/lei_1751_-_2017_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada ASSOPOC, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de atividade ou de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal nº 13.019/2014, com a redação dada pela Lei nº 13.204/2015.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/9/lei_1750_-_2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/9/lei_1750_-_2017_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/4/lei_1749_-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/4/lei_1749_-2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 1.593, de 30 de maio de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/10/lei_1748_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/10/lei_1748_-2017_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre afetação e anexação de área de imóvel urbano do Município à imóvel da Câmara Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/5/lei_1747_-_2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/5/lei_1747_-_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Imposto sobre Serviços de Qualquer Natureza - ISSQN e dá outras providências.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/12/lei_1746_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/12/lei_1746_-2017_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a proceder permuta de imóvel público municipal pelo asfaltamento da Rua Rui Barbosa de Araújo com a empresa Barros e Almeida Empreendimentos Imobiliários Ltda. e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/13/lei_1745_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/13/lei_1745_-2017_.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei nº 1.609, de 22 de dezembro de 2011, que cria o Fundo Municipal de Turismo FUMTUR e dá outras providências.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/6/lei_complementar_1744-2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/6/lei_complementar_1744-2011.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I e III da Lei Complementar n° 1.591, de 30 de maio de 2011.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/14/14_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>Estabelece gratificação para os servidores efetivos do Poder Legislativo Municipal, de nível superior, por aperfeiçoamento profissional e dá outras providências.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/7/lei_1742_lei_complementar_n1742_-_2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/7/lei_1742_lei_complementar_n1742_-_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo 3º ao artigo 43 da Lei Complementar nº 1.591, de 30/05/2011 e parágrafo 3º ao artigo 40 da Lei Complementar nº 4.592, de 30/05/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/15/lei_1741_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/15/lei_1741_-2017_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Diário Oficial Eletrônico do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/16/lei_1740_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/16/lei_1740_-2017_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parceria entre a administração pública municipal e a organização da sociedade civil denominada Entrerriense Futebol Clube, em regime de mútua cooperação, para a consecução de finalidades de interesse público e recíproco, mediante a execução de projeto previamente estabelecido em plano de trabalho inserido em termo de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada pela Lei n° 13.204/2015.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/17/17_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a utilização de veículos da frota municipal, na situação que menciona.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/18/18_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 1.593, de 30 de maio de 2011, e dá outras providencias.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/19/19_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a utilização de máquinas e equipamentos públicos nas situações que menciona.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/20/lei_1736_-_2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/20/lei_1736_-_2017_.pdf</t>
   </si>
   <si>
     <t>Acrescenta ao anexo I da Lei Complementar nº 1.596, de 16 de junho de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/216/lei_1735_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/216/lei_1735_-2017_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar parcerias entre a administração pública municipal e as organizações da sociedade civil que menciona, em regime de mútua cooperação, para a consecução de finalidades de interesse público e reciproco, mediante a execução de atividades ou de projetos previamente estabelecidos em planos de trabalho inseridos em termos de fomento, conforme disposto na Lei Federal n 13.019/2014, com a redação dada_x000D_
 pela Lei n° 13.204/2015.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera os anexos  I e II da Lei Complementar nº 1.591, de 30 de maio de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/23/lei_1732_-2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/23/lei_1732_-2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta aos anexos I, II e III da Lei Complementar nº 1.591, de 30 de maio de 2011 o cargo de Bibliotecário e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos dos servidores públicos ativos, inativos e pensionistas do Município e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/215/lei_1730_-2017_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/215/lei_1730_-2017_.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo 3º ao artigo 43 da Lei Complementar n° 1.591, de 30 de maio de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/25/lei_1729_-_2017.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/25/lei_1729_-_2017.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público e contém outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de suspensão do fornecimento de água e energia elétrica aos consumidores em geral por motivo de atraso no pagamento das contas, no município de Entre Rios de Minas-MG e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com a APAE/ERM - Associação de Pais e Amigos dos Excepcionais de Entre Rios de Minas - MG visando a cessão de servidoras municipais ocupantes do cargo de professora de Educação Básica para exercer suas funções junto àquela entidade assistencial e educacional e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/28/lei_1726.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/28/lei_1726.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de hospitais públicos e conveniados ao Sistema Único de Saúde (SUS), pronto-socorros e demais unidades de saúde de divulgarem as escalas de médicos plantonistas.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Sindicatos dos Produtores Rurais de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do projeto de parcelamento do solo urbano, de relevante interesse social, denominado "Residencial Dom Luciano Mendes de_x000D_
 Almeida", situado no perímetro urbano do bairro Castro no Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/201/lei1721.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/201/lei1721.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar contrato de concessão de uso de área de imóvel urbano de propriedade do Município para instalação de torre de transmissão de sinal de Internet e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos abandonados ou estacionados em situação que caracterize seu abandono.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/3/3_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao logradouro público que menciona.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/2/2_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no parágrafo único do art. 4º da Lei nº 1.713, de 12 de dezembro de 2016, que dispõe sobre o Orçamento do Município para o exercício de 2017.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/1/1_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>Ratifica o protocolo de intenções subscrito pelos Municípios Integrantes da Microrregião do Alto Paraopeba, convertido em contrato de Administração do Serviço de Iluminação Pública - CASIP e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/33/lei_1717-2016.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/33/lei_1717-2016.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de convênio de subvenções sociais às pessoas jurídicas sem fins lucrativos que menciona.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/34/lei_1716_-2016_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/34/lei_1716_-2016_.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Centro de Cultura Esporte e Lazer.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/35/lei_1715_-2016_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/35/lei_1715_-2016_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária Unidos do Castro - ACUCE e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/36/lei_1714_-2016.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/36/lei_1714_-2016.pdf</t>
   </si>
   <si>
     <t>Autoriza celebrar Termo de Convênio com o Poder Judiciário do Estado de Minas Gerais para cessão de servidor municipal ao Fórum de Entre Rios de Minas_x000D_
 para exercer funções junto ao Poder Judiciário.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/37/37_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento do Município para o exercício de 2017.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_1712_-_altera_lei_complementar_1569.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_1712_-_altera_lei_complementar_1569.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Nº 1569, de 20 de agosto de 2010 que estabelece normas e condições para parcelamento, ocupação e uso do solo urbano do município de Entre Rios de Minas, revoga a Lei Complementar Nº 1627, de 08 de outubro de 2012 e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/39/lei_1711.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/39/lei_1711.pdf</t>
   </si>
   <si>
     <t>Altera redação do artigo 193 da Lei nº 1.546, de 13 de julho de 2009, que institui o Plano Diretor Parcipativo do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/40/lei_1710_-2016_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/40/lei_1710_-2016_.pdf</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/41/lei_1708_-_2016.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/41/lei_1708_-_2016.pdf</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/42/lei_1708_-_2016.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/42/lei_1708_-_2016.pdf</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/219/lei_1707_-2016.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/219/lei_1707_-2016.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Público e contém outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Agentes Políticos e Secretários do Município de Entre Rios de Minas de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/44/44_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PERMUTA DE TERRENO E CONTÉM OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/45/45_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2017 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/46/lei_1701_-2016_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/46/lei_1701_-2016_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/47/lei_1700_-2016.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/47/lei_1700_-2016.pdf</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/218/lei_1699_-2016_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/218/lei_1699_-2016_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos dos servidores públicos municipais ativos, inativos e pensionistas e dá outras providências</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/50/lei_1698_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/50/lei_1698_-2015_.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/226/lei_1697-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/226/lei_1697-2015.pdf</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2015/51/51_texto_integral.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2015/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/52/lei_1695_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/52/lei_1695_-2015_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Plano Municipal de Saneamento e dá outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/53/lei_1694_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/53/lei_1694_-2015_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Município para o exercício de 2016.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/54/lei_1693_-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/54/lei_1693_-2015.pdf</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/55/lei_1692_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/55/lei_1692_-2015_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permuta de terreno e contém outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/56/lei_1691_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/56/lei_1691_-2015_.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Escola Municipal "Padre Eustáquio" para Escola Municipal "Major Juscelino" e a mudança do prédio escolar do Povoado da Pedra Branca para o Povoado da Mata dos Pachecos e dá outras providências.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/225/lei_1690_-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/225/lei_1690_-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do projeto de parcelamento do solo urbano denominado Loteamento Residencial São Lucas, situado no perímetro urbano do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/224/lei_1689_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/224/lei_1689_-2015_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial para Obras de conclusão da construção do CRAS — Centro e Referência em Assistência Social do município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/49/lei_1688_-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/49/lei_1688_-2015.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Decenal Municipal de Educação de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/48/lei_1687__-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/48/lei_1687__-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/223/lei_1686-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/223/lei_1686-2015.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II do Art. 4º da Lei Municipal, 1.677 de 04 de dezembro de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/222/lei_1685_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/222/lei_1685_-2015_.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Complementar n° 1.596, de 16 de junho de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/221/lei_1684_-2015_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/221/lei_1684_-2015_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/220/lei_1683_-2015.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/220/lei_1683_-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos dos servidores públicos da Câmara Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/245/lei_1682_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/245/lei_1682_-_2014_.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal Antidrogas e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/244/lei_1681-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/244/lei_1681-_2014_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial para participação no Consórcio Intermunicipal Multissetorial do Vale do Piranga</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/243/lei_1680_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/243/lei_1680_-2014_.pdf</t>
   </si>
   <si>
     <t>Adere ao protocolo de intenções subscrito por municípios integrantes da Região do Vale do Piranga, para constituição do Consórcio Intermunicipal Multissetorial do Vale do Piranga e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/242/lei_1679_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/242/lei_1679_-_2014_.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Rua Viva", e dá outras disposições, placas, sinalização, ruas</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/241/lei_1678_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/241/lei_1678_-_2014_.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no art. 101° da Lei Complementar n° 954, de 20 de dezembro de 1991.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/240/lei_1677_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/240/lei_1677_-_2014_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento do Município para o exercício de 2015.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/265/lei_1676_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/265/lei_1676_-_2013_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas e procedimentos para parcerias entre Município de Entre Rios de Minas e a Sociedade, no que concerne a adoção de áreas verdes públicas - "Programa Cidade Jardim" e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/239/lei_1675_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/239/lei_1675_-_2014_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear despesas com alimentação das médicas do programa Mais Médicos do governo federal que atuam no Município de Entre Rios de Minas</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/238/lei_1674_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/238/lei_1674_-2014_.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/237/lei_1673_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/237/lei_1673_-2014_.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Proteção ao Patrimônio Cultural do Município de Entre Rios de Minas — FUMPAC/ERM, e dá outras providências.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/236/lei_1672_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/236/lei_1672_-_2014_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/235/lei_1671_-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/235/lei_1671_-_2014_.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no art. 60 da Lei n° 1.662, de 19 de dezembro de 2013, que trata da ratificação do Protocolo de Intenções do Consórcio Público Intermunicipal de Saúde do Alto Paraopeba e Vale do Piranga — CISAP-VP.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/234/lei_1670_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/234/lei_1670_-2014_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a doar veículo municipal à APAE de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/233/lei_1669_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/233/lei_1669_-2014_.pdf</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/232/lei_1668-_2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/232/lei_1668-_2014_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o São José Esporte Clube e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/231/lei_1667_-2014.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/231/lei_1667_-2014.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Clube Terceira Idade "Idade Feliz" e dá outras providências</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/230/lei_1666_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/230/lei_1666_-2014_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos dos servidores públicos municipais ativos, inativos e pensionistas e dá outras providências.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/229/lei_1665_-2014.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/229/lei_1665_-2014.pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/228/lei_1664_-2014_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/228/lei_1664_-2014_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial para celebração de Convênio com a Universidade Federal de Juiz de Fora.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/227/lei_1663_-_2014.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/227/lei_1663_-_2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa Municipal de Cirurgias e contém outras providências.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/263/lei_1662_-2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/263/lei_1662_-2013_.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o MUNICÍPIO DE ENTRE RIOS DE MINAS e o CONSÓRCIO PÚBLICO INTERMUN1CIPAL DE SAÚDE DO ALTO_x000D_
 PARAOPEBA E VALE DO PIRANGA — CISAP-VP, nos termos da Lei Federal n° 11.107 de 6 de abril de 2005, visando à promoção de ações de saúde pública_x000D_
 assistenciais, entre outros serviços relacionados à saúde, em conformidade com os princípios e diretrizes do SUS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/262/lei_1661_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/262/lei_1661_-_2013_.pdf</t>
   </si>
   <si>
     <t>Reformula e Consolida a Legislação Municipal que trata do Conselho Municipal de Saúde do Município de Entre Rios de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/261/lei_1658_-_2013.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/261/lei_1658_-_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a utilização do disposto do Artigo 167, inciso VI, da Constituição Federal.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/260/lei_1657_-2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/260/lei_1657_-2013_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do projeto de parcelamento do solo urbano denominado Condomínio Residencial Santa Maria, situado no perímetro urbano do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/259/lei_1656_-_2013.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/259/lei_1656_-_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Município firmar convênio com a AMALPA - Associação dos Municípios da Micro Região do Alto Paraopeba, visando a prestação de_x000D_
 serviços de locação de máquinas e equipamentos.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/258/lei_1655-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/258/lei_1655-_2013_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2014.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/257/lei_1654_-2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/257/lei_1654_-2013_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial para concessão de benefícios eventuais a pessoas carentes e dá outras providências</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/256/lei_1653_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/256/lei_1653_-_2013_.pdf</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/255/lei_1652_-2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/255/lei_1652_-2013_.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Ginásio Poliesportivo Municipal de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/254/lei_1651_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/254/lei_1651_-_2013_.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Parque Municipal de Exposições e Eventos de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/253/lei_1650_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/253/lei_1650_-_2013_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social ao Sindicato dos Produtores Rurais de Entre Rios de Minas, objetivando a realização da_x000D_
 54' Festa da Colheita e 35' Exposição Agropecuária e a abrir de crédito especial.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/252/lei_1649_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/252/lei_1649_-_2013_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos de servidores públicos ativos, inativos e pensionistas e dá outras providências</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/251/lei_1648_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/251/lei_1648_-_2013_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder contribuição à APADEQ de Entre Rios e a abrir crédito especial.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/461/lei_1647_-2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/461/lei_1647_-2013_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral de vencimentos dos servidores públicos da Câmara Municipal de Entre Rios de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/460/lei_1.646_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/460/lei_1.646_-_2013_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 1.593, de 30 de maio de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/250/lei_1645_-2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/250/lei_1645_-2013_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre afetação e permuta de terreno para a Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/249/lei_1644-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/249/lei_1644-_2013_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.425, de 02 de fevereiro de 2004, que autoriza o Executivo Municipal a filiação do Município de Entre Rios de Minas à Associação dos Municípios da Microrregião do Alto do Paraopeba — AMALPA, e contém outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/248/lei_1643-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/248/lei_1643-_2013_.pdf</t>
   </si>
   <si>
     <t>Autoriza a utilização de patrulha do Município, para efetuar manutenção de estradas e possibilitar acesso às propriedades rurais e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/247/lei_1642_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/247/lei_1642_-_2013_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a celebrar Convênio com a AMALPA-Associação dos Municípios da Microrregião do Alto Paraopeba e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/246/lei_1641_-_2013_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/246/lei_1641_-_2013_.pdf</t>
   </si>
   <si>
     <t>Institui, define e caracteriza os benefícios eventuais no âmbito do Município de Entre Rios de Minas-MG.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/295/lei_1640_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/295/lei_1640_-_2012_.pdf</t>
   </si>
   <si>
     <t>Estima a Receita fixa a Despesa do Município de Entre Rios de Minas para o exercício de 2013.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/97/lei_1639-12.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/97/lei_1639-12.pdf</t>
   </si>
   <si>
     <t>Altera quadro 4 - Parâmetros urbanísticos (atualmente vigorando com redação dada pela Lei Complementar 1627/2012) da Lei complementar nº 1.569/2010 que "estabelece normas e condições para parcelamento, ocupação e uso do solo urbano do Município de Entre Rios de Minas" e dá outras providências.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/294/lei_1638_-2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/294/lei_1638_-2012_.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "Praça Três Heróis Brasileiros" a logradouro público da zona urbana de nossa cidade.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/293/lei_1637_-2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/293/lei_1637_-2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre "Passe Livre" para Idosos em veículos de transporte coletivo credenciados pelo Município e dá outras providências.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/292/lei_1636_-2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/292/lei_1636_-2012_.pdf</t>
   </si>
   <si>
     <t>Dá nome á Praça contígua á Rodoviária e ao Trevo da Avenida Tancredo Neves e dá outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_1635_-2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_1635_-2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de "Dr. Eliseu Resende",a Unidade Básica de Saúde — UBS - Localizada á Rua Realina de Oliveira Batista, Lote n°03, Quadra C, Bairro Batista de Oliveira, na Zona Urbana do Município de Entre Rios de Minas e contém outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_1634_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_1634_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de " Mário Alves de Andrade" ao Terminal Rodoviário de  Entre Rios de Minas situado á Rua Suaçui, n°313, esquina com Av. Presidente Tancredo Neves, Bairro Centro, na zona urbana do Município de Entre Rios de Minas e contém outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/289/lei_1633_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/289/lei_1633_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Clínica Ambulatorial de Desintoxicação para Dependentes Químicos Municipal "Dr. Joaquim Morais" e contém outras providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/288/lei_1631_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/288/lei_1631_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abono Pecuniário e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/264/lei_1630_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/264/lei_1630_-_2012_.pdf</t>
   </si>
   <si>
     <t>Estende a Zona Urbana da cidade de Entre Rios de Minas, até o local denominado "Fazenda do Engenho", em área contígua do Loteamento "Residencial Belvedere", ficando como parte integrante do bairro Vargem do Engenho e dá outras providências.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/287/lei_1629_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/287/lei_1629_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação de projeto de parcelamento do solo urbano denominado Loteamento Liberdade, no perímetro urbano de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/96/lei_1628-12.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/96/lei_1628-12.pdf</t>
   </si>
   <si>
     <t>Altera redação do artigo 185 da Lei nº 1.546/2009 que "Institui Plano Diretor Participativo do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/95/lei_complementar_1627.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/95/lei_complementar_1627.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 1569/2010 que "Estabelece normas e condições para parcelamento, ocupação e uso do solo urbano do Município de Entre Rios de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/286/lei_1626-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/286/lei_1626-_2012_.pdf</t>
   </si>
   <si>
     <t>Fixa os Subsídios dos Agentes Políticos e Secretários do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/285/lei_1625_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/285/lei_1625_-_2012_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Beneficentes do Bairro Ribeiro Cardoso — ABBRC e dá outras providências.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/284/lei_1624_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/284/lei_1624_-_2012_.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/283/lei_1623_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/283/lei_1623_-_2012_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Beneficente de Entre Rios de Minas — ABERM e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/282/lei_1622_-_2012.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/282/lei_1622_-_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal adquirir imóvel de propriedade de André Geraldo de Paula Pena e sua mulher e da outras providências</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/280/lei_1621_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/280/lei_1621_-_2012_.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Complementar N° 1.596, de 16 de junho de 2011.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/279/lei_1620_-2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/279/lei_1620_-2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei n° 1.435, de 13/07/2004 que criou o Conselho Municipal de Segurança Alimentar e Nutricional Sustentável de Entre Rios de Minas — COMSEA, e contém outras providências.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/277/lei_1619_-2012__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/277/lei_1619_-2012__.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Professora Geralda de Melo Vieira Resende o Centro Municipal de Educação Infantil e contém outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/276/lei_1618_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/276/lei_1618_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2013.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/275/lei_1617_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/275/lei_1617_-_2012_.pdf</t>
   </si>
   <si>
     <t>Altera as Leis n° 1.594, de 16 de junho de 2.011 e a Lei n° 1.605, de 12 de dezembro de 2011, Cria Fontes de Recursos e contém outras providencias.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/272/lei_1616_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/272/lei_1616_-_2012_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e anula parcial e totalmente dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/271/lei_1615_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/271/lei_1615_-_2012_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°. 1.420, de 22 de dezembro de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/269/lei_1614_-2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/269/lei_1614_-2012_.pdf</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/462/lei_1611-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/462/lei_1611-_2012_.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n.º 1.593, de 30 de maio de 2011 e da outras providências."</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/268/lei_1613_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/268/lei_1613_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de Vencimentos dos Servidores Públicos da Câmara Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/267/lei_1612_-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/267/lei_1612_-_2012_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de Vencimentos dos Servidores Públicos Ativos, Inativos e Pensionistas do Município e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/266/lei_1610-_2012_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/266/lei_1610-_2012_.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal da Defesa Civil - FUMDEC e dá outras providencias.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/298/lei_1608_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/298/lei_1608_-_2011_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abono pecuniário e dá outras providências.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/297/lei_1607_-_2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/297/lei_1607_-_2011.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Esportes e dá outras providências.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/296/lei_1606_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/296/lei_1606_-_2011_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação de projeto de parcelamento do solo urbano denominado Residencial Belvedere, no perímetro urbano de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/274/lei_1605_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/274/lei_1605_-_2011_.pdf</t>
   </si>
   <si>
     <t>Estima a receita fixa a despesa do Município de Entre Rios de Minas para o exercício de 2012.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/310/lei_1604_-_2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/310/lei_1604_-_2011.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Complementar n.° 1.596/2011 e da Outras Providencias.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/309/lei_1603_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/309/lei_1603_-_2011_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Confederação de Irmãs Beneficentes Evangélicos de Entre Rios de Minas — CIBEER-</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/308/lei_1602_-2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/308/lei_1602_-2011_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.° 1.593/2011 e dá Outras Providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/94/lei_1601.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/94/lei_1601.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar que dispõe sobre parcelamento, ocupação e uso do solo urbano nº 1569, de 20 de agosto de 2010, criando o loteamento fechado no Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/307/lei_1600_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/307/lei_1600_-_2011_.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/306/lei_1599-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/306/lei_1599-_2011_.pdf</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/305/lei_1598_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/305/lei_1598_-_2011_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho da Cidade de Entre Rios de Minas e da outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/463/lei_1597_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/463/lei_1597_-_2011_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de funções de estagiário na Administração Direta do Município de Entre Rios de Minas".</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/281/lei_complementar_no_1596-2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/281/lei_complementar_no_1596-2011.pdf</t>
   </si>
   <si>
     <t>Regulamenta o artigo 37, inciso IX da Constituição da República no âmbito do Município de Entre Rios de Minas e dá outras providências</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/388/lei_no1.595_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/388/lei_no1.595_-_2011_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Estatuto e Plano de Cargos, Carreiras e Vencimentos dos servidores do MAGISTÉRIO do Município de Entre Rios de Minas e dá outras providências"</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/273/lei_1594_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/273/lei_1594_-_2011_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2012</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/385/lei_1.593_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/385/lei_1.593_-_2011_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, a estrutura orgânica e os procedimentos da Administração Direta do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/192/lei_complementar_1592-2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/192/lei_complementar_1592-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Vencimentos dos profissionais da SAÚDE do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/386/lei_1.591_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/386/lei_1.591_-_2011_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Geral de Cargos, Carreiras e Vencimentos dos Servidores Públicos do Município de Entre Rios de Minas"</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/304/lei_1590_-2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/304/lei_1590_-2011_.pdf</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/303/lei_1589_-_2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/303/lei_1589_-_2011.pdf</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/302/lei_1588-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/302/lei_1588-_2011_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a ECOPAZ — Ecologia pela Paz.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/301/lei_1587_-_2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/301/lei_1587_-_2011.pdf</t>
   </si>
   <si>
     <t>Regulamenta o artigo 37, inciso IX da Constituição da República no âmbito do Município de Entre Rios de Minas - MG e dá outras providências</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/300/lei_1586_-_2011_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/300/lei_1586_-_2011_.pdf</t>
   </si>
   <si>
     <t>Altera a contribuição para a Associação do Circuito Turístico Trilha dos Inconfidentes e dá outras providencias.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/299/lei_1585_-_2011.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/299/lei_1585_-_2011.pdf</t>
   </si>
   <si>
     <t>Disciplina o pagamento de multas de trânsito causadas por condutores de veículos da frota municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/483/lei_1584_-2010__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/483/lei_1584_-2010__.pdf</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/481/lei_1583_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/481/lei_1583_-_2010_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias de viagens e adiantamento aos agentes políticos e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/480/lei_1582_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/480/lei_1582_-_2010_.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Entre Rios de Minas para o exercício financeiro de 2011.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/479/lei_1581_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/479/lei_1581_-_2010_.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei n° 1.568 de 01 de Julho de 2010 que "Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2011".</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/93/lei_1580.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/93/lei_1580.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 1.569 de 08 de novembro de 2010, que "Estabelece normas e condições para parcelamento, ocupação e uso do solo urbano no Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/478/lei_1579_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/478/lei_1579_-_2010_.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n°. 1.552, de 08 de Outubro de 2009.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/477/lei_1578_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/477/lei_1578_-_2010_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal do Turismo e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/92/lei_1577-2010.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/92/lei_1577-2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 1569/2010 que "Estabelece normas e condições para o parcelamento, ocupação e uso do solo urbano no Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/474/lei_1576-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/474/lei_1576-_2010_.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 4° da Lei Municipal n°. 1.286, de 09 de Dezembro de 1.999 e o artigo 1° da Lei n°. 1.433, de 24 de junho de 2004, que tratam da composição do Conselho Municipal de Saúde do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/473/lei_1574_-2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/473/lei_1574_-2010_.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n°. 1.562, de 04 de Março de 2010 e dá outras providências."</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/472/lei_1573_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/472/lei_1573_-_2010_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 1.531/2008 que "Fixa os subsídios dos Agentes Políticos do Município de Entre Rios de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/471/lei_1572_-_2010.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/471/lei_1572_-_2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza a desafetação de parte da Praça Antônio Morais nesta cidade destinada a edificação de uma Unidade Básica de Saúde Municipal e da outras providências."</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/470/lei_1571_-2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/470/lei_1571_-2010_.pdf</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/87/lei_1570.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/87/lei_1570.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o perímetro urbano do Município de Entre Rios de Minas e contém outras providências</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/91/lei_1569-10.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/91/lei_1569-10.pdf</t>
   </si>
   <si>
     <t>Estabelece normas e condições para parcelamento, ocupação e uso do solo urbano do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/469/lei_1568_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/469/lei_1568_-_2010_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2011."</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/90/lei_1567-2010.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/90/lei_1567-2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 193 de 24 de julho de 1959 e dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/468/lei_1566_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/468/lei_1566_-_2010_.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública o Conselho da Comunidade na Execução Penal da Comarca de Entre Rios de Minas."</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a construir na Praça Alfredo Penido monumento à Bíblia Sagrada e dá outras providências."</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/466/lei_1564_-_2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/466/lei_1564_-_2010_.pdf</t>
   </si>
   <si>
     <t>"Declara a utilidade pública da entidade Associação Comunitária Cultural de Comunicação de Entre Rios de Minas."</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/465/lei_1563_-2010_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/465/lei_1563_-2010_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto ao Banco do Brasil S.A. e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/464/lei_1562_-_2010.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/464/lei_1562_-_2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Entre Rios de Minas, a integrar o Consórcio Intermunicipal de Saúde da Rede de Urgência do Centro Sul — Cisru - Centro Sul e dá outras Providências."</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/327/lei_1561_-_2009.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/327/lei_1561_-_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza a terceirização dos serviços de Pronto Atendimento e Urgência à população através de contrato celebrado com o Hospital Cassiano Campolina e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/326/lei_1560_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/326/lei_1560_-_2009_.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Entre Rios de Minas para o exercício financeiro de 2010.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/325/lei_1559_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/325/lei_1559_-_2009_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2010/2013.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/324/lei_1558_-2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/324/lei_1558_-2009_.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Entre Rios de Minas contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de créditos com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/323/lei_1557_-_2009.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/323/lei_1557_-_2009.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para declaração de utilidade pública municipal das sociedades civis, associações e fundações e dá outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/322/lei_1556_-2009_projeto_de_lei_n24.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/322/lei_1556_-2009_projeto_de_lei_n24.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1.540, de 22 de Maio de 2009.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/321/lei_1555-2009.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/321/lei_1555-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diária de viagem e adiantamento a servidores e Secretários Municipais.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/482/lei_1.554_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/482/lei_1.554_-_2009_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de despesas de alimentação e hospedagem ao Chefe do Poder Executivo, quando da necessidade de deslocamentos de interesse do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/320/lei_1548_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/320/lei_1548_-_2009_.pdf</t>
   </si>
   <si>
     <t>Prorroga, no âmbito do Município de Entre Rios de Minas, o prazo de licença-maternidade das servidoras públicas municipais.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/319/lei_1547_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/319/lei_1547_-_2009_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/88/lei_1546_plano_diretor.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/88/lei_1546_plano_diretor.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Diretor Participativo do Município de Entre Rios de Minas</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/318/lei_1545_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/318/lei_1545_-_2009_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/317/lei_1544_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/317/lei_1544_-_2009_.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 2° da Lei n° 1.506, de 18 de Maio de 2007.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/315/lei_1543_-2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/315/lei_1543_-2009_.pdf</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/314/lei_1542_-_2009.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/314/lei_1542_-_2009.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo a contratar financiamento junto ao Banco do Brasil S.A. e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/484/lei_no_1.541-2009.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/484/lei_no_1.541-2009.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Parentes e Amigos dos Dependentes Químicos de Entre Rios de Minas e Região (APADEQ VALE DA LUZ) .</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/313/lei_1540_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/313/lei_1540_-_2009_.pdf</t>
   </si>
   <si>
     <t>Normaliza a cobrança de indenização pela utilização de equipamentos e veículos nos serviços que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/312/lei_1539_-2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/312/lei_1539_-2009_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de Vencimentos dos Servidores Públicos Ativos e Inativos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/311/lei_1537_-_2009_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/311/lei_1537_-_2009_.pdf</t>
   </si>
   <si>
     <t>Autoriza a terceirização dos serviços de pronto atendimento e urgência à população através de contrato celebrado com o Hospital Cassiano Campolina e da outras providencias.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/343/lei_1536_-_2008_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/343/lei_1536_-_2008_.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção à APAE de Entre Rios de Minas e contém outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/342/lei_1535_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/342/lei_1535_-_2008.pdf</t>
   </si>
   <si>
     <t>Aprova o Loteamento Denominado "Novo Brumado", com a Área de 62.134,00 m2., de propriedade do Município de Entre Rios de Minas e contém outras providências.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/341/lei_1534_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/341/lei_1534_-_2008.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Entre Rios de Minas para o exercício financeiro de 2009.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/340/lei_1533_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/340/lei_1533_-_2008.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua José Vicente de Oliveira (Zé Vicente), a via pública que menciona.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/339/lei_1532_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/339/lei_1532_-_2008.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Defesa Civil (COMDEC) do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/338/lei_1531_-2008_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/338/lei_1531_-2008_.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Agentes Políticos do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/337/lei_1530_-2008_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/337/lei_1530_-2008_.pdf</t>
   </si>
   <si>
     <t>Faz alteração da extensão da área urbana do Distrito da cidade de Entre Rios de Minas e altera a Lei N.° 984, de 21 de agosto de 1.992 e contém outras providências.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/336/lei_1529_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/336/lei_1529_-_2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/335/lei_1528_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/335/lei_1528_-_2008.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua da Conquista a via pública que menciona.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/334/lei_1527_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/334/lei_1527_-_2008.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Margarida Augusta da Cruz a via pública que menciona.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/333/lei_1526_-_2008_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/333/lei_1526_-_2008_.pdf</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/332/lei_1525_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/332/lei_1525_-_2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Implantação de Licitação na Modalidade Pregão, Presencial e Eletrônico, e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_1524_-_2008_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_1524_-_2008_.pdf</t>
   </si>
   <si>
     <t>Autoriza a Celebração de Contrato com o Hospital e Maternidade São José e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/330/lei_1523_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/330/lei_1523_-_2008.pdf</t>
   </si>
   <si>
     <t>Concede subvenções à APAE de Entre Rios de Minas e ao Asilo Dona Alzira Ribeiro e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/329/lei_1522_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/329/lei_1522_-_2008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder apoio financeiro destinado ao custeio da realização de Campeonatos Regionais e Municipais de Futebol e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/328/lei_1521_-_2008.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/328/lei_1521_-_2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre contratação temporária nas áreas de Saúde, de Assistência Social e Educação e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/361/lei_1520_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/361/lei_1520_-_2007_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Comunidade Espírita Universal Francisco de Assis.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/360/lei_1519_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/360/lei_1519_-_2007_.pdf</t>
   </si>
   <si>
     <t>Altera o Valor do Símbolo de Vencimento Mensal do Código CC-IX da Tabela Salarial dos Cargos de Provimento em Comissão Anexo I-B, da Lei N' 1.489, de 01/1112006.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/486/lei_1518_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/486/lei_1518_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações das Leis n.º 1.203 e n.° 1.301.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/359/lei_1517_-_2007.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/359/lei_1517_-_2007.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Antônio da Costa Viana, a via pública que menciona.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/358/lei_1516_-_2007.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/358/lei_1516_-_2007.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Entre Rios de Minas para o exercício financeiro de 2008.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/357/lei_1515_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/357/lei_1515_-_2007_.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de terreno para construção da Estação de Tratamento de Esgoto — ETE, abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/356/lei_1513_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/356/lei_1513_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal do Idoso e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/355/lei_1512_-_2007.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/355/lei_1512_-_2007.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal Antidrogas e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/354/lei_1511_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/354/lei_1511_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Antônio Gonçalves Coelho (Nico Retratista), a via pública que menciona.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/353/lei_1510_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/353/lei_1510_-_2007_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Clube da Terceira Idade Alegria de Viver.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/352/lei_1509_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/352/lei_1509_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova denominação das Avenidas do Contorno I e II.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/351/lei_1508_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/351/lei_1508_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2008 e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/350/lei_1507_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/350/lei_1507_-_2007_.pdf</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/316/lei_1506_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/316/lei_1506_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação — COMFUNDEB do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/485/lei__1.505_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/485/lei__1.505_-_2007_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE NOMENCLATURA DE CARGO NO "ANEXO III — QUADRO DE CARGOS EM COMISSÃO" DA LEI COMPLEMENTAR N° 1.412/2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/349/lei_1504_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/349/lei_1504_-_2007_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a firmar Convênio com a Associação Nacional da Indústria de Pneumáticos — ANIP.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/348/lei_1503_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/348/lei_1503_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação ambiental correta dos pneus inservíveis no Município.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/347/lei_1502_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/347/lei_1502_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Praça Moacir Lisboa, a via pública que menciona.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/346/lei_1501_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/346/lei_1501_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de cargos efetivo e comissionados e contém outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/345/lei_1500-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/345/lei_1500-_2007_.pdf</t>
   </si>
   <si>
     <t>Autoriza a Celebração de Contrato, Abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/344/lei_1499_-_2007_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/344/lei_1499_-_2007_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação temporária na área de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/373/lei_1498_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/373/lei_1498_-_2006_.pdf</t>
   </si>
   <si>
     <t>Concede Abono e dá Outras Providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/372/lei_1496_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/372/lei_1496_-_2006_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre repasse de numerários pela Câmara Municipal ao Poder Executivo Municipal, referente ao exercício financeiro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/371/lei_1495_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/371/lei_1495_-_2006_.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de terreno para a construção de Rodoviária, abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/370/lei_1494_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/370/lei_1494_-_2006_.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial e dá Outras Providências</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/369/lei_1493_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/369/lei_1493_-_2006_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Maurílio dos Santos Dias (Bá), a via pública que menciona.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/368/lei_1492_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/368/lei_1492_-_2006_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os princípios básicos, a organização e a estrutura da Prefeitura do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/488/lei_1491_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/488/lei_1491_-_2006_.pdf</t>
   </si>
   <si>
     <t>Acresce Parágrafo Único ao Artigo 3° da Lei n° 1.238, de 20 de maio de 1998, que criou o Conselho Municipal de Habitação e contém outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/367/lei_1490_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/367/lei_1490_-_2006_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano de carreira do Magistério Público Municipal de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/487/lei_1.489_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/487/lei_1.489_-_2006_.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Cargos e Salários da Prefeitura Municipal de Entre Rios de Minas - MG e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/366/lei_1488_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/366/lei_1488_-_2006_.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de terrenos, permuta, abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/365/lei_1487-2006.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/365/lei_1487-2006.pdf</t>
   </si>
   <si>
     <t>Dá denominações a logradouros públicos no Bairro Cachoeira.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/364/lei_1486_-_2006__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/364/lei_1486_-_2006__.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/363/lei_1484_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/363/lei_1484_-_2006_.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/362/lei_1483_-_2006_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/362/lei_1483_-_2006_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o INSTITUTO MARIA HELENA ANDRÉS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/496/lei_1461_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/496/lei_1461_-_2005_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e contém outras providências.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/495/lei_1460_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/495/lei_1460_-_2005_.pdf</t>
   </si>
   <si>
     <t>Autoriza Instalações de Sistema "On Line" e contém outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/494/lei_1459_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/494/lei_1459_-_2005_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a anistiar de multas, juros e correção monetária, os contribuintes do IPTU, ISS, Taxas e demais Tributos Inscritos em_x000D_
 Divida Ativa, ajuizados ou não.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/493/lei_1458_-_2005.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/493/lei_1458_-_2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito orçamentário suplementar e contém outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/492/lei_1457_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/492/lei_1457_-_2005_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a celebrar convênio com o Estado de Minas Gerais, com objetivo de ingressar e participar do Programa Máquinas para o Desenvolvimento e dá outras providências.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/491/lei_1456_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/491/lei_1456_-_2005_.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Entre Rios de Minas, para o exercício financeiro de 2006.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/490/lei_1455_-_2005.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/490/lei_1455_-_2005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2006/2009.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/384/lei_1454_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/384/lei_1454_-_2005_.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de terreno urbano e contém outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/383/lei_1453_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/383/lei_1453_-_2005_.pdf</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/382/lei_1452_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/382/lei_1452_-_2005_.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/381/lei_1451_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/381/lei_1451_-_2005_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas a celebrar Convênio com o Estado de Minas Gerais, com objetivo de ingressar e participar do Programa Máquinas para o Desenvolvimento e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/380/lei_1450_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/380/lei_1450_-_2005_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Cargo Efetivo de Natureza Técnica.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/379/lei_1449_-_2005.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/379/lei_1449_-_2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de Imóvel ao Estado de Minas Gerais e contém outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/378/lei_1448_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/378/lei_1448_-_2005_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Vereador Antônio Vieira da Costa" ao logradouro público que menciona.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/377/lei_1447_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/377/lei_1447_-_2005_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/376/lei_1446_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/376/lei_1446_-_2005_.pdf</t>
   </si>
   <si>
     <t>Ratifica as datas dos feriados municipais e contém outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/375/lei_1445_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/375/lei_1445_-_2005_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho de Controle Social do Programa Bolsa Família.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/489/lei_1.444_-_2005.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/489/lei_1.444_-_2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO NO "ANEXO III — QUADRO DE CARGOS EM COMISSÃO" DA LEI COMPLEMENTAR 1.412/2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/374/lei_1442_-_2005_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/374/lei_1442_-_2005_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de pagamento do IPTU e contém outras providências.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/507/lei_1439_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/507/lei_1439_-_2004_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de rua JOÃO CARDOSO RESENDE à via pública que menciona.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/506/lei_1438_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/506/lei_1438_-_2004_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos suplementares, anula parcialmente dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/505/lei_1436_-_2004.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/505/lei_1436_-_2004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do exercício de 2005 e dá outras providências.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/278/lei_1435-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/278/lei_1435-_2004_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional Sustentável de Entre Rios de Minas — CONSEA, e dá outras providências.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/504/lei_1434_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/504/lei_1434_-_2004_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com a FUPAC - Fundação Presidente Antônio Carlos para a implantação do Curso Técnico em Enfermagem no município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/476/lei_1433-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/476/lei_1433-_2004_.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4° da Lei Municipal n.° 1.286, de 09 de dezembro de 1999, que trata da composição do Conselho Municipal de Saúde do município de Entre Rios de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/503/lei_1432_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/503/lei_1432_-_2004_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio entre o Município de Entre Rios de Minas e o Hospital e Maternidade São José de Conselheiro Lafaiete, visando a manutenção do Centro de Terapia Intensiva - CTI da instituição e contém outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/502/lei_1431_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/502/lei_1431_-_2004_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos adicionais suplementares, anula parcialmente dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/501/lei_1430_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/501/lei_1430_-_2004_.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/500/lei_1429_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/500/lei_1429_-_2004_.pdf</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/499/lei_1428_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/499/lei_1428_-_2004_.pdf</t>
   </si>
   <si>
     <t>Autoriza alteração no Orçamento Municipal de 2004 (Lei n° 1.423, de 23/12/2003) e contém outras providências.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/498/lei_1427_-_2004.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/498/lei_1427_-_2004.pdf</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/497/lei_1426_-_2004_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/497/lei_1426_-_2004_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e anula parcialmente dotação orçamentária e contém outras providências.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/514/lei_1422-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/514/lei_1422-_2003_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável — CMDRS do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/456/lei_1421-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/456/lei_1421-_2003_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Imposto Sobre Serviços de Qualquer Natureza - ISSQN, e dá outras providências."</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/270/lei_1420_-_2003.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/270/lei_1420_-_2003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Política Municipal de atendimento aos Direitos da criança e do Adolescente e dá outras providências</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/530/lei_1419_-_2003.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/530/lei_1419_-_2003.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a anistiar de multas e juros os contribuintes municipais do IPTU</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/529/lei_1418_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/529/lei_1418_-_2003_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder subvenções, auxílios e contribuições às entidades que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/528/lei_1417_-_2003_1.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/528/lei_1417_-_2003_1.pdf</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/527/lei_1416_-2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/527/lei_1416_-2003_.pdf</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/526/lei_1415_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/526/lei_1415_-_2003_.pdf</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/524/lei_1414-2003.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/524/lei_1414-2003.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.323 de 20 de setembro de 2000 e dá outras providências.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/523/lei_1413_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/523/lei_1413_-_2003_.pdf</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/522/lei_1412_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/522/lei_1412_-_2003_.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura Administrativa, institui o Plano de Cargos, Carreiras e Vencimentos da Câmara Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/521/lei_1411-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/521/lei_1411-_2003_.pdf</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/520/lei_1409_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/520/lei_1409_-_2003_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Sistema de Controle Interno no Município de Entre Rios de Minas, nos termos do art. 31 da Constituição Federal da República e sobre a criação da Coordenadoria de Controle Interno no âmbito do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/519/lei_1408_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/519/lei_1408_-_2003_.pdf</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/518/lei_1407_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/518/lei_1407_-_2003_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial e anula parcialmente dotação orçamentária e contém outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/517/lei_1406_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/517/lei_1406_-_2003_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de vencimentos de servidores públicos ativos, inativos e dá outras providências.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/516/lei_1404_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/516/lei_1404_-_2003_.pdf</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/515/lei_1403_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/515/lei_1403_-_2003_.pdf</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/513/lei_1402_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/513/lei_1402_-_2003_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial e crédito suplementar e anula parcialmente dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/510/lei_1401_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/510/lei_1401_-_2003_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.396, de 30 de dezembro de 2002, que autoriza o Executivo Municipal a concessão de subvenções, auxílios e contribuições_x000D_
 às entidades que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/509/lei_1400_-_2003_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/509/lei_1400_-_2003_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos especiais e anula parcialmente dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>Autoriza a Autoriza a abertura de créditos suplementares, anula parcialmente dotações orçamentárias e contém outras providências. , anula parcialmente dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/531/lei_1398-2002.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/531/lei_1398-2002.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município para o Exercício de 2003.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/532/lei_1397_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/532/lei_1397_-_2002_.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Plurianual período 2002/2005.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/511/lei_1396_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/511/lei_1396_-_2002_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.393, de 08 de outubro de 2002 que "Autoriza o Executivo Municipal a concessão de subvenções, auxílios e contribuições a entidades que menciona.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/533/lei_1395_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/533/lei_1395_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio ou contrato de prestação de serviços médicos e hospitalares de urgência e emergência entre o Município de Entre Rios de Minas e a Fundação Particular Hospital Cassiano Campolina e dá outras providências.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/534/lei_1394_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/534/lei_1394_-_2002_.pdf</t>
   </si>
   <si>
     <t>Institui o Programa 'Estudos Municipais' nas Escolas da rede de ensino do Município e dá outras providências.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/512/lei_1393_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/512/lei_1393_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a concessão de subvenções, auxílios e contribuições às entidades que menciona.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/535/lei_1392_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/535/lei_1392_-_2002_.pdf</t>
   </si>
   <si>
     <t>Que autoriza o Poder Executivo Municipal a firmar convênio com a UNIPAC — Universidade Presidente Antônio Carlos, e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/536/lei_1391_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/536/lei_1391_-_2002_.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 4° da Lei n° 1.364, de 01/10/2001, que institui o Sistema Municipal de Prevenção, Tratamento, Fiscalização e Repressão às Drogas e o Conselho Municipal de Entorpecentes — COMEN.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/538/lei_1390_-_2002__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/538/lei_1390_-_2002__.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar ressarcimento de parte de despesas com a representante do Município de Entre Rios de Minas no Concurso Charm Girl Minas Gerais 2002.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/539/lei_1389_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/539/lei_1389_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder apoio que menciona ao Parque da Pecuária na realização da 43ª Festa da Colheita e 24ª Exposição Agropecuária de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/540/lei_1388_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/540/lei_1388_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder apoio financeiro destinado ao custeio de despesas na participação do Entrerriense Futebol Clube no Campeonato Infanto e Juvenil/2002, promovido pela Liga Municipal de Conselheiro Lafaiete e dá outras providências.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/541/lei_1387_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/541/lei_1387_-_2002_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária do exercício de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/542/lei_1386_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/542/lei_1386_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos especiais para despesas com extensão de redes de energia elétrica nas zonas urbana e rural que menciona e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/543/lei_1385_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/543/lei_1385_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de créditos adicionais especiais no Orçamento Municipal do exercício de 2002.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/544/lei_1384_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/544/lei_1384_-_2002_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral de vencimentos de servidores públicos municipais ativos, inativos e agentes políticos, e dá outras providências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/545/lei_1383_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/545/lei_1383_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar pagamento a título de indenização amigável de área destinada ao alargamento da Rua Resende_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/546/lei_1382_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/546/lei_1382_-_2002_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a "Associação de Capoeira Pai e Filho".</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/547/lei_1381_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/547/lei_1381_-_2002_.pdf</t>
   </si>
   <si>
     <t>Extingue o Regime Próprio de Previdência Social do Município de Entre Rios de Minas, denominado Plano de Previdência Social, que dispõe o Estatuto dos Servidores Públicos Civis do Município - Lei Complementar 954, de 20 de dezembro de 1991, estabelece o Regime Geral de Previdência Social como regime previdenciário de todos os servidores do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/548/lei_1380_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/548/lei_1380_-_2002_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária dos Moradores de Senhor dos Passos (ASCOMSEPA).</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/549/lei_1378_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/549/lei_1378_-_2002_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Dona Ana de Azevedo" ao logradouro público que menciona.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/550/lei_1376_-_2002__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/550/lei_1376_-_2002__.pdf</t>
   </si>
   <si>
     <t>Autoriza o remanejamento de dotações dentro do detalhamento das despesas do Legislativo no orçamento do Município.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/551/lei_1375_-_2002_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/551/lei_1375_-_2002_.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão por empréstimo de equipamentos médico-hospitalares e a doação de medicamentos que menciona ao Hospital Cassiano_x000D_
 Campolina e dá outras providências.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/590/lei_1374_-_2001.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/590/lei_1374_-_2001.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ENTRE RIOS DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2002.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/589/lei_1373_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/589/lei_1373_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Entre Rios de Minas para o quadriênio 2002/2005.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/588/lei_1372_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/588/lei_1372_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos suplementares e anulações parciais de dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/587/lei_1371_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/587/lei_1371_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura créditos suplementares e anulações parciais de dotações orçamentárias e contém outras providências.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/586/lei_1370_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/586/lei_1370_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar despesas com o operador, combustível e lubrificantes da motoniveladora cedida por empréstimo pelo DER/MG ao Município, para execução de serviços por 200 horas e dá outras providências.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/584/lei_1368_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/584/lei_1368_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebração de convênio de prestação de serviços médicos e hospitalares de urgência e emergência entre o Município de Entre Rios de Minas e a Fundação Particular Hospital Cassiano Campolina e dá outras providências.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/585/lei_1369_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/585/lei_1369_-_2001_.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/583/lei_1367_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/583/lei_1367_-_2001_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal que dispõe sobre o Código de Posturas do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/582/lei_1366_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/582/lei_1366_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de" Praça Ronaldo da Silva Soares", o logradouro público que menciona.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/581/lei_1365_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/581/lei_1365_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Professora Elza Morais Eler", a via pública que menciona.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/537/lei_1364_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/537/lei_1364_-_2001_.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Prevenção, Tratamento, Fiscalização e Repressão às Drogas.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/580/lei_1363_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/580/lei_1363_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Manoel Inácio Ribeiro", a via pública que menciona.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/579/lei_1362_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/579/lei_1362_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua João Pica-Pau", a via pública que menciona.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/578/lei_1361_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/578/lei_1361_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Maestro Geraldo Rodrigues Marzano", a via pública que menciona.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/577/lei_1360_-_2001.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/577/lei_1360_-_2001.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Antônio Ferreira", a via pública que menciona.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/576/lei_1359-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/576/lei_1359-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Ade Rodrigues", a via pública que menciona.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/575/lei_1358_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/575/lei_1358_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Suely Esméria Ribeiro", a via pública que menciona.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/574/lei_1357_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/574/lei_1357_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Francisco Isaías", a via pública que menciona.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/573/lei_1356_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/573/lei_1356_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Mário Pica-Pau", a via pública que menciona.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/570/lei_1355_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/570/lei_1355_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Alcides Teodoro Pinto", a via pública que menciona.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/569/lei_1354_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/569/lei_1354_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Rua Prefeito Arquimedes de Souza Resende", a via pública que menciona.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/568/lei_1353_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/568/lei_1353_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos suplementares e anulações parciais de dotações orçamentárias.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/567/lei_1352_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/567/lei_1352_-_2001_.pdf</t>
   </si>
   <si>
     <t>Define local e forma de publicação das leis e atos oficiais da Administração Pública do Município de Entre Rios de Minas, e dá outras providências.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/565/lei_1351_-_2001.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/565/lei_1351_-_2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação temporária nas áreas de Saúde, de Assistência Social e Educação e dá outras providências.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/563/lei_1350_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/563/lei_1350_-_2001_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.210, de 08 de outubro de 1.997 e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/562/lei_1349_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/562/lei_1349_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo afirmar convênio de colaboração mútua com o Trigésimo Primeiro Batalhão de Polícia Militar de Minas.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>Altera o Código Tributário Municipal, Lei ° 1.258 de 23 de Dezembro de 1998.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/560/lei_1347_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/560/lei_1347_-_2001_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2002 e dá outras providências.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/561/lei_1346_-2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/561/lei_1346_-2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza o remanejamento de dotações da Câmara Municipal constantes do Orçamento em execução.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/559/lei_1345_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/559/lei_1345_-_2001_.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para doação e cessão de bens imóveis pelo município e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/558/lei_1344_-_2001.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/558/lei_1344_-_2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder apoio financeiro destinado ao custeio da realização do IV Campeonato Municipal de Futebol de Campo de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/557/lei_1343_-_2001.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/557/lei_1343_-_2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder apoio que menciona ao Parque da Pecuária na realização da 42ª Festa da Colheita e 23ª Exposição Agropecuária de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/556/lei_1342_-_2001__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/556/lei_1342_-_2001__.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral de vencimentos de servidores ativos, inativos e subsídios</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/555/lei_1340_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/555/lei_1340_-_2001_.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Garantia de Renda Mínima associado a ações sócio-educativas, e determina outras providências. " BOLSA-ESCOLA".</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/554/lei_1339_-_2001.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/554/lei_1339_-_2001.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao logradouro público que menciona de "Praça Leosino Ferreira Maia".</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/553/lei_1338_-_2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/553/lei_1338_-_2001_.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial para o empenho de despesas do exercício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/552/lei_1337_-2001_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/552/lei_1337_-2001_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária do Bairro Sassafrás — "ACOBAS".</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/670/lei_1336_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/670/lei_1336_-_2000.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e Fixa a Despesa Geral do Município para o Exercício Financeiro de 2001, incluindo Fundos Municipais</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>Aprova aberturas e créditos suplementares no mês de Novembro de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/668/lei_1334-2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/668/lei_1334-2000.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares no mês de novembro de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>Autoriza doações de materiais ao Vila Nova Futebol Clube.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/666/lei_1332_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/666/lei_1332_-_2000.pdf</t>
   </si>
   <si>
     <t>Altera Denominação de Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/665/lei_1331_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/665/lei_1331_-_2000.pdf</t>
   </si>
   <si>
     <t>Autoriza a afetação do imóvel que menciona ao uso pelos produtores rurais do município e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/664/lei_1330_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/664/lei_1330_-_2000.pdf</t>
   </si>
   <si>
     <t>Altera o anexo V da Lei Municipal n.° 1.185 de 31 de Janeiro de 1997 e dá outras providências.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/631/lei_1329_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/631/lei_1329_-_2000.pdf</t>
   </si>
   <si>
     <t>Fica criado e regulamentado o Fundo de Desenvolvimento Rural de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/630/lei_1328_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/630/lei_1328_-_2000_.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares no mês setembro de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/629/lei_1327_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/629/lei_1327_-_2000.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares nu mês setembro de 2000 e contêm outras providências.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/628/lei_1326_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/628/lei_1326_-_2000.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Pronto Atendimento Municipal.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/627/lei_1325_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/627/lei_1325_-_2000.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária Acaiuaba - ACA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/626/lei_1324_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/626/lei_1324_-_2000.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.289 de 10 de fevereiro de 2000 que "Institui o Conselho Municipal de Desenvolvimento de Entre Rios de Minas- COMDER" e dá outras providências.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/525/lei_1323_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/525/lei_1323_-_2000_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os subsídios dos Agentes Políticos do Município de Entre Rios de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/625/lei_1322_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/625/lei_1322_-_2000.pdf</t>
   </si>
   <si>
     <t>Aprova abertura de crédito suplementar no mês de agosto de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/624/lei_1321_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/624/lei_1321_-_2000.pdf</t>
   </si>
   <si>
     <t>Institui um Conselho de Alimentação Escolar - CAE - e contém outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/623/lei_1320_-2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/623/lei_1320_-2000.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares no mês de junho de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/622/lei_1319-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/622/lei_1319-_2000_.pdf</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/621/lei_1318_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/621/lei_1318_-_2000.pdf</t>
   </si>
   <si>
     <t>Aprova abertura de crédito suplementar no mês de maio de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/620/lei_1317_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/620/lei_1317_-_2000.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes Gerais para Elaboração do Orçamento do Município para o Exercício de 2001 e posterior execução.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/619/lei_1315_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/619/lei_1315_-_2000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial destinado a pagamento de professores estaduais em adjunção e contém outras providências.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/618/lei_1314_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/618/lei_1314_-_2000.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei n° 1.208, de 01 de outubro de 1997 e contém outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/614/lei_1313_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/614/lei_1313_-_2000.pdf</t>
   </si>
   <si>
     <t>Dá novas redações aos artigos 3° e 5° da Lei n° 1.158, de 15 de dezembro de 1995 e contém outras providências</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/612/lei_1312_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/612/lei_1312_-_2000_.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Filiação do Município de Entre Rios de Minas à Associação Trilhas dos Inconfidentes."</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/611/lei_1310_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/611/lei_1310_-_2000.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Turismo e dá outras providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/610/lei_1309_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/610/lei_1309_-_2000_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, a abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/609/lei_1308_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/609/lei_1308_-_2000_.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Habitação (FMH) e dá Outras Providências.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/608/lei_1307_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/608/lei_1307_-_2000_.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares no mês de abril de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/607/lei_1306_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/607/lei_1306_-_2000_.pdf</t>
   </si>
   <si>
     <t>Aprova abertura de crédito suplementar no mês de fevereiro de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/606/lei_1305_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/606/lei_1305_-_2000.pdf</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/605/lei_1304__2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/605/lei_1304__2000.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares no mês de março de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/604/lei_1302_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/604/lei_1302_-_2000_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária Ação Social Vila Amor ao Próximo "ASVAP".</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/603/lei_1301_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/603/lei_1301_-_2000.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 4º da Lei n° 1.203, de 16 de julho de 1997 e contém outras providências.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/601/lei_1300_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/601/lei_1300_-_2000_.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder ajuda financeira mensal, a abertura de Crédito Suplementar e contém outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/600/lei_1299_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/600/lei_1299_-_2000.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de créditos suplementares no mês de fevereiro de 2000 e contém outras providências.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/599/lei_1298_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/599/lei_1298_-_2000_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Castro União Esporte Clube.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/598/lei_1297_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/598/lei_1297_-_2000.pdf</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/597/lei_1296_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/597/lei_1296_-_2000.pdf</t>
   </si>
   <si>
     <t>Autoriza a Reurbanização, com Definição de Passeio Público e Alinhamento de Terreno em Logradouros Públicos e contém outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/596/lei_1295_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/596/lei_1295_-_2000.pdf</t>
   </si>
   <si>
     <t>Transforma em "Assistentes de Educação", três vagas do Cargo de "Assistente Administrativo" da Carreira AD - Administrativa e dá outras providências</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/595/lei_1294_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/595/lei_1294_-_2000.pdf</t>
   </si>
   <si>
     <t>Aprova aberturas de Créditos Suplementares no Exercício Financeiro de 1.999 e contém outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/594/lei_1293_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/594/lei_1293_-_2000_.pdf</t>
   </si>
   <si>
     <t>Estabelece exigência para concessão de alvarás para espetáculos, parques de diversão e congêneres.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/593/lei_1292_-_2000_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/593/lei_1292_-_2000_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de vagas em cargos e empregos públicos para pessoas portadoras de deficiência e define critérios para sua admissão.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/592/lei_1291_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/592/lei_1291_-_2000.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de uma Ambulância, a abertura de Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/591/lei_1289_-_2000.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/591/lei_1289_-_2000.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Desenvolvimento de Entre Rios de Minas - COMDER</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/691/lei_1288_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/691/lei_1288_-_1999.pdf</t>
   </si>
   <si>
     <t>Aprova os Planos Plurianuais de Investimentos para o triênio de 2000 a 2002.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/475/lei_1286_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/475/lei_1286_-_1999.pdf</t>
   </si>
   <si>
     <t>"Derroga e ou altera artigos da Lei n° 939 de 22/11/91 que constitui o Conselho Municipal de Saúde, modificada pela Lei n° 1064 de 17/12/93, acrescenta-lhe artigos e dá outras providências."</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/690/lei_1285_-_1999_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/690/lei_1285_-_1999_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo para pagamento do IPTU referente ao ano de 1.999.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/566/lei_1284_-_1999_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/566/lei_1284_-_1999_.pdf</t>
   </si>
   <si>
     <t>Cria cargo comissionado para o cumprimento do programa de Saúde da Família no Município e dá outras providências.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/689/lei_1283_-_1999_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/689/lei_1283_-_1999_.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Plano de Carreira e Remuneração do Pessoal do Magistério da Prefeitura Municipal de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/688/lei_1282_-_1999_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/688/lei_1282_-_1999_.pdf</t>
   </si>
   <si>
     <t>Institui o passe livre para deficientes físicos ou mentais no transporte coletivo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/687/lei_1281_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/687/lei_1281_-_1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para a elaboração do orçamento de 2.000.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/686/lei_1279_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/686/lei_1279_-_1999.pdf</t>
   </si>
   <si>
     <t>Dá novas redações aos artigos 17, 18, 22 e seu parágrafo único da Lei n.° 1.109 de 23/09/1994.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária do Madruga da Pedra "ACOMAPE".</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/684/lei_1277_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/684/lei_1277_-_1999.pdf</t>
   </si>
   <si>
     <t>Concede ajuda financeira, abre Crédito Especial e contém outras providências.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/683/lei_1276_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/683/lei_1276_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza oferecer garantia.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/682/lei_1275_-_1999_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/682/lei_1275_-_1999_.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Publico.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/681/lei_1274_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/681/lei_1274_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a criação do Serviço de Atendimento simplificado aos Consumidores da Companhia Energética de Minas Gerais - CEMIG.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/680/lei_1273_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/680/lei_1273_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas com eventos realizados no dia 21/04/1999.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/679/lei_1272_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/679/lei_1272_-_1999.pdf</t>
   </si>
   <si>
     <t>Faz desafetação de imóvel e contém outras providências.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/678/lei_1271_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/678/lei_1271_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza celebração de contrato de comodato para cessão das Escolas Municipais desativadas às Associações Comunitárias.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/677/lei_1270_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/677/lei_1270_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza realização de despesas, abertura de Créditos Suplementares e contém outras providências.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/676/lei_1269_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/676/lei_1269_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza realização de despesas, abertura de Créditos Suplementares e contém outras providencias.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/675/lei_1268_-_1999_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/675/lei_1268_-_1999_.pdf</t>
   </si>
   <si>
     <t>Autoriza demolição de prédio escolar e doação do material aproveitável à ACONEVES.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/674/lei_1267_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/674/lei_1267_-_1999.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de Terreno Urbano, abertura de Credito Especial e dá outras providencias.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/673/lei_1266_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/673/lei_1266_-_1999.pdf</t>
   </si>
   <si>
     <t>Cria Banda de Música Municipal e contém outras providencias.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/672/lei_1265_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/672/lei_1265_-_1999.pdf</t>
   </si>
   <si>
     <t>Aprova decretos de Aberturas de Créditos Suplementares no exercício de 1.998.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/671/lei_1264_-_1999.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/671/lei_1264_-_1999.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária "Mata Bois" da Comunidade de Mata Bois (ACOMAB).</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/453/lei_1263_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/453/lei_1263_-_1998_.pdf</t>
   </si>
   <si>
     <t>Autoriza subvenções sociais para entidades civis e dá outras providencias.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/452/lei_1262_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/452/lei_1262_-_1998_.pdf</t>
   </si>
   <si>
     <t>Aprova os Planos Plurianuais de Investimentos para o triênio de 1999 a 2001.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/446/lei_1261_-1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/446/lei_1261_-1998_.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e Fixa a Despesa Geral do Município para o Exercício Financeiro de 1999, incluindo Fundos Municipais.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/441/lei_1259_-1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/441/lei_1259_-1998_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios de apuração do Valor Venal dos Imóveis, para efeito de cálculo do "Imposto sobre a Propriedade Predial e Territorial Urbana".</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/440/lei_1259_-1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/440/lei_1259_-1998_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Planta Genérica de Valores para efeito de lançamento do Imposto Predial e Territorial Urbano no exercício de 1999.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/439/lei_1258_-_1998.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/439/lei_1258_-_1998.pdf</t>
   </si>
   <si>
     <t>Institui o Código Tributário do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/451/lei_1257_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/451/lei_1257_-_1998_.pdf</t>
   </si>
   <si>
     <t>Altera a composição do CODEMA criado pela Lei Nº 1.204/97 e contém outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/450/lei_1256_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/450/lei_1256_-_1998_.pdf</t>
   </si>
   <si>
     <t>Prorroga até 30 de Dezembro de 1.998 o prazo para pagamento do IPTU e contém outras providencias.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/449/lei_1255_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/449/lei_1255_-_1998_.pdf</t>
   </si>
   <si>
     <t>Autoriza Conceder Abono aos Professores Municipais e contém outras providencias.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/447/lei_1253_-_1998_1.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/447/lei_1253_-_1998_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/445/lei_1252_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/445/lei_1252_-_1998_.pdf</t>
   </si>
   <si>
     <t>Institui pensão especial pelo Município e dá outras providencias.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/444/lei_1251_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/444/lei_1251_-_1998_.pdf</t>
   </si>
   <si>
     <t>Fixa prazo de pagamento do IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/443/lei_1250_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/443/lei_1250_-_1998_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de vigência dos benefícios da Lei Nº 1.230, de 01 de Abril de 1.998.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/442/lei_1249_-1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/442/lei_1249_-1998_.pdf</t>
   </si>
   <si>
     <t>Autoriza realizações de despesas, aberturas de créditos especiais e contem outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/448/lei_1254_-_1998_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/448/lei_1254_-_1998_.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de Terreno Urbano, abertura de Credito Especial e dá outras providências</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/692/lei_1224_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/692/lei_1224_-_1997_.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Educação do Município de Entre Rios de Minas e dá outras providencias.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/693/lei_1223_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/693/lei_1223_-_1997_.pdf</t>
   </si>
   <si>
     <t>Aprova os Planos Plurianuais de Investimentos para o triênio de 1998 a 2000.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/694/lei_1222_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/694/lei_1222_-_1997_.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e Fixa a Despesa Geral do Município para o Exercício Financeiro de 1998, incluindo Fundos Municipais.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/695/lei_1221_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/695/lei_1221_-_1997_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de acompanhamento e controle social do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de valorização do magistério.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/696/lei_1220_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/696/lei_1220_-_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza a construção de Usina de Reciclagem e Compostagem de lixo, abre crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/697/lei_1219_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/697/lei_1219_-_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza Municipalização de Escolas Estaduais que menciona e contém outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/698/lei_1218_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/698/lei_1218_-_1997_.pdf</t>
   </si>
   <si>
     <t>Faz prorrogação do prazo de pagamento do IPTU e dos benefícios concedidos pela Lei Municipal n° 1.211 de 10 de Outubro de 1997.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/699/lei_1217_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/699/lei_1217_-_1997_.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Municipal de Defesa Civil (COMDEC) do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/700/lei_1216_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/700/lei_1216_-_1997_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar empréstimo com agentes financeiros oficiais e contém outras providências.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/701/lei_1215-1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/701/lei_1215-1997.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominações de logradouros públicos.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/702/lei_1213_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/702/lei_1213_-_1997_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o ASILO DONA ALZIRA RIBEIRO.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/703/lei_1212_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/703/lei_1212_-_1997_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a arrecadação de tributos relativos a exercícios anteriores e dá outras providências.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/704/lei_1211_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/704/lei_1211_-_1997_.pdf</t>
   </si>
   <si>
     <t>Fixa prazo de pagamento do IPTU e dá outras providencias.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/564/lei_1210_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/564/lei_1210_-_1997_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a participar do consórcio intermunicipal de saúde do Alto Paraopeba e dá outras providencias.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/705/lei_1209_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/705/lei_1209_-_1997_.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para concessão de subvenções sociais pelo Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/615/lei_1208_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/615/lei_1208_-_1997_.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho de Assistência Social e dá outras providencias.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/706/lei_1207_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/706/lei_1207_-_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza construção de Barracão.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/707/lei_1206_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/707/lei_1206_-_1997_.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de móveis para a APAE.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/708/lei_1205_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/708/lei_1205_-_1997_.pdf</t>
   </si>
   <si>
     <t>Concede subvenção mensal e autoriza a abertura de crédito suplementar.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/709/lei_1204_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/709/lei_1204_-_1997_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Desenvolvimento Ambiental e dá outras providências.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/602/lei_1203_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/602/lei_1203_-_1997_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Desenvolvimento Cultural e dá outras providências.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/710/lei_1202_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/710/lei_1202_-_1997_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o "ENTRERIENSE FUTEBOL CLUBE".</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/711/lei_1201__-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/711/lei_1201__-_1997_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para a elaboração do orçamento de 1998.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/712/lei_1.200_-_1.997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/712/lei_1.200_-_1.997_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Rotativo previsto na Lei n° 4.320, artigos 68 e 69 de 17 de Março de 1964.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/713/lei_1199_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/713/lei_1199_-_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza Municipalização de Escolas Estaduais que menciona e dá providências.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/714/lei_1.198_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/714/lei_1.198_-_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a regulamentar por Decreto a proibição do uso de cigarros e similares nos coletivos e nas repartições públicas no Município.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/715/lei_1197_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/715/lei_1197_-_1997_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a "ASSOCIAÇÃ0 COMUNITÁRIA DO COLÔNIA", da localidade do Colônia.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/716/lei_1196_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/716/lei_1196_-_1997_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Conselho Particular Nossa Senhora das Brotas, com sede nesta cidade.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/717/lei_1195_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/717/lei_1195_-_1997_.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 92 da Lei n° 1.109, de 23/09/1994.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/718/lei_1194_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/718/lei_1194_-_1997_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Entre Rios de Minas por suas administrações direta, indireta e fundacional a manter contas correntes e convênios para recebimento de pagamentos devidos à Fazenda Municipal com a CREDICAMPO e dá outras providências.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/616/lei_1.193_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/616/lei_1.193_-_1997.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/719/lei_1192_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/719/lei_1192_-_1997.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei n° 1.185 de 31 de Janeiro de 1.997, criando o cargo de Assistente Jurídico.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/720/lei_1190_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/720/lei_1190_-_1997_.pdf</t>
   </si>
   <si>
     <t>Regulamenta a permissão de placas de veículos de aluguel, sua transferência e dá outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>Dispõe sobre a arrecadação do IPTU dos exercícios anteriores e contém outras providências.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/724/lei_1.188_-_1997.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/724/lei_1.188_-_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza municipalização de Escolas Estaduais que menciona e dá providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/725/lei_1187_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/725/lei_1187_-_1997_.pdf</t>
   </si>
   <si>
     <t>Autoriza celebrar convênio com a FUNDER - Fundação para o Desenvolvimento Regional e contém outras providências.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/726/lei_1186_-_1997_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/726/lei_1186_-_1997_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária Frei Toninho.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/727/lei_1.184_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/727/lei_1.184_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual de Investimentos para o triênio de 1997 a 1999.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/728/lei_n._1183_-_1.996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/728/lei_n._1183_-_1.996.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e fixa a Despesa para o exercício financeiro de 1.997.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/729/lei_1182_-_1996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/729/lei_1182_-_1996_.pdf</t>
   </si>
   <si>
     <t>Faz nova prorrogação do prazo dos benefícios da Lei Municipal n° 1.177, de 25/10/1.996.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/730/lei_n._1.181_-_1.996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/730/lei_n._1.181_-_1.996.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação da Caixa Escolar Alvino Borges na localidade de Serra do Camapuã.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/731/lei_1180_-_1996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/731/lei_1180_-_1996.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo dos benefícios da Lei Municipal n° 1.177, de 25/10/1.996.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/732/lei_1178_-_1996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/732/lei_1178_-_1996_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.172, de 21 de Junho de 1.996.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/734/lei_1177_-_1996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/734/lei_1177_-_1996_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de pagamento do Imposto Predial e Territorial Urbano -IPTU-, mantém desconto e dá outras providências.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/735/lei_1176_-_1996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/735/lei_1176_-_1996_.pdf</t>
   </si>
   <si>
     <t>Dá correlação a cargos que menciona e outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/736/lei_1.175_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/736/lei_1.175_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Alimentação Escolar e dá outras providências.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/737/lei_1.174_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/737/lei_1.174_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Autoriza demolição de caixa d'água, fazer doação e contém outras providências.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/733/lei_1.172_-_1.996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/733/lei_1.172_-_1.996.pdf</t>
   </si>
   <si>
     <t>Institui nova estrutura administrativa e o Plano de Cargos, Carreiras e Vencimentos da Prefeitura Municipal de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/739/lei_1.171_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/739/lei_1.171_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício de 1997 e dá outras providências.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/740/lei__1.170_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/740/lei__1.170_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Concede ajuda financeira, abre crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/741/lei_1.169_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/741/lei_1.169_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Brumadense Esporte Clube.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/742/lei_1.168_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/742/lei_1.168_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Concede ajuda financeira e autoriza a abertura de crédito especial.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/743/lei_1167-_1996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/743/lei_1167-_1996_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a fazer doação de terreno ao Estado.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/744/lei_1.166_-_1996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/744/lei_1.166_-_1996.pdf</t>
   </si>
   <si>
     <t>Autoriza Celebrações de Convênios com as Polícias Civil e Militar do Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/745/lei_1.165_-_1.996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/745/lei_1.165_-_1.996.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial para regularização de despesas do exercício financeiro de 1.994.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/746/lei_1164_-_1996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/746/lei_1164_-_1996_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Vila Nova Futebol Clube.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/747/lei_1163_-_1966.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/747/lei_1163_-_1966.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesa com transporte de mudança de família carente no Município para o Estado da Bahia em veículo de propriedade do_x000D_
 Município.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/748/lei_1.162_-_1996.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/748/lei_1.162_-_1996.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de terreno ao Vila Nova Futebol Clube e contém outras providências.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/721/lei_1.161_-_1996__.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/721/lei_1.161_-_1996__.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de placas para os serviços de transporte coletivo (TÁXI) e contém outras providências.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/749/lei_1.160_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/749/lei_1.160_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Dá denominações a logradouros públicos e contém outras providências.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/750/lei_1.159_-_1.996_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/750/lei_1.159_-_1.996_.pdf</t>
   </si>
   <si>
     <t>Autoriza aceitar a transferência da Escola Estadual "Infantil de Entre Rios" para a rede municipal de ensino e contém outras providências.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/613/lei_1158_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/613/lei_1158_-_1995_.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/617/lei_1157_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/617/lei_1157_-_1995_.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/751/lei_1156_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/751/lei_1156_-_1995.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de imóvel rural através de desapropriação amigável, sua doação ao União Esporte Clube e a abertura de Crédito Especial.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/752/lei_1155_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/752/lei_1155_-_1995.pdf</t>
   </si>
   <si>
     <t>Faz nova prorrogação do prazo dos benefícios das Leis Municipais n°s. 1141 e 1142.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/756/lei_1150_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/756/lei_1150_-_1995_.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 1.135,de 23 de Junho de 1.995.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/722/lei_1154_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/722/lei_1154_-_1995_.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de placas para o transporte coletivo (TÁXI)</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/753/lei_1153_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/753/lei_1153_-_1995_.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Público.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/754/lei_1152_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/754/lei_1152_-_1995_.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação à Creche Municipal.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/862/1149_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/862/1149_-_1995.pdf</t>
   </si>
   <si>
     <t>Orça a receita e fixa a despesa para o exercício financeiro de 1996.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/761/lei_1145_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/761/lei_1145_-_1995_.pdf</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/861/lei_1145_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/861/lei_1145_-_1995_.pdf</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/762/lei_1144_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/762/lei_1144_-_1995.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo dos benefícios das Leis Municipais n°s. 1141 e 1142.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/755/lei_1151_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/755/lei_1151_-_1995_.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/759/lei_1147_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/759/lei_1147_-_1995_.pdf</t>
   </si>
   <si>
     <t>Dá delimitação do perímetro urbano do Distrito de Serra do Camapuã.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/760/lei_1146_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/760/lei_1146_-_1995.pdf</t>
   </si>
   <si>
     <t>Autoriza demolição de Caixa D'agua, fazer doação e contém outras providências.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/763/lei_1143_-1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/763/lei_1143_-1995_.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de Convênio para realização de despesas e contém outras providências.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/758/lei_1148_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/758/lei_1148_-_1995_.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual de Investimentos para o triênio de 1996 a 1998.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/764/lei_1142_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/764/lei_1142_-_1995_.pdf</t>
   </si>
   <si>
     <t>Faz nova prorrogação de prazo de pagamento do Imposto Predial e Territorial Urbano -IPTU-, concede desconto e contém outras providências.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/766/lei_1141_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/766/lei_1141_-_1995_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de concessão de isenções e desconto.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/768/lei_1140_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/768/lei_1140_-_1995_.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/767/lei_1137_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/767/lei_1137_-_1995.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de isenção e desconto.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/769/lei_1139_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/769/lei_1139_-_1995_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Professores e Funcionários da Rede Estadual de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/770/lei_1138_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/770/lei_1138_-_1995.pdf</t>
   </si>
   <si>
     <t>Aprova Loteamento.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/765/lei_1136_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/765/lei_1136_-_1995_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de pagamento do Imposto Predial e Territorial Urbano -IPTU- e dá outras providências.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/757/lei_1135_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/757/lei_1135_-_1995_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a fazer doação de terreno ao Estado para edificação de prédio escolar.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/771/lei_1134_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/771/lei_1134_-_1995_.pdf</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/772/lei_1133_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/772/lei_1133_-_1995_.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos, proventos e abono de família e dá outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/775/lei_1130_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/775/lei_1130_-_1995_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Pais e Amigos Excepcionais de Entre Rios de Minas - APAE.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/774/lei_1131_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/774/lei_1131_-_1995_.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação a logradouro público e contém outras providências.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/773/lei__1132_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/773/lei__1132_-_1995_.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para a elaboração do Orçamento do Município para o exercício de 1996 e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/776/lei_1129_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/776/lei_1129_-_1995_.pdf</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/777/lei_1128_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/777/lei_1128_-_1995_.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/780/lei_1125_-_1995.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/780/lei_1125_-_1995.pdf</t>
   </si>
   <si>
     <t>Concede Abono aos Servidores Municipais.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/778/lei_1127_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/778/lei_1127_-_1995_.pdf</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/779/lei_1126_-_1995_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/779/lei_1126_-_1995_.pdf</t>
   </si>
   <si>
     <t>Reduz alíquota do IVVC.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/781/lei_1124_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/781/lei_1124_-_1994_.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de pagamento do Imposto Predial e Territorial Urbano -IPTU- e contém outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/782/lei_1123_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/782/lei_1123_-_1994_.pdf</t>
   </si>
   <si>
     <t>Cria cargo de Provimento Efetivo no Quadro de Pessoal da Prefeitura Municipal de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/783/lei_1122_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/783/lei_1122_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolução de imóvel doado ao Município e contém outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/784/lei_1121_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/784/lei_1121_-_1994.pdf</t>
   </si>
   <si>
     <t>Modifica alíquotas do ISSQN previstas no Artigo 39 do Código Tributário do Município.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/785/lei_1120_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/785/lei_1120_-_1994_.pdf</t>
   </si>
   <si>
     <t>Aprova Loteamento do Bairro "Ribeiro Cardoso" na Zona Urbana desta Cidade.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/786/lei_1119_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/786/lei_1119_-_1994.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a jornada de trabalho dos cargos de médico e cirurgião dentista da Prefeitura Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/787/lei_1118_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/787/lei_1118_-_1994.pdf</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/788/lei_1117_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/788/lei_1117_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, abertura de crédito especial e contem outras providências.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/789/lei_1116_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/789/lei_1116_-_1994.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos suplementares e contém outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/790/lei_1115_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/790/lei_1115_-_1994_.pdf</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/791/lei_1113_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/791/lei_1113_-_1994.pdf</t>
   </si>
   <si>
     <t>Aprova o plano Plurianual de Investimentos para o triênio de 1995 a 1997.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/792/lei_1112-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/792/lei_1112-_1994_.pdf</t>
   </si>
   <si>
     <t>Aprova despesas realizadas no exercício financeiro de 1.989 e abre crédito adicional.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/793/lei_1110_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/793/lei_1110_-_1994_.pdf</t>
   </si>
   <si>
     <t>Aprova Termo Aditivo de Convênio.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/794/lei_1108_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/794/lei_1108_-_1994.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o São José Esporte Clube.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/795/lei_1107_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/795/lei_1107_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de imóveis e contém outras providências.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/796/lei_1106_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/796/lei_1106_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesa, abertura de crédito especial e contém outras providências</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/797/lei_1105_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/797/lei_1105_-_1994.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de pagamento do Imposto Predial e Territorial Urbano - IPTU.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/798/lei_1104_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/798/lei_1104_-_1994_.pdf</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/799/lei_1103_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/799/lei_1103_-_1994_.pdf</t>
   </si>
   <si>
     <t>Aprova vendas de Ações na CEMIG.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/800/lei_1102_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/800/lei_1102_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/801/lei_1101_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/801/lei_1101_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas com o transporte de calcário, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/802/lei_1100_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/802/lei_1100_-_1994_.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para a elaboração do Orçamento do Município para o exercício de 1995 e dá outras providências.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/803/lei_1099_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/803/lei_1099_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a fazer doação de terreno ao Estado para edificação de Quartel da Polícia Militar.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/804/lei_1098_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/804/lei_1098_-_1994_.pdf</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/805/lei_1097_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/805/lei_1097_-_1994_.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/806/lei_1096_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/806/lei_1096_-_1994_.pdf</t>
   </si>
   <si>
     <t>Cria cargos comissionados no Quadro de Pessoal da Prefeitura Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/809/lei_1095_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/809/lei_1095_-_1994_.pdf</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/454/lei_1094_-_1994_--.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/454/lei_1094_-_1994_--.pdf</t>
   </si>
   <si>
     <t>Regulamenta a participação popular nas ações sociais de proteção, defesa e atendimento dos direitos da criança e do adolescente, nos termos do inciso II do artigo 88 da Lei Federal n2 8.069, de 13 de julho de 199( (ESTATUTO DA CRIANÇA E DO ADOLESCENTE) e na conformidade com o disposto ao artigo 149 da Lei Municipal nº 843 , de 21 de março de 1990 (LEI ORGANICA DO MUNICÍPIO).</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/810/lei_1093_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/810/lei_1093_-_1994_.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Público,</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/811/lei_1092_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/811/lei_1092_-_1994_.pdf</t>
   </si>
   <si>
     <t>Reconhece Entidade como de Utilidade Pública</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/812/lei_1091_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/812/lei_1091_-_1994_.pdf</t>
   </si>
   <si>
     <t>Concede ajuda financeira, abre crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/813/lei_1090_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/813/lei_1090_-_1994_.pdf</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/808/lei_1089_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/808/lei_1089_-_1994_.pdf</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/814/lei_1088_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/814/lei_1088_-_1994_.pdf</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/815/lei_1087_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/815/lei_1087_-_1994_.pdf</t>
   </si>
   <si>
     <t>Reconhece entidade como de Utilidade Pública.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/863/lei_1086_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/863/lei_1086_-_1994_.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/864/lei_1085_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/864/lei_1085_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza indenização amigável, construção de casa, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/865/lei_1084_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/865/lei_1084_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza construção de cercas às margens de via pública e dá outras providências.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/866/lei_1083_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/866/lei_1083_-_1994_.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos, proventos e abono de família e dá outras providencias.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/867/lei_1082_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/867/lei_1082_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de Convênio com a Polícia Militar do Estado de Minas Gerais e contém outras providências.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/868/lei_1081_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/868/lei_1081_-_1994_.pdf</t>
   </si>
   <si>
     <t>Aprova assinatura de Convênio e dá outras providências.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/807/lei_1080_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/807/lei_1080_-_1994_.pdf</t>
   </si>
   <si>
     <t>Cria Cargos Comissionados no Quadro de Pessoal da Prefeitura Municipal de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/816/lei_1079_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/816/lei_1079_-_1994_.pdf</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/817/lei_1078_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/817/lei_1078_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e dá outras providências.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/818/lei_1077_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/818/lei_1077_-_1994_.pdf</t>
   </si>
   <si>
     <t>Reajusta vencimentos, proventos e abono de família e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/819/lei_1076_-_1994.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/819/lei_1076_-_1994.pdf</t>
   </si>
   <si>
     <t>Concede subvenção e dá outras providências.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/820/lei_1075_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/820/lei_1075_-_1994_.pdf</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/821/lei_1074_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/821/lei_1074_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza transferências de escolas estaduais para a rede municipal e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/822/lei_1073_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/822/lei_1073_-_1994_.pdf</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/823/lei_1072_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/823/lei_1072_-_1994_.pdf</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/824/lei_1071_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/824/lei_1071_-_1994_.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos, proventos e abono de família e da outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/825/lei_1070_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/825/lei_1070_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber recursos da União para a execução do Sistema de Abastecimento de Água no Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/826/lei_1069_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/826/lei_1069_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber recursos da União para a construção e equipamento do Posto de Saúde Alto Santa Efigênia de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/827/lei_1068_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/827/lei_1068_-_1994_.pdf</t>
   </si>
   <si>
     <t>Autoriza a Concessão de Isenções e Descontos.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/828/lei_1067_-_1994_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/828/lei_1067_-_1994_.pdf</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/455/lei_1066_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/455/lei_1066_-_1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código Tributário do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/829/lei_1065_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/829/lei_1065_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza as celebrações de convênios ou aditivos com a Empresa de Assistência Técnica e Extensão Rural do Estado de Minas Gerais - EMATER/MG.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/830/lei_1064_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/830/lei_1064_-_1993_.pdf</t>
   </si>
   <si>
     <t>Derroga artigos da Lei n° 939, de 22.11.1.991 que instituiu o Conselho Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/831/lei_1063_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/831/lei_1063_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder ajuda financeira, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/832/lei_1062_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/832/lei_1062_-_1993_.pdf</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/833/lei_1061_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/833/lei_1061_-_1993_.pdf</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/834/lei_1060_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/834/lei_1060_-_1993_.pdf</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/835/lei_1059_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/835/lei_1059_-_1993_.pdf</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/836/lei_1058_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/836/lei_1058_-_1993_.pdf</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/837/lei_1057_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/837/lei_1057_-_1993.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/869/lei_1056_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/869/lei_1056_-_1993_.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/838/lei_1055_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/838/lei_1055_-_1993_.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Tutelar, órgão permanente e autônomo, não jurisdicional, encarregado pela sociedade de zelar pelo cumprimento dos direitos da criança e do adolescente do Município de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/839/lei_1054_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/839/lei_1054_-_1993_.pdf</t>
   </si>
   <si>
     <t>Regulamenta a participação popular nas ações sociais de proteção, defesa e atendimento dos direitos da criança e do adolescente, nos termos do inciso II do art. 88 da Lei Federal n° 8.069, de 13 de julho de 1990 (ESTATUTO DA CRIANÇA E DO ADOLESCENTE) e na conformidade com o disposto no art. 149 da Lei Municipal de n° 841, de 21 de março de 1990 (LEI ORGÂNICA MUNICIPAL).</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/840/lei_1053_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/840/lei_1053_-_1993.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/841/lei_1052_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/841/lei_1052_-_1993.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e fixa a Despesa para o exercício financeiro de 1994.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/870/lei_1051_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/870/lei_1051_-_1993.pdf</t>
   </si>
   <si>
     <t>Aprova o plano Plurianual de Investimentos para o triênio de 1994 a 1996.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/842/lei_1050_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/842/lei_1050_-_1993_.pdf</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/843/lei_1049_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/843/lei_1049_-_1993_.pdf</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/844/lei_1048_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/844/lei_1048_-_1993.pdf</t>
   </si>
   <si>
     <t>Aprova a realização de despesas com o transporte de calcário, autoriza a abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/845/lei_1047_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/845/lei_1047_-_1993_.pdf</t>
   </si>
   <si>
     <t>Institui a Unidade Fiscal Padrão da Prefeitura de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>Autoriza a Concessão de Isenções e Desconto.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/871/lei_1045_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/871/lei_1045_-_1993_.pdf</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/872/lei_1044_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/872/lei_1044_-_1993_.pdf</t>
   </si>
   <si>
     <t>Aprova a realização de despesas, autoriza abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/873/lei_1043_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/873/lei_1043_-_1993_.pdf</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/874/lei_1042_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/874/lei_1042_-_1993_.pdf</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/875/lei_1041_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/875/lei_1041_-_1993_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária "Mata dos Pachecos", com sede neste Município.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/876/lei_1040_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/876/lei_1040_-_1993.pdf</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/877/lei_1039_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/877/lei_1039_-_1993_.pdf</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/878/lei_1038_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/878/lei_1038_-_1993_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária dos moradores dos Coelhos, com sede neste Município.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/879/lei_1037_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/879/lei_1037_-_1993_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Rio Minas Futebol Clube.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/880/lei_1036_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/880/lei_1036_-_1993_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária Vargem do Engenho, com sede nesta cidade.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/881/lei_1035_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/881/lei_1035_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas com funerais de servidor municipal, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/882/lei_1034_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/882/lei_1034_-_1993_.pdf</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/883/lei_1033_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/883/lei_1033_-_1993.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesa com o transporte de calcário, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/884/lei_1032_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/884/lei_1032_-_1993_.pdf</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/885/lei_1031_-1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/885/lei_1031_-1993_.pdf</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/886/lei_1030_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/886/lei_1030_-_1993_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Conselho Particular Nosso Senhor dos Passos com sede nesta cidade.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/887/lei_1029_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/887/lei_1029_-_1993_.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para a elaboração do orçamento do Município para o exercício de 1.994 e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/888/lei_1028_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/888/lei_1028_-_1993_.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial para regularização de despesas de 1.984.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/889/lei_1027_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/889/lei_1027_-_1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição do Conselho Municipal do Bem-Estar Social e criação de Fundo Municipal a ele vinculado e dá outras providências.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/890/lei_1026_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/890/lei_1026_-_1993.pdf</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/891/lei_1025_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/891/lei_1025_-_1993.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos, proventos e abono de família e contém outras providências.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/892/lei_1024_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/892/lei_1024_-_1993.pdf</t>
   </si>
   <si>
     <t>Regulamenta o inciso IV do artigo 167 da Lei Orgânica do Município, que dispõe sobre a concessão de moradia ao Delegado de Polícia, pelo Município, e dá outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/893/lei_1023_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/893/lei_1023_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/173/lei1022_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/173/lei1022_-_1993.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de ações da PETROBRÁS, CEMIG, TELEMIG e TELEBRÁS.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/894/lei_1021_-1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/894/lei_1021_-1993_.pdf</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/895/lei_1020_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/895/lei_1020_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de imóvel e contém outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/896/lei_1019_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/896/lei_1019_-_1993.pdf</t>
   </si>
   <si>
     <t>Autoriza restituição de imposto, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/897/lei_1018_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/897/lei_1018_-_1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo valor de abono família e dá outras providências.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/898/lei_1017_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/898/lei_1017_-_1993_.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos e proventos e contém outras providências.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/899/lei_1016__-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/899/lei_1016__-_1993_.pdf</t>
   </si>
   <si>
     <t>Estabelece novos critérios para a cobrança da tarifa de fornecimento de água no Povoado do Castro e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/177/lei_1015_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/177/lei_1015_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza a, realização de despesas, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/176/lei_1014_-_1993_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/176/lei_1014_-_1993_.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, abertura de crédito suplementar e contém outras providencias.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/175/lei_1013_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/175/lei_1013_-_1993.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas com os festejos do carnaval e contém outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/174/lei_1012_-_1993.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/174/lei_1012_-_1993.pdf</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/901/lei_1011_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/901/lei_1011_-_1992.pdf</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/902/lei_1010_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/902/lei_1010_-_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e dá outras providências</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/904/lei_1009_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/904/lei_1009_-_1992.pdf</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/905/lei_1008_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/905/lei_1008_-_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza extensão da rede de energia elétrica no meio rural, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/906/lei_1007_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/906/lei_1007_-_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio com o Hospital Cassiano Campolina e dá outras providências.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/907/lei_1006_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/907/lei_1006_-_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de terreno e a abertura de crédito especial.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/900/lei_1005_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/900/lei_1005_-_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de créditos suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/908/lei_1004_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/908/lei_1004_-_1992.pdf</t>
   </si>
   <si>
     <t>Dá Denominação a Creche Municipal.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/910/lei_1002_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/910/lei_1002_-_1992.pdf</t>
   </si>
   <si>
     <t>Concede isenção de impostos sobre a propriedade predial e territorial urbana e sobre a transmissão "inter-vivos" de bens imóveis de domínio ou adquiridos por concessionários do serviço público federal de energia elétrica.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/909/lei_1003_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/909/lei_1003_-_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar parcelamento de dívida para com o Fundo de Garantia do Tempo de Serviço - FGTS e dá outras providências.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/911/lei_1001_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/911/lei_1001_-_1992.pdf</t>
   </si>
   <si>
     <t>Concede auxílio financeiro a times de futebol e autoriza a abertura de crédito especial.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/912/lei_1000_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/912/lei_1000_-_1992.pdf</t>
   </si>
   <si>
     <t>Concede subvenção e autoriza a abertura de crédito suplementar.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/913/lei_no_999_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/913/lei_no_999_-_1992.pdf</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/914/lei_no_998_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/914/lei_no_998_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e abertura de crédito especial.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/915/lei_no_997_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/915/lei_no_997_-_92.pdf</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/916/lei_no_996_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/916/lei_no_996_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza doações de terrenos e contém outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>AUTORIZA VENDA DE AÇÕES DA PETROBRÁS, CEMIG, TELEMIG E TELEBRÁS.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual de Investimentos para o triênio de 1993 a 1995.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/918/lei_no_994_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/918/lei_no_994_-_92.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e fixa a Despesa para o exercício financeiro de 1993.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/919/lei_no_993_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/919/lei_no_993_-_92.pdf</t>
   </si>
   <si>
     <t>Aprova Loteamento do Bairro Sassafrás.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/921/lei_no_991_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/921/lei_no_991_-_92.pdf</t>
   </si>
   <si>
     <t>Cria cargos de auxiliar de serviço escolar e contém outras providências.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/922/lei_990_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/922/lei_990_-_1992.pdf</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/923/lei_989_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/923/lei_989_-_1992.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/924/lei_no_988_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/924/lei_no_988_-_92.pdf</t>
   </si>
   <si>
     <t>Altera as tabelas de vencimentos constantes dos Anexos I e III da Lei n° 969/92 e contém outras providências.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/925/lei_no_987_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/925/lei_no_987_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza realização de despesas e contém outras providências.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/926/lei_no_986_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/926/lei_no_986_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza realizações de despesas e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/927/lei_no_985_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/927/lei_no_985_-_92.pdf</t>
   </si>
   <si>
     <t>Aprova despesas realizadas e abre crédito especial relativo ao exercício financeiro de 1.990.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/928/lei_no_984_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/928/lei_no_984_-_92.pdf</t>
   </si>
   <si>
     <t>Delimita a Área Urbana do Distrito da Cidade de Entre Rios de Minas.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/929/lei_983_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/929/lei_983_-_1992.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o União Esporte Clube.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/930/lei_982_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/930/lei_982_-_1992.pdf</t>
   </si>
   <si>
     <t>Reconhece entidade como de utilidade pública.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/931/lei_981_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/931/lei_981_-_1992.pdf</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/932/lei_no_980_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/932/lei_no_980_-_92.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes gerais para a elaboração do Orçamento do Município para o exercício de 1993 e dá outras providências.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/933/lei_no_979_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/933/lei_no_979_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza a Realização de Despesas e Contém Outras Providências.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/934/lei_no_978_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/934/lei_no_978_-_92.pdf</t>
   </si>
   <si>
     <t>Aprova aquisição de chassi, alienação, montagem de veículo e dá outras providências.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/935/lei_no_977_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/935/lei_no_977_-_92.pdf</t>
   </si>
   <si>
     <t>Dá Denominação a Logradouro Público e Contém Outras Providências.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/936/lei_no_976_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/936/lei_no_976_-_92.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos artigos 3°, 6°, 7º e 12 da Lei Complementar Municipal n° 925, de 23/08/1991 e aos artigos 45, 46 e 67, Anexos III, V e VI da Lei Complementar Municipal n° 969, de 27 de março de 1992, que institui o Quadro Geral de Pessoal do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/939/lei_975_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/939/lei_975_-_1992.pdf</t>
   </si>
   <si>
     <t>Altera as tabelas de vencimento e salário constantes dos Anexos I e III da Lei n° 969/92 e contém outras providências</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/940/lei_no_974_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/940/lei_no_974_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel ao Estado de Minas Gerais e contém outras providências</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/942/lei_no_973_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/942/lei_no_973_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza a Realização de Despesa e Contém Outras Providências.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/943/lei_no_972_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/943/lei_no_972_-_92.pdf</t>
   </si>
   <si>
     <t>Faz Enquadramento de Servidor e dá outras providências.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/944/lei_971_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/944/lei_971_-_1992.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Loja Maçônica "Inconfidentes Mineiros".</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/945/lei_970_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/945/lei_970_-_1992.pdf</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/938/lei_no_969_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/938/lei_no_969_-_92.pdf</t>
   </si>
   <si>
     <t>INSTITUI O QUADRO GERAL E QUADROS ESPECIAIS DO PESSOAL CIVIL E OS PLANOS DE CARGOS, CARREIRAS E VENCIMENTOS DO PODER EXECUTIVO_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/946/lei_no_968_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/946/lei_no_968_-_92.pdf</t>
   </si>
   <si>
     <t>Concede Gratificação e Contém Outras Providências.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/947/lei_no_967_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/947/lei_no_967_-_92.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Novo Valor de Abono Família e dá Outras Providências.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/948/lei_no_966_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/948/lei_no_966_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza Doação de Terreno e Contém Outras Providências.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/950/lei_no_965_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/950/lei_no_965_-_92.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/951/lei_no_964_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/951/lei_no_964_-_92.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/952/lei_963_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/952/lei_963_-_1992.pdf</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/953/lei_no_962_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/953/lei_no_962_-_92.pdf</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/954/lei_no_961_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/954/lei_no_961_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza Criação de Escola e contém outras providências.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/955/lei_no_960_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/955/lei_no_960_-_92.pdf</t>
   </si>
   <si>
     <t>Aprova abertura de créditos suplementares no exercício financeiro de 1.991.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/956/lei_no_959_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/956/lei_no_959_-_92.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Comunitária dos moradores dos Coelhos -ACOMEC-.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/957/lei_958_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/957/lei_958_-_1992.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Ação Social Santa Efigênia - ASSEF-.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/958/lei_no_957__-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/958/lei_no_957__-_92.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Centro Regional de Artesanato e Arte -CERARTE-.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/959/lei_no_956_-_92.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/959/lei_no_956_-_92.pdf</t>
   </si>
   <si>
     <t>Autoriza realização de despesas com os festejos do carnaval e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/960/lei_955_-_1992.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/960/lei_955_-_1992.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos, salários e proventos e contém outras providências.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/961/lei_954_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/961/lei_954_-_1991.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estatuto dos servidores públicos civis do Município de Entre Rios de Minas - MG; e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/963/lei_952_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/963/lei_952_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza Locação de Imóvel para os fins que menciona.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/964/lei_951_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/964/lei_951_-_1991.pdf</t>
   </si>
   <si>
     <t>Derroga a Lei n° 934, de 27.09.1991 e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/966/lei_950_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/966/lei_950_-_1991.pdf</t>
   </si>
   <si>
     <t>Aprova loteamento, autoriza assumir compromisso e contém outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/967/lei_949_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/967/lei_949_-_1991.pdf</t>
   </si>
   <si>
     <t>Estabelece novos critérios para cobrança pela taxa de iluminação pública instituída pela Lei n° 526, de 30 de novembro de 1.973 e contém outras_x000D_
 providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/970/lei_948_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/970/lei_948_-_1991.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 7º da Lei Municipal nº 877, de 26 de outubro de 1.990, aprova abertura de créditos suplementares e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/973/lei_946_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/973/lei_946_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede ajuda de custo para transporte e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/974/lei_945_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/974/lei_945_-_1991.pdf</t>
   </si>
   <si>
     <t>Inscreve servidores a agentes políticos no seguro em grupo e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/976/lei_943_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/976/lei_943_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio com o Banco do Brasil S.A. e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/977/lei_942_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/977/lei_942_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio com o CERARTE e contém outras providências.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/978/lei_941_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/978/lei_941_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio com a Fundação Hilton Rocha e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/979/lei_940_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/979/lei_940_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio com a Secretaria de Estado da Saúde e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/980/lei_939_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/980/lei_939_-_1991.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saúde e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/981/lei_938_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/981/lei_938_-_1991.pdf</t>
   </si>
   <si>
     <t>Reajusta vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/983/lei_936_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/983/lei_936_-_1991.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e fixa a Despesa para o exercício financeiro de 1992.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/984/lei_935_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/984/lei_935_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a doar à Companhia Energética de Minas Gerais - CEMIG -, a rede de energia elétrica de iluminação pública das ruas Armando Milagres (01 poste), Albanito Vaz (03) postes) e Platina (03) postes.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/965/lei_934_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/965/lei_934_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de imóvel e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/985/lei_932_-_1991.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/986/lei_931_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/985/lei_932_-_1991.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/986/lei_931_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede desconto nas tarifas de água no povoado do Castro e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/987/lei_930_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/987/lei_930_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de veículos, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/982/lei_937_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/982/lei_937_-_1991.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual de Investimentos para o triênio de 1992 a 1994.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/988/lei_929_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/988/lei_929_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de máquina xerográfica e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/990/lei_928_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/990/lei_928_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede gratificação especial aos servidores municipais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/991/lei_927_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/991/lei_927_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede abono aos servidores do Município e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/937/lei_925_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/937/lei_925_-_1991.pdf</t>
   </si>
   <si>
     <t>Institui o regime jurídico único do servidor público civil do Município e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/992/lei_924_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/992/lei_924_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/993/lei_923_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/993/lei_923_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza participação em convênio e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/994/lei_922_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/994/lei_922_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza contratação de serviços e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/995/lei_921_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/995/lei_921_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza realização de despesas e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/997/lei_919_-_1991.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/998/lei_918_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/997/lei_919_-_1991.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/998/lei_918_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza criação de cargo e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/999/lei_917_-_1991.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1000/lei_916_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/999/lei_917_-_1991.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1000/lei_916_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadanias Honorárias.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/996/lei_920_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/996/lei_920_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza construção de prédio, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1001/lei_915_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1001/lei_915_-_1991.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para elaboração do orçamento para o exercício de 1.992 e dá outras providências.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1002/lei_914_-_1991.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1004/lei_912_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1002/lei_914_-_1991.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1003/lei_913_-_1991.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1004/lei_912_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza Associação à CREDICAMPO e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1005/lei_911_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1005/lei_911_-_1991.pdf</t>
   </si>
   <si>
     <t>Concede ajuda de custo a times de futebol e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1006/lei_910_-_1991.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1007/lei_909_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1006/lei_910_-_1991.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1007/lei_909_-_1991.pdf</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/172/lei_907_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/172/lei_907_-_1991_.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária de São José das Neves - ACONEVES.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1008/lei_908_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1008/lei_908_-_1991.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Comunitária Unidos do Castro, - ACUC-.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/171/lei_906_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/171/lei_906_-_1991_.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/170/lei_905_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/170/lei_905_-_1991_.pdf</t>
   </si>
   <si>
     <t>Autoriza criação de escola, construção de prédio escolar e contém outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/169/lei_904_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/169/lei_904_-_1991.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/168/lei_903_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/168/lei_903_-_1991_.pdf</t>
   </si>
   <si>
     <t>Autoriza execução de obras e serviços, aprova convênio, abre crédito especial e contém outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/167/lei_902_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/167/lei_902_-_1991.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/166/lei_901_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/166/lei_901_-_1991_.pdf</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/165/lei_900_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/165/lei_900_-_1991_.pdf</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/164/lei_899_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/164/lei_899_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de terreno para abertura de via pública.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/163/lei_898_-1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/163/lei_898_-1991_.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/162/lei_897_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/162/lei_897_-_1991_.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/161/lei_896_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/161/lei_896_-_1991_.pdf</t>
   </si>
   <si>
     <t>Autoriza incorporação de bens no patrimônio do Município.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/160/lei_895_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/160/lei_895_-_1991.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e contem outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/159/lei_894_-_1991_.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/159/lei_894_-_1991_.pdf</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/941/lei_893_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/941/lei_893_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel ao Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1009/lei_892_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1009/lei_892_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de equipamentos para gabinetes odontológicos, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1010/lei_891_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1010/lei_891_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de veículo, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1011/lei_890_-_1990.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1013/lei_888_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1011/lei_890_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1012/lei_889_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1013/lei_888_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza concorrência pública para linha de coletivos.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1014/lei_887_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1015/lei_886_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1014/lei_887_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1015/lei_886_-_1990.pdf</t>
   </si>
   <si>
     <t>Delimita a área urbana do distrito da cidade de Entre Rios de Minas - MG.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1016/lei_885_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1016/lei_885_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza desapropriação de imóvel, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1017/lei_884_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1017/lei_884_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, abertura de crédito suplementar e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1018/lei_883_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1018/lei_883_-_1990.pdf</t>
   </si>
   <si>
     <t>Concede recomposição de perdas em salários e vencimentos de servidores e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1019/lei_882_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1020/lei_881_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1019/lei_882_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1020/lei_881_-_1990.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para a cobrança da tarifa de fornecimento de água no Povoado do Castro e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1021/lei_880_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1021/lei_880_-_1990.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouros públicos no Povoado do Castro.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1022/lei_879_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1022/lei_879_-_1990.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Prédio Público.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1023/lei_878_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1023/lei_878_-_1990.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos e salários e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/971/lei_877_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/971/lei_877_-_1990.pdf</t>
   </si>
   <si>
     <t>Orça a receita a fixa a despesa para o exercício financeiro de 1.991.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1024/lei_876_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1024/lei_876_-_1990.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual de Investimentos para o triênio de 1991 a 1993.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1025/lei_875_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1025/lei_875_-_1990.pdf</t>
   </si>
   <si>
     <t>Rua José de Oliveira Bastos</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1026/lei_874_-_1990.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1028/lei_872_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1026/lei_874_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1027/lei_873_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1028/lei_872_-_1990.pdf</t>
   </si>
   <si>
     <t>Concede subvenção e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1029/lei_871_-_1990.pdf</t>
-[...8 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1032/lei_867_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1029/lei_871_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1030/lei_869_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1031/lei_868_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1032/lei_867_-_1990.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a elaboração do orçamento do Município para o exercício de 1.991 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1033/lei_866_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1033/lei_866_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e abertura de crédito suplementar</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1034/lei_865_-_1990.pdf</t>
-[...8 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1037/lei_862_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1034/lei_865_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1035/lei_864_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1036/lei_863_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1037/lei_862_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de imóvel, forma de pagamento, abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1038/lei_861_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1038/lei_861_-_1990.pdf</t>
   </si>
   <si>
     <t>Dá denominação a edificação pública.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1039/lei_860_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1040/lei_859_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1039/lei_860_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1040/lei_859_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio, a realização de despesas e abertura de crédito especial.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1041/lei_858_-_1990.pdf</t>
-[...8 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1044/lei_855_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1041/lei_858_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1042/lei_857_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1043/lei_856_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1044/lei_855_-_1990.pdf</t>
   </si>
   <si>
     <t>Regulamenta a venda de fertilizantes e corretivos e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1045/lei_854_-_1990.pdf</t>
-[...8 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1049/lei_850_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1045/lei_854_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1046/lei_853_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1048/lei_851_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1049/lei_850_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesa e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1050/lei_849_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1051/lei_848_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1050/lei_849_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1051/lei_848_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de terreno e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1052/lei_847_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1053/lei_846_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1052/lei_847_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1053/lei_846_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza construção de prédio escolar, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1054/lei_845_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1054/lei_845_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de veículo, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1055/lei_844_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1055/lei_844_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesa, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1056/lei_843_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1056/lei_843_-_1990.pdf</t>
   </si>
   <si>
     <t>Concede ajuda financeira do Município para os fins que menciona e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1057/lei_842_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1058/lei_organica_municipal.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1057/lei_842_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1058/lei_organica_municipal.pdf</t>
   </si>
   <si>
     <t>Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1060/lei_839_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1060/lei_839_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão dos serviços de abastecimento de água à Companhia de Saneamento de Minas Gerais - COPASA M.G. - e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1059/lei_840_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1059/lei_840_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza inscrição em consórcio e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1061/lei_838_-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1062/lei_837_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1061/lei_838_-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1062/lei_837_-_1990.pdf</t>
   </si>
   <si>
     <t>Derroga artigo da Lei no 803 e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1064/lei_836_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1064/lei_836_-_1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebrar convênio com a Fundação Ezequiel Dias e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1065/lei_835-_1990.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/972/lei_947_-_1991.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1065/lei_835-_1990.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/972/lei_947_-_1991.pdf</t>
   </si>
   <si>
     <t>Aprova abertura de créditos suplementares no exercício financeiro de 1.990.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1066/lei_834-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1066/lei_834-_1990.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1067/lei_833_-_1990.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1067/lei_833_-_1990.pdf</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1068/lei_832_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1068/lei_832_-_1989.pdf</t>
   </si>
   <si>
     <t>Abre créditos suplementares e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1069/lei_831_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1069/lei_831_-_1989.pdf</t>
   </si>
   <si>
     <t>Concede gratificação aos servidores municipais.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1070/lei_830_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1071/lei_829_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1070/lei_830_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1071/lei_829_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza a perfuração de poço tubular, abertura de créditos especiais e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/968/lei_828_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/968/lei_828_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza aplicação de recursos financeiros do Município.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/969/lei_827_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/969/lei_827_-_1989.pdf</t>
   </si>
   <si>
     <t>Estabelece novos critérios para cobrança da taxa de iluminação pública instituída pela Lei número 526, de 30 de novembro de 1973 e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1072/lei_826_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1073/lei_825_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1072/lei_826_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1073/lei_825_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar com a Companhia Energética de Minas Gerais - CEMIG - o fornecimento de Energia Elétrica.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1075/lei_823_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1075/lei_823_-_1989.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Plurianual de Investimentos para o triênio de 1990 a  1992.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1076/lei_822_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1077/lei_821_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1076/lei_822_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1077/lei_821_-_1989.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e fixa a despesa para o exercício financeiro de 1990.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1078/lei_820_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1079/lei_819_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1078/lei_820_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1079/lei_819_-_1989.pdf</t>
   </si>
   <si>
     <t>Estabelece valor da unidade fiscal (UF).</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1080/lei_818_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1080/lei_818_-_1989.pdf</t>
   </si>
   <si>
     <t>Altera a alínea A do item terceiro do artigo 36 do Código Tributário Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1081/lei_817_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1082/lei_816_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1081/lei_817_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1082/lei_816_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal a celebrar convênio em geral, com repartições públicas e autarquias Federais, Estaduais ou Municipais.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1083/lei_815_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1083/lei_815_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas e abertura de crédito suplementar.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1084/lei_814_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1084/lei_814_-_1989.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a contratação de pessoal por tempo determinado e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1085/lei_813_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1085/lei_813_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal  a negociar com a Companhia Energética de Minas Gerais -  CEMIG, a Execução de Obras de eletrificação no MunÍcipIo e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1086/lei_812_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1086/lei_812_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1087/lei_811_-_1989.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1089/lei_809_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1087/lei_811_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1088/lei_810_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1089/lei_809_-_1989.pdf</t>
   </si>
   <si>
     <t>Aprova aquisição de sementes e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1090/lei_808_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1091/lei_807_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1090/lei_808_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1091/lei_807_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de despesas, aberturas de crédito especial e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1092/lei_806_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1092/lei_806_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio, abertura de crédito suplementar e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1093/lei_805_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1093/lei_805_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza aquisição de máquina de costura, abertura de crédito especial, e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1094/lei_804_-_1989.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1063/lei_803_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1094/lei_804_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1063/lei_803_-_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono de família aos servidores municipais e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1095/lei_802_-_1989.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1097/lei_800_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1095/lei_802_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1096/lei_801_-_1989.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1097/lei_800_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de convênio, aquisição de imóveis, permuta e cessão de imóveis, abertura de créditos especiais e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1098/lei_799_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1098/lei_799_-_1989.pdf</t>
   </si>
   <si>
     <t>Aprova assinatura de convênio, autoriza construção de redes de distribuição, perfuração de poço tubular, aquisição de equipamentos, abertura de créditos especiais e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/989/lei_798_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/989/lei_798_-_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de máquina xerográfica e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1099/lei_797_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1099/lei_797_-_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominações de logradouros públicos do povoado de Pedra Negra.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1118/lei_796_-_1989.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1118/lei_796_-_1989.pdf</t>
   </si>
   <si>
     <t>Estabelece o quadro geral de funcionários do município, fixa-lhes os respectivos vencimentos e salários e contém outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/81/lei_791.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/81/lei_791.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Posturas do Município de Entre Rios de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1104/lei_775_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1104/lei_775_-_1988.pdf</t>
   </si>
   <si>
     <t>Institui o imposto sobre a transmissão de bens imóveis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1127/lei_772_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1127/lei_772_-_1988.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento plurianual de investimentos para o triênio de 1989/1991.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1103/lei_776_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1103/lei_776_-_1988.pdf</t>
   </si>
   <si>
     <t>Abre créditos suplementares às dotações do orçamento de 1988.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1105/lei_774_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1105/lei_774_-_1988.pdf</t>
   </si>
   <si>
     <t>Aprova compromisso assinado entre a Prefeitura Municipal de Entre Rios de Minas e a Secretaria de Estado da Educação de Minas Gerais.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1106/lei_773_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1106/lei_773_-_1988.pdf</t>
   </si>
   <si>
     <t>Autoriza a construção de Posto de Saúde, abertura de crédito especial e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1119/lei_769_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1119/lei_769_-_1988.pdf</t>
   </si>
   <si>
     <t>Estabelece o quadro geral de funcionários do Município, fixa-lhes os respectivos vencimentos e salários e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/949/lei_761_-_1988.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/949/lei_761_-_1988.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno, isenção de impostos e taxas e contém outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/89/lei193.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/89/lei193.pdf</t>
   </si>
   <si>
     <t>Regula Divisão de terrenos, arruamentos, loteamentos e desmembramentos.</t>
   </si>
   <si>
-    <t>https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/962/lei_190_-_1959.pdf</t>
+    <t>http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/962/lei_190_-_1959.pdf</t>
   </si>
   <si>
     <t>Estatuto dos funcionários públicos municipais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -13108,66 +13108,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1199/resolucao_n_07_de_04_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1198/resolucao_n_06_de_04_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1219/lei_n_2.095_de_14_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1218/lei_n_2.094_de_14_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1217/lei_n_2.093_de_11_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1216/lei_n_2.092_de_04_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1215/lei_n_2.091_de_04_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1214/lei_n_2.090_de_27_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1220/lei_n_2.096_de_14_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1213/lei_n_2.089_de_09_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1212/lei_n_2.088_de_09_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1211/lei_n_2.087_de_09_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1210/lei_n_2.086_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1209/lei_n_2.085_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1208/lei_n_2.084_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1207/lei_n_2.083_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1206/lei_n_2.082_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1205/lei_n_2.081_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1204/lei_n_2.080_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1203/lei_n_2.079_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1202/lei_n_2.078_de_16_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1201/lei_n_2.077_de_16_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1200/lei_n_2.076_de_16_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1193/lei_n_2075_de_04_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1190/lei_n_2.074_de_04_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1221/lei_n_2.073_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1222/lei_n_2.072_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1196/resolucao_n_05_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1223/lei_n_2.071_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1197/lei_n_2.070_de_14de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_n_2.069_de_14_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_n_2.068_de_14_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1195/resolucao_n_04_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1188/lei_n_2067_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1187/projeto_de_lei_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1192/lei_n_2065_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1186/lei_n_2.064_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1191/lei_n_2063_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1185/lei_n_2.062_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_complementar_n_2.061_de_06_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1189/resolucao_n_02_de_04_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1194/resolucao_n_01_de_04_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_n_2060_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_n_2.059_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_complementar_n_2.058_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1178/lei_n_2.049_de_19_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1177/lei_n_2.048_de_09_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1151/lei_n_2045_de_19_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1150/lei_complementar_n_2044_de_20_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1148/projeto_de_lei_n_25-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1143/lei_n_2042_de_29_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_n_2.039_de_27_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1146/lei_complementar_n_2.037_de_09_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1145/lei_n_2.036_de_09_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1144/lei_n_2.035_de_19_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1141/lei_n_2.034_de_03_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1140/lei_n_2.033_de_03_e_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1139/lei_complementar_n_2.032_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1134/lei_n_2.030_de_19_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1149/lei_n_2.029_de_19_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1137/lei_n_2028_de_12_de_marco_de_2024_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1136/lei_n_2.027_de_11_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1135/lei_n_2.026_de_11_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1132/lei_n_2.025_de_28_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1131/lei_complementar_n_2024_de_28_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1133/lei_n_2023_de_08_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1130/lei_complementar_n_2022_de_08_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1129/lei_n_2021_de_16_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1128/lei_n_2020_de_16_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1162/lei_n_2019_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1161/lei_n_2018_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1159/lei_n_2016_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1158/lei_n_2015_de_27_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1160/lei_n_2017_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1157/lei_n_2011_de_16_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1164/lei_n_2.010_de_16_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1154/lei_n_2009_de_16_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1156/lei_n_2007_de_20_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1155/lei_n_2006_de_20_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1163/lei_n_2002_de_25_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1172/lei_n_2001_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1153/lei_n_1999_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1152/lei_n_1999_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1124/lei_no_1.998_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1123/lei_no_1.997_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1122/lei_no_1.996_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1121/lei_no_1.995_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1125/lei_no_1.993_de_03_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1126/lei_1.992_de_20_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1166/resolucao_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1120/lei_complementar_no_1.991-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1170/lei_n_1987_de_19_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1108/lei_no_1.986_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1107/lei_no_1.985_de_13_de_junho_de_2023_2.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1171/lei_n_1984_de_18_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1116/lei_no_1.983_de_18_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1114/lei_no_1.982_de_11_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1109/lei_no_1.981_-_04_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1117/lei_no1.980_de_20_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1113/lei_no_1.979_de_10_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1112/lei_no_1.975_de_29_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1168/lei_n_1.974de_22_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1169/lei_n_1.973_de_22_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1167/lei_n_1970_de_14_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1165/resolucao_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1115/lei_no_1.969_de_09_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1111/lei_no_1.968_de_09_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1110/lei_no_1.967_de_09_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1102/lei_no_1.966-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1101/lei_no_1.965-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1100/lei_no_1.964-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/860/lei_no_1.963-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/859/lei_no_1.962_-_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/858/lei_no_1961-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/857/lei_no_1960_-_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/856/lei_no_1959_-_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/848/lei_no_1.958-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/855/lei_no_1.957-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/854/lei_no_1956_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/853/lei_no_1.955_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/852/lei_no_1.953-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/663/lei_no_1.952_-_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1174/resolucao_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/657/lei_no_1951_-_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/662/resolucao_no_11_-_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/661/resolucao_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/660/resolucao_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/659/resolucao_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/658/resolucao_no_07_-_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/655/lei_no_1950_-_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/847/lei_no_1.949-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/656/lei_no_1.948_-_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/654/lei_n_1.947_-_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/653/lei_n_1.946_-_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/849/lei_no_1.945_-_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/652/lei_n_1.944_sancionada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/651/lei_n_1.943_sancionada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/650/lei_n_1.942_sancionada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/649/lei_1.941_sancionada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/851/lei_no_1.940-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/648/lei_n_1.939_sancionada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/850/lei_no_1.938-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/647/lei_1.937_sancionada.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/646/lei_no_1.936_-_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/645/lei_n_1.935_-_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/644/lei_n_1.934_-_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/643/lei_n_1.933_-_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/642/lei_n_1.932_-_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/641/lei_1.931_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/640/lei_1.930_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/639/lei_1.929_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/637/lei_1.927_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/636/lei_1.926_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/635/lei_1.925_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/638/lei_1.928_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/634/lei_1.924.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/633/1.923.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1173/resolucao_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/632/lei_1.922_sancionada.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_1.921_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1176/resolucao_n_09.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/435/resolucao_n_09-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/426/lei_1.918-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/425/lei_1.917-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/424/lei_1.916-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/423/lei_1.915-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/422/lei_1.914-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/420/lei_1.912-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/418/lei_1.910_-_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/417/lei_1.909_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/416/lei_1.908_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_1.920_-_2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_n_1.919_-_2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/415/lei_1.907_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/414/lei_1.906_sancionada.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/413/lei_1.905-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/412/lei_1.904-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/419/lei_sancionada_1.911-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/411/lei_1.903_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/410/lei_1.902_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/409/lei_1.901_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/408/lei_1.900_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/407/lei_1.899_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/406/lei_1.898_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/405/lei_1.897_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/434/resolucao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/404/lei_1.896_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/403/lei_1.895_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/402/lei_1.894_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/401/lei_1.893_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/400/lei_1.892_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/399/lei_1.891_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/433/resolucao_n07-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/398/lei_1.890_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/397/lei_1.889_-_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/396/lei_no_1.888-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/395/lei_1.887_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/394/lei_1.886_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/393/lei_1.885_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/432/resolucao_n_06-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/391/lei_1.883_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1175/resolucao_n_05_de_02_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/431/resolucao_n_05-_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/392/lei_no_1.884-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/390/lei_1882_-_2021_texto_sancionado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/430/resolucao_n_04-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/429/resolucao_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/387/lei_1.880_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/389/lei_no_1.881_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/427/resolucao_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/205/lei_1.879_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/204/lei_1.878_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/213/lei_1.877_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/203/lei_1.876__-_2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/214/lei_no_1874-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/212/lei_1.873_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/211/lei_1.872_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/210/lei_1.871_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/209/lei_1.870_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/208/lei_1.869_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/207/lei_1.868_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/206/lei_1.867_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/202/lei_1866_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/187/lei_1865_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/186/lei_1864_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/185/lei_1863_-_2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/184/lei_1862_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/183/lei_1861_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/182/lei_1860_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/181/lei_1859_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/180/lei_1858_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/179/lei_1857_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/178/lei_1856_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/158/lei_1855_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/157/lei_1854_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/152/lei_1853_-_2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/151/lei_1852_-_2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/150/lei_1851_-_2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/149/lei_1850_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/133/lei_1849_-2020_.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/132/lei_1848_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/131/lei_1847_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/130/lei_1846_-2020_.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/115/lei_1845_-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/114/lei_1844_-2020_.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/113/lei_1843_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/112/lei_1842_-2020_.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/108/lei_complementar_1841_-_2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/105/lei_1840_-2020_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/107/lei_1839_-2019.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/106/lei_1838_-2020_.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/104/lei_1837_-2020_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/110/lei_1836_-2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/111/lei_1835-2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/116/lei_1834-2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/117/lei_1833-2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/118/lei_1832.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/119/lei_1831_n_1831_-2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/120/lei_no_1830-2019_compressed.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/121/lei_1829-2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/122/lei_1828-2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/123/lei_1827-2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/124/lei_1826_lei_n_1826_-_2019_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/125/lei_1825_-2019__.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/126/lei_1824__lei_n_1824_-_2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/127/lei_1823-2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/128/lei_1822-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/134/lei_1821.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/135/lei_1820-2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/136/lei_1819_2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/137/lei_1.818_-_2019_.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/138/lei_1817_.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/139/lei_1816-_2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/140/lei_1815_-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/141/lei_1814_-_2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/142/lei_1813-2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/103/resolucao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/143/lei_1812__08_-2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/101/lei_1811_complementar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/100/lei_1810_-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/144/lei_1809_-2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/109/lei_1808_-2019_.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/145/lei_1807-2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/146/lei_1806-2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/147/lei_1805-2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/148/lei_1804_12-2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/129/lei_1803_-2019_.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/153/lei_1802-2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/154/lei_1801_-2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/155/lei_1800_-2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/156/lei_1799_-_2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/99/lei_1798.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/200/lei_1794.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/86/lei_1793.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/85/lei_1792.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/84/lei_1791.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/83/lei_1790.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/82/lei_1789.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/80/lei_complementar__1788.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/79/lei.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/78/lei_1786.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/102/resolucao_no_8-2018_DY43s1Y.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/77/lei_1785.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/73/lei_1784.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/72/lei1781.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/75/lei_1782.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/74/lei1781.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/71/lei_1780.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/70/lei.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/76/lei1778.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/69/lei_1777.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/68/lei1771.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/67/lei1771.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/199/lei1771.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/198/lei_complementar_1773.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/197/lei_1772-2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/458/lei_1.769.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/196/lei1771.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/195/lei.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/459/lei_1.769.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/194/lei1761.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/193/lei.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/191/lei.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/190/lei1761.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/189/lei_1765-2018.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/188/lei1761.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/66/lei_1763_-_2018.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/65/lei_1762_-2017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/63/lei_1760__-_2017.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/62/lei_1759_-_2017.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/217/lei_1758_-_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/60/lei_1756__-2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/59/lei_1755_-2017_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/58/lei_1754_-2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/57/lei_1753_-2017_.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/8/lei_1752_-2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/11/lei_1751_-_2017_.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/9/lei_1750_-_2017_.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/4/lei_1749_-2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/10/lei_1748_-2017_.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/5/lei_1747_-_2017.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/12/lei_1746_-2017_.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/13/lei_1745_-2017_.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/6/lei_complementar_1744-2011.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/7/lei_1742_lei_complementar_n1742_-_2017.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/15/lei_1741_-2017_.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/16/lei_1740_-2017_.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/20/lei_1736_-_2017_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/216/lei_1735_-2017_.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/23/lei_1732_-2017.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/215/lei_1730_-2017_.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/25/lei_1729_-_2017.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/28/lei_1726.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/201/lei1721.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/33/lei_1717-2016.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/34/lei_1716_-2016_.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/35/lei_1715_-2016_.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/36/lei_1714_-2016.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_1712_-_altera_lei_complementar_1569.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/39/lei_1711.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/40/lei_1710_-2016_.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/41/lei_1708_-_2016.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/42/lei_1708_-_2016.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/219/lei_1707_-2016.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/46/lei_1701_-2016_.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/47/lei_1700_-2016.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/218/lei_1699_-2016_.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/50/lei_1698_-2015_.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/226/lei_1697-2015.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/52/lei_1695_-2015_.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/53/lei_1694_-2015_.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/54/lei_1693_-2015.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/55/lei_1692_-2015_.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/56/lei_1691_-2015_.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/225/lei_1690_-2015.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/224/lei_1689_-2015_.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/49/lei_1688_-2015.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/48/lei_1687__-2015.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/223/lei_1686-2015.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/222/lei_1685_-2015_.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/221/lei_1684_-2015_.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/220/lei_1683_-2015.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/245/lei_1682_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/244/lei_1681-_2014_.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/243/lei_1680_-2014_.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/242/lei_1679_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/241/lei_1678_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/240/lei_1677_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/265/lei_1676_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/239/lei_1675_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/238/lei_1674_-2014_.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/237/lei_1673_-2014_.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/236/lei_1672_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/235/lei_1671_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/234/lei_1670_-2014_.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/233/lei_1669_-2014_.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/232/lei_1668-_2014_.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/231/lei_1667_-2014.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/230/lei_1666_-2014_.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/229/lei_1665_-2014.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/228/lei_1664_-2014_.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/227/lei_1663_-_2014.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/263/lei_1662_-2013_.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/262/lei_1661_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/261/lei_1658_-_2013.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/260/lei_1657_-2013_.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/259/lei_1656_-_2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/258/lei_1655-_2013_.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/257/lei_1654_-2013_.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/256/lei_1653_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/255/lei_1652_-2013_.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/254/lei_1651_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/253/lei_1650_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/252/lei_1649_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/251/lei_1648_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/461/lei_1647_-2013_.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/460/lei_1.646_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/250/lei_1645_-2013_.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/249/lei_1644-_2013_.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/248/lei_1643-_2013_.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/247/lei_1642_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/246/lei_1641_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/295/lei_1640_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/97/lei_1639-12.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/294/lei_1638_-2012_.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/293/lei_1637_-2012_.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/292/lei_1636_-2012_.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_1635_-2012_.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_1634_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/289/lei_1633_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/288/lei_1631_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/264/lei_1630_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/287/lei_1629_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/96/lei_1628-12.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/95/lei_complementar_1627.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/286/lei_1626-_2012_.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/285/lei_1625_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/284/lei_1624_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/283/lei_1623_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/282/lei_1622_-_2012.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/280/lei_1621_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/279/lei_1620_-2012_.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/277/lei_1619_-2012__.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/276/lei_1618_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/275/lei_1617_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/272/lei_1616_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/271/lei_1615_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/269/lei_1614_-2012_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/462/lei_1611-_2012_.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/268/lei_1613_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/267/lei_1612_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/266/lei_1610-_2012_.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/298/lei_1608_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/297/lei_1607_-_2011.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/296/lei_1606_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/274/lei_1605_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/310/lei_1604_-_2011.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/309/lei_1603_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/308/lei_1602_-2011_.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/94/lei_1601.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/307/lei_1600_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/306/lei_1599-_2011_.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/305/lei_1598_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/463/lei_1597_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/281/lei_complementar_no_1596-2011.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/388/lei_no1.595_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/273/lei_1594_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/385/lei_1.593_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/192/lei_complementar_1592-2011.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/386/lei_1.591_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/304/lei_1590_-2011_.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/303/lei_1589_-_2011.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/302/lei_1588-_2011_.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/301/lei_1587_-_2011.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/300/lei_1586_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/299/lei_1585_-_2011.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/483/lei_1584_-2010__.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/481/lei_1583_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/480/lei_1582_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/479/lei_1581_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/93/lei_1580.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/478/lei_1579_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/477/lei_1578_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/92/lei_1577-2010.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/474/lei_1576-_2010_.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/473/lei_1574_-2010_.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/472/lei_1573_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/471/lei_1572_-_2010.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/470/lei_1571_-2010_.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/87/lei_1570.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/91/lei_1569-10.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/469/lei_1568_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/90/lei_1567-2010.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/468/lei_1566_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/466/lei_1564_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/465/lei_1563_-2010_.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/464/lei_1562_-_2010.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/327/lei_1561_-_2009.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/326/lei_1560_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/325/lei_1559_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/324/lei_1558_-2009_.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/323/lei_1557_-_2009.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/322/lei_1556_-2009_projeto_de_lei_n24.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/321/lei_1555-2009.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/482/lei_1.554_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/320/lei_1548_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/319/lei_1547_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/88/lei_1546_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/318/lei_1545_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/317/lei_1544_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/315/lei_1543_-2009_.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/314/lei_1542_-_2009.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/484/lei_no_1.541-2009.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/313/lei_1540_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/312/lei_1539_-2009_.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/311/lei_1537_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/343/lei_1536_-_2008_.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/342/lei_1535_-_2008.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/341/lei_1534_-_2008.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/340/lei_1533_-_2008.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/339/lei_1532_-_2008.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/338/lei_1531_-2008_.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/337/lei_1530_-2008_.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/336/lei_1529_-_2008.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/335/lei_1528_-_2008.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/334/lei_1527_-_2008.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/333/lei_1526_-_2008_.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/332/lei_1525_-_2008.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_1524_-_2008_.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/330/lei_1523_-_2008.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/329/lei_1522_-_2008.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/328/lei_1521_-_2008.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/361/lei_1520_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/360/lei_1519_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/486/lei_1518_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/359/lei_1517_-_2007.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/358/lei_1516_-_2007.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/357/lei_1515_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/356/lei_1513_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/355/lei_1512_-_2007.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/354/lei_1511_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/353/lei_1510_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/352/lei_1509_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/351/lei_1508_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/350/lei_1507_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/316/lei_1506_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/485/lei__1.505_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/349/lei_1504_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/348/lei_1503_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/347/lei_1502_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/346/lei_1501_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/345/lei_1500-_2007_.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/344/lei_1499_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/373/lei_1498_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/372/lei_1496_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/371/lei_1495_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/370/lei_1494_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/369/lei_1493_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/368/lei_1492_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/488/lei_1491_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/367/lei_1490_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/487/lei_1.489_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/366/lei_1488_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/365/lei_1487-2006.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/364/lei_1486_-_2006__.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/363/lei_1484_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/362/lei_1483_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/496/lei_1461_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/495/lei_1460_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/494/lei_1459_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/493/lei_1458_-_2005.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/492/lei_1457_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/491/lei_1456_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/490/lei_1455_-_2005.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/384/lei_1454_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/383/lei_1453_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/382/lei_1452_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/381/lei_1451_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/380/lei_1450_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/379/lei_1449_-_2005.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/378/lei_1448_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/377/lei_1447_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/376/lei_1446_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/375/lei_1445_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/489/lei_1.444_-_2005.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/374/lei_1442_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/507/lei_1439_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/506/lei_1438_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/505/lei_1436_-_2004.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/278/lei_1435-_2004_.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/504/lei_1434_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/476/lei_1433-_2004_.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/503/lei_1432_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/502/lei_1431_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/501/lei_1430_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/500/lei_1429_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/499/lei_1428_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/498/lei_1427_-_2004.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/497/lei_1426_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/514/lei_1422-_2003_.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/456/lei_1421-_2003_.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/270/lei_1420_-_2003.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/530/lei_1419_-_2003.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/529/lei_1418_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/528/lei_1417_-_2003_1.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/527/lei_1416_-2003_.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/526/lei_1415_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/524/lei_1414-2003.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/523/lei_1413_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/522/lei_1412_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/521/lei_1411-_2003_.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/520/lei_1409_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/519/lei_1408_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/518/lei_1407_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/517/lei_1406_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/516/lei_1404_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/515/lei_1403_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/513/lei_1402_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/510/lei_1401_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/509/lei_1400_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/531/lei_1398-2002.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/532/lei_1397_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/511/lei_1396_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/533/lei_1395_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/534/lei_1394_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/512/lei_1393_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/535/lei_1392_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/536/lei_1391_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/538/lei_1390_-_2002__.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/539/lei_1389_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/540/lei_1388_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/541/lei_1387_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/542/lei_1386_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/543/lei_1385_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/544/lei_1384_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/545/lei_1383_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/546/lei_1382_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/547/lei_1381_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/548/lei_1380_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/549/lei_1378_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/550/lei_1376_-_2002__.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/551/lei_1375_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/590/lei_1374_-_2001.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/589/lei_1373_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/588/lei_1372_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/587/lei_1371_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/586/lei_1370_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/584/lei_1368_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/585/lei_1369_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/583/lei_1367_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/582/lei_1366_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/581/lei_1365_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/537/lei_1364_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/580/lei_1363_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/579/lei_1362_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/578/lei_1361_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/577/lei_1360_-_2001.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/576/lei_1359-_2001_.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/575/lei_1358_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/574/lei_1357_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/573/lei_1356_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/570/lei_1355_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/569/lei_1354_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/568/lei_1353_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/567/lei_1352_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/565/lei_1351_-_2001.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/563/lei_1350_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/562/lei_1349_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/560/lei_1347_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/561/lei_1346_-2001_.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/559/lei_1345_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/558/lei_1344_-_2001.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/557/lei_1343_-_2001.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/556/lei_1342_-_2001__.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/555/lei_1340_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/554/lei_1339_-_2001.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/553/lei_1338_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/552/lei_1337_-2001_.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/670/lei_1336_-_2000.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/668/lei_1334-2000.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/666/lei_1332_-_2000.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/665/lei_1331_-_2000.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/664/lei_1330_-_2000.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/631/lei_1329_-_2000.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/630/lei_1328_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/629/lei_1327_-_2000.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/628/lei_1326_-_2000.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/627/lei_1325_-_2000.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/626/lei_1324_-_2000.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/525/lei_1323_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/625/lei_1322_-_2000.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/624/lei_1321_-_2000.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/623/lei_1320_-2000.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/622/lei_1319-_2000_.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/621/lei_1318_-_2000.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/620/lei_1317_-_2000.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/619/lei_1315_-_2000.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/618/lei_1314_-_2000.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/614/lei_1313_-_2000.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/612/lei_1312_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/611/lei_1310_-_2000.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/610/lei_1309_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/609/lei_1308_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/608/lei_1307_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/607/lei_1306_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/606/lei_1305_-_2000.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/605/lei_1304__2000.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/604/lei_1302_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/603/lei_1301_-_2000.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/601/lei_1300_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/600/lei_1299_-_2000.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/599/lei_1298_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/598/lei_1297_-_2000.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/597/lei_1296_-_2000.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/596/lei_1295_-_2000.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/595/lei_1294_-_2000.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/594/lei_1293_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/593/lei_1292_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/592/lei_1291_-_2000.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/591/lei_1289_-_2000.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/691/lei_1288_-_1999.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/475/lei_1286_-_1999.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/690/lei_1285_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/566/lei_1284_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/689/lei_1283_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/688/lei_1282_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/687/lei_1281_-_1999.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/686/lei_1279_-_1999.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/684/lei_1277_-_1999.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/683/lei_1276_-_1999.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/682/lei_1275_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/681/lei_1274_-_1999.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/680/lei_1273_-_1999.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/679/lei_1272_-_1999.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/678/lei_1271_-_1999.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/677/lei_1270_-_1999.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/676/lei_1269_-_1999.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/675/lei_1268_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/674/lei_1267_-_1999.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/673/lei_1266_-_1999.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/672/lei_1265_-_1999.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/671/lei_1264_-_1999.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/453/lei_1263_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/452/lei_1262_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/446/lei_1261_-1998_.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/441/lei_1259_-1998_.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/440/lei_1259_-1998_.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/439/lei_1258_-_1998.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/451/lei_1257_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/450/lei_1256_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/449/lei_1255_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/447/lei_1253_-_1998_1.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/445/lei_1252_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/444/lei_1251_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/443/lei_1250_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/442/lei_1249_-1998_.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/448/lei_1254_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/692/lei_1224_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/693/lei_1223_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/694/lei_1222_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/695/lei_1221_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/696/lei_1220_-_1997.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/697/lei_1219_-_1997.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/698/lei_1218_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/699/lei_1217_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/700/lei_1216_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/701/lei_1215-1997.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/702/lei_1213_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/703/lei_1212_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/704/lei_1211_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/564/lei_1210_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/705/lei_1209_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/615/lei_1208_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/706/lei_1207_-_1997.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/707/lei_1206_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/708/lei_1205_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/709/lei_1204_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/602/lei_1203_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/710/lei_1202_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/711/lei_1201__-_1997_.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/712/lei_1.200_-_1.997_.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/713/lei_1199_-_1997.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/714/lei_1.198_-_1997.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/715/lei_1197_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/716/lei_1196_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/717/lei_1195_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/718/lei_1194_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/616/lei_1.193_-_1997.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/719/lei_1192_-_1997.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/720/lei_1190_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/724/lei_1.188_-_1997.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/725/lei_1187_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/726/lei_1186_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/727/lei_1.184_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/728/lei_n._1183_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/729/lei_1182_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/730/lei_n._1.181_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/731/lei_1180_-_1996.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/732/lei_1178_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/734/lei_1177_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/735/lei_1176_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/736/lei_1.175_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/737/lei_1.174_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/733/lei_1.172_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/739/lei_1.171_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/740/lei__1.170_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/741/lei_1.169_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/742/lei_1.168_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/743/lei_1167-_1996_.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/744/lei_1.166_-_1996.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/745/lei_1.165_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/746/lei_1164_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/747/lei_1163_-_1966.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/748/lei_1.162_-_1996.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/721/lei_1.161_-_1996__.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/749/lei_1.160_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/750/lei_1.159_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/613/lei_1158_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/617/lei_1157_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/751/lei_1156_-_1995.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/752/lei_1155_-_1995.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/756/lei_1150_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/722/lei_1154_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/753/lei_1153_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/754/lei_1152_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/862/1149_-_1995.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/761/lei_1145_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/861/lei_1145_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/762/lei_1144_-_1995.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/755/lei_1151_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/759/lei_1147_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/760/lei_1146_-_1995.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/763/lei_1143_-1995_.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/758/lei_1148_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/764/lei_1142_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/766/lei_1141_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/768/lei_1140_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/767/lei_1137_-_1995.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/769/lei_1139_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/770/lei_1138_-_1995.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/765/lei_1136_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/757/lei_1135_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/771/lei_1134_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/772/lei_1133_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/775/lei_1130_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/774/lei_1131_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/773/lei__1132_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/776/lei_1129_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/777/lei_1128_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/780/lei_1125_-_1995.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/778/lei_1127_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/779/lei_1126_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/781/lei_1124_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/782/lei_1123_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/783/lei_1122_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/784/lei_1121_-_1994.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/785/lei_1120_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/786/lei_1119_-_1994.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/787/lei_1118_-_1994.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/788/lei_1117_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/789/lei_1116_-_1994.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/790/lei_1115_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/791/lei_1113_-_1994.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/792/lei_1112-_1994_.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/793/lei_1110_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/794/lei_1108_-_1994.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/795/lei_1107_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/796/lei_1106_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/797/lei_1105_-_1994.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/798/lei_1104_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/799/lei_1103_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/800/lei_1102_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/801/lei_1101_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/802/lei_1100_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/803/lei_1099_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/804/lei_1098_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/805/lei_1097_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/806/lei_1096_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/809/lei_1095_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/454/lei_1094_-_1994_--.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/810/lei_1093_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/811/lei_1092_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/812/lei_1091_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/813/lei_1090_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/808/lei_1089_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/814/lei_1088_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/815/lei_1087_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/863/lei_1086_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/864/lei_1085_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/865/lei_1084_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/866/lei_1083_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/867/lei_1082_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/868/lei_1081_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/807/lei_1080_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/816/lei_1079_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/817/lei_1078_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/818/lei_1077_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/819/lei_1076_-_1994.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/820/lei_1075_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/821/lei_1074_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/822/lei_1073_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/823/lei_1072_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/824/lei_1071_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/825/lei_1070_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/826/lei_1069_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/827/lei_1068_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/828/lei_1067_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/455/lei_1066_-_1993.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/829/lei_1065_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/830/lei_1064_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/831/lei_1063_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/832/lei_1062_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/833/lei_1061_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/834/lei_1060_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/835/lei_1059_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/836/lei_1058_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/837/lei_1057_-_1993.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/869/lei_1056_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/838/lei_1055_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/839/lei_1054_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/840/lei_1053_-_1993.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/841/lei_1052_-_1993.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/870/lei_1051_-_1993.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/842/lei_1050_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/843/lei_1049_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/844/lei_1048_-_1993.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/845/lei_1047_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/871/lei_1045_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/872/lei_1044_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/873/lei_1043_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/874/lei_1042_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/875/lei_1041_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/876/lei_1040_-_1993.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/877/lei_1039_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/878/lei_1038_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/879/lei_1037_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/880/lei_1036_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/881/lei_1035_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/882/lei_1034_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/883/lei_1033_-_1993.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/884/lei_1032_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/885/lei_1031_-1993_.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/886/lei_1030_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/887/lei_1029_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/888/lei_1028_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/889/lei_1027_-_1993.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/890/lei_1026_-_1993.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/891/lei_1025_-_1993.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/892/lei_1024_-_1993.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/893/lei_1023_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/173/lei1022_-_1993.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/894/lei_1021_-1993_.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/895/lei_1020_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/896/lei_1019_-_1993.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/897/lei_1018_-_1993.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/898/lei_1017_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/899/lei_1016__-_1993_.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/177/lei_1015_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/176/lei_1014_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/175/lei_1013_-_1993.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/174/lei_1012_-_1993.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/901/lei_1011_-_1992.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/902/lei_1010_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/904/lei_1009_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/905/lei_1008_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/906/lei_1007_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/907/lei_1006_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/900/lei_1005_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/908/lei_1004_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/910/lei_1002_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/909/lei_1003_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/911/lei_1001_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/912/lei_1000_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/913/lei_no_999_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/914/lei_no_998_-_92.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/915/lei_no_997_-_92.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/916/lei_no_996_-_92.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/918/lei_no_994_-_92.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/919/lei_no_993_-_92.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/921/lei_no_991_-_92.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/922/lei_990_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/923/lei_989_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/924/lei_no_988_-_92.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/925/lei_no_987_-_92.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/926/lei_no_986_-_92.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/927/lei_no_985_-_92.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/928/lei_no_984_-_92.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/929/lei_983_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/930/lei_982_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/931/lei_981_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/932/lei_no_980_-_92.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/933/lei_no_979_-_92.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/934/lei_no_978_-_92.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/935/lei_no_977_-_92.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/936/lei_no_976_-_92.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/939/lei_975_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/940/lei_no_974_-_92.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/942/lei_no_973_-_92.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/943/lei_no_972_-_92.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/944/lei_971_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/945/lei_970_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/938/lei_no_969_-_92.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/946/lei_no_968_-_92.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/947/lei_no_967_-_92.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/948/lei_no_966_-_92.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/950/lei_no_965_-_92.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/951/lei_no_964_-_92.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/952/lei_963_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/953/lei_no_962_-_92.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/954/lei_no_961_-_92.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/955/lei_no_960_-_92.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/956/lei_no_959_-_92.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/957/lei_958_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/958/lei_no_957__-_92.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/959/lei_no_956_-_92.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/960/lei_955_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/961/lei_954_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/963/lei_952_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/964/lei_951_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/966/lei_950_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/967/lei_949_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/970/lei_948_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/973/lei_946_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/974/lei_945_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/976/lei_943_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/977/lei_942_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/978/lei_941_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/979/lei_940_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/980/lei_939_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/981/lei_938_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/983/lei_936_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/984/lei_935_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/965/lei_934_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/985/lei_932_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/986/lei_931_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/987/lei_930_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/982/lei_937_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/988/lei_929_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/990/lei_928_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/991/lei_927_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/937/lei_925_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/992/lei_924_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/993/lei_923_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/994/lei_922_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/995/lei_921_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/997/lei_919_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/998/lei_918_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/999/lei_917_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1000/lei_916_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/996/lei_920_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1001/lei_915_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1002/lei_914_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1003/lei_913_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1004/lei_912_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1005/lei_911_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1006/lei_910_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1007/lei_909_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/172/lei_907_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1008/lei_908_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/171/lei_906_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/170/lei_905_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/169/lei_904_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/168/lei_903_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/167/lei_902_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/166/lei_901_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/165/lei_900_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/164/lei_899_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/163/lei_898_-1991_.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/162/lei_897_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/161/lei_896_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/160/lei_895_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/159/lei_894_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/941/lei_893_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1009/lei_892_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1010/lei_891_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1011/lei_890_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1012/lei_889_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1013/lei_888_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1014/lei_887_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1015/lei_886_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1016/lei_885_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1017/lei_884_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1018/lei_883_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1019/lei_882_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1020/lei_881_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1021/lei_880_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1022/lei_879_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1023/lei_878_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/971/lei_877_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1024/lei_876_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1025/lei_875_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1026/lei_874_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1027/lei_873_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1028/lei_872_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1029/lei_871_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1030/lei_869_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1031/lei_868_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1032/lei_867_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1033/lei_866_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1034/lei_865_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1035/lei_864_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1036/lei_863_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1037/lei_862_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1038/lei_861_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1039/lei_860_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1040/lei_859_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1041/lei_858_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1042/lei_857_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1043/lei_856_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1044/lei_855_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1045/lei_854_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1046/lei_853_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1048/lei_851_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1049/lei_850_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1050/lei_849_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1051/lei_848_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1052/lei_847_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1053/lei_846_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1054/lei_845_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1055/lei_844_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1056/lei_843_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1057/lei_842_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1058/lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1060/lei_839_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1059/lei_840_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1061/lei_838_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1062/lei_837_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1064/lei_836_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1065/lei_835-_1990.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/972/lei_947_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1066/lei_834-_1990.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1067/lei_833_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1068/lei_832_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1069/lei_831_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1070/lei_830_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1071/lei_829_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/968/lei_828_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/969/lei_827_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1072/lei_826_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1073/lei_825_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1075/lei_823_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1076/lei_822_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1077/lei_821_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1078/lei_820_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1079/lei_819_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1080/lei_818_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1081/lei_817_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1082/lei_816_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1083/lei_815_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1084/lei_814_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1085/lei_813_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1086/lei_812_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1087/lei_811_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1088/lei_810_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1089/lei_809_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1090/lei_808_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1091/lei_807_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1092/lei_806_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1093/lei_805_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1094/lei_804_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1063/lei_803_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1095/lei_802_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1096/lei_801_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1097/lei_800_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1098/lei_799_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/989/lei_798_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1099/lei_797_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1118/lei_796_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/81/lei_791.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1104/lei_775_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1127/lei_772_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1103/lei_776_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1105/lei_774_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1106/lei_773_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1119/lei_769_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/949/lei_761_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/89/lei193.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/962/lei_190_-_1959.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1199/resolucao_n_07_de_04_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1198/resolucao_n_06_de_04_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1219/lei_n_2.095_de_14_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1218/lei_n_2.094_de_14_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1217/lei_n_2.093_de_11_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1216/lei_n_2.092_de_04_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1215/lei_n_2.091_de_04_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1214/lei_n_2.090_de_27_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1220/lei_n_2.096_de_14_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1213/lei_n_2.089_de_09_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1212/lei_n_2.088_de_09_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1211/lei_n_2.087_de_09_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1210/lei_n_2.086_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1209/lei_n_2.085_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1208/lei_n_2.084_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1207/lei_n_2.083_de_23_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1206/lei_n_2.082_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1205/lei_n_2.081_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1204/lei_n_2.080_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1203/lei_n_2.079_de_08_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1202/lei_n_2.078_de_16_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1201/lei_n_2.077_de_16_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1200/lei_n_2.076_de_16_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1193/lei_n_2075_de_04_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1190/lei_n_2.074_de_04_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1221/lei_n_2.073_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1222/lei_n_2.072_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1196/resolucao_n_05_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1223/lei_n_2.071_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1197/lei_n_2.070_de_14de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_n_2.069_de_14_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_n_2.068_de_14_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1195/resolucao_n_04_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1188/lei_n_2067_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1187/projeto_de_lei_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1192/lei_n_2065_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1186/lei_n_2.064_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1191/lei_n_2063_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1185/lei_n_2.062_de_19_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_complementar_n_2.061_de_06_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1189/resolucao_n_02_de_04_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1194/resolucao_n_01_de_04_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_n_2060_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_n_2.059_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_complementar_n_2.058_de_23_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1178/lei_n_2.049_de_19_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1177/lei_n_2.048_de_09_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1151/lei_n_2045_de_19_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1150/lei_complementar_n_2044_de_20_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1148/projeto_de_lei_n_25-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1143/lei_n_2042_de_29_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_n_2.039_de_27_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1146/lei_complementar_n_2.037_de_09_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1145/lei_n_2.036_de_09_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1144/lei_n_2.035_de_19_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1141/lei_n_2.034_de_03_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1140/lei_n_2.033_de_03_e_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1139/lei_complementar_n_2.032_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1134/lei_n_2.030_de_19_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1149/lei_n_2.029_de_19_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1137/lei_n_2028_de_12_de_marco_de_2024_.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1136/lei_n_2.027_de_11_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1135/lei_n_2.026_de_11_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1132/lei_n_2.025_de_28_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1131/lei_complementar_n_2024_de_28_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1133/lei_n_2023_de_08_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1130/lei_complementar_n_2022_de_08_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1129/lei_n_2021_de_16_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1128/lei_n_2020_de_16_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1162/lei_n_2019_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1161/lei_n_2018_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1159/lei_n_2016_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1158/lei_n_2015_de_27_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1160/lei_n_2017_de_27_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1157/lei_n_2011_de_16_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1164/lei_n_2.010_de_16_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1154/lei_n_2009_de_16_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1156/lei_n_2007_de_20_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1155/lei_n_2006_de_20_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1163/lei_n_2002_de_25_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1172/lei_n_2001_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1153/lei_n_1999_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1152/lei_n_1999_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1124/lei_no_1.998_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1123/lei_no_1.997_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1122/lei_no_1.996_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1121/lei_no_1.995_de_24_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1125/lei_no_1.993_de_03_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1126/lei_1.992_de_20_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1166/resolucao_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1120/lei_complementar_no_1.991-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1170/lei_n_1987_de_19_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1108/lei_no_1.986_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1107/lei_no_1.985_de_13_de_junho_de_2023_2.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1171/lei_n_1984_de_18_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1116/lei_no_1.983_de_18_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1114/lei_no_1.982_de_11_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1109/lei_no_1.981_-_04_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1117/lei_no1.980_de_20_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1113/lei_no_1.979_de_10_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1112/lei_no_1.975_de_29_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1168/lei_n_1.974de_22_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1169/lei_n_1.973_de_22_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1167/lei_n_1970_de_14_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1165/resolucao_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1115/lei_no_1.969_de_09_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1111/lei_no_1.968_de_09_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1110/lei_no_1.967_de_09_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1102/lei_no_1.966-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1101/lei_no_1.965-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1100/lei_no_1.964-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/860/lei_no_1.963-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/859/lei_no_1.962_-_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/858/lei_no_1961-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/857/lei_no_1960_-_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/856/lei_no_1959_-_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/848/lei_no_1.958-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/855/lei_no_1.957-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/854/lei_no_1956_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/853/lei_no_1.955_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/852/lei_no_1.953-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/663/lei_no_1.952_-_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1174/resolucao_n_12-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/657/lei_no_1951_-_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/662/resolucao_no_11_-_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/661/resolucao_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/660/resolucao_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/659/resolucao_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/658/resolucao_no_07_-_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/655/lei_no_1950_-_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/847/lei_no_1.949-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/656/lei_no_1.948_-_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/654/lei_n_1.947_-_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/653/lei_n_1.946_-_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/849/lei_no_1.945_-_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/652/lei_n_1.944_sancionada.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/651/lei_n_1.943_sancionada.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/650/lei_n_1.942_sancionada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/649/lei_1.941_sancionada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/851/lei_no_1.940-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/648/lei_n_1.939_sancionada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/850/lei_no_1.938-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/647/lei_1.937_sancionada.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/646/lei_no_1.936_-_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/645/lei_n_1.935_-_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/644/lei_n_1.934_-_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/643/lei_n_1.933_-_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/642/lei_n_1.932_-_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/641/lei_1.931_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/640/lei_1.930_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/639/lei_1.929_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/637/lei_1.927_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/636/lei_1.926_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/635/lei_1.925_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/638/lei_1.928_-_2022_.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/634/lei_1.924.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/633/1.923.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1173/resolucao_n_02-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/632/lei_1.922_sancionada.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_1.921_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1176/resolucao_n_09.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/435/resolucao_n_09-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/426/lei_1.918-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/425/lei_1.917-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/424/lei_1.916-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/423/lei_1.915-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/422/lei_1.914-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/420/lei_1.912-2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/418/lei_1.910_-_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/417/lei_1.909_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/416/lei_1.908_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_1.920_-_2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_n_1.919_-_2021_sancionada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/415/lei_1.907_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/414/lei_1.906_sancionada.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/413/lei_1.905-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/412/lei_1.904-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/419/lei_sancionada_1.911-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/411/lei_1.903_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/410/lei_1.902_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/409/lei_1.901_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/408/lei_1.900_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/407/lei_1.899_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/406/lei_1.898_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/405/lei_1.897_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/434/resolucao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/404/lei_1.896_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/403/lei_1.895_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/402/lei_1.894_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/401/lei_1.893_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/400/lei_1.892_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/399/lei_1.891_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/433/resolucao_n07-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/398/lei_1.890_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/397/lei_1.889_-_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/396/lei_no_1.888-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/395/lei_1.887_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/394/lei_1.886_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/393/lei_1.885_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/432/resolucao_n_06-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/391/lei_1.883_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1175/resolucao_n_05_de_02_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/431/resolucao_n_05-_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/392/lei_no_1.884-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/390/lei_1882_-_2021_texto_sancionado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/430/resolucao_n_04-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/429/resolucao_n_03-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/387/lei_1.880_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/389/lei_no_1.881_-_2021_.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/427/resolucao_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/205/lei_1.879_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/204/lei_1.878_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/213/lei_1.877_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/203/lei_1.876__-_2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/214/lei_no_1874-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/212/lei_1.873_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/211/lei_1.872_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/210/lei_1.871_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/209/lei_1.870_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/208/lei_1.869_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/207/lei_1.868_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/206/lei_1.867_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/202/lei_1866_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/187/lei_1865_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/186/lei_1864_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/185/lei_1863_-_2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/184/lei_1862_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/183/lei_1861_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/182/lei_1860_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/181/lei_1859_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/180/lei_1858_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/179/lei_1857_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/178/lei_1856_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/158/lei_1855_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/157/lei_1854_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/152/lei_1853_-_2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/151/lei_1852_-_2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/150/lei_1851_-_2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/149/lei_1850_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/133/lei_1849_-2020_.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/132/lei_1848_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/131/lei_1847_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/130/lei_1846_-2020_.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/115/lei_1845_-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/114/lei_1844_-2020_.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/113/lei_1843_-_2020_.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/112/lei_1842_-2020_.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/108/lei_complementar_1841_-_2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/105/lei_1840_-2020_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/107/lei_1839_-2019.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/106/lei_1838_-2020_.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/104/lei_1837_-2020_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/110/lei_1836_-2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/111/lei_1835-2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/116/lei_1834-2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/117/lei_1833-2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/118/lei_1832.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/119/lei_1831_n_1831_-2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/120/lei_no_1830-2019_compressed.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/121/lei_1829-2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/122/lei_1828-2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/123/lei_1827-2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/124/lei_1826_lei_n_1826_-_2019_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/125/lei_1825_-2019__.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/126/lei_1824__lei_n_1824_-_2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/127/lei_1823-2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/128/lei_1822-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/134/lei_1821.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/135/lei_1820-2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/136/lei_1819_2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/137/lei_1.818_-_2019_.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/138/lei_1817_.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/139/lei_1816-_2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/140/lei_1815_-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/141/lei_1814_-_2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/142/lei_1813-2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/103/resolucao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/143/lei_1812__08_-2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/101/lei_1811_complementar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/100/lei_1810_-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/144/lei_1809_-2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/109/lei_1808_-2019_.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/145/lei_1807-2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/146/lei_1806-2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/147/lei_1805-2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/148/lei_1804_12-2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/129/lei_1803_-2019_.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/153/lei_1802-2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/154/lei_1801_-2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/155/lei_1800_-2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/156/lei_1799_-_2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/99/lei_1798.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/200/lei_1794.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/86/lei_1793.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/85/lei_1792.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/84/lei_1791.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/83/lei_1790.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/82/lei_1789.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/80/lei_complementar__1788.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/79/lei.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/78/lei_1786.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/102/resolucao_no_8-2018_DY43s1Y.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/77/lei_1785.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/73/lei_1784.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/72/lei1781.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/75/lei_1782.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/74/lei1781.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/71/lei_1780.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/70/lei.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/76/lei1778.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/69/lei_1777.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/68/lei1771.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/67/lei1771.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/199/lei1771.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/198/lei_complementar_1773.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/197/lei_1772-2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/458/lei_1.769.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/196/lei1771.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/195/lei.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/459/lei_1.769.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/194/lei1761.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/193/lei.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/191/lei.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/190/lei1761.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/189/lei_1765-2018.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/188/lei1761.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/66/lei_1763_-_2018.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/65/lei_1762_-2017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/63/lei_1760__-_2017.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/62/lei_1759_-_2017.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/217/lei_1758_-_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/60/lei_1756__-2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/59/lei_1755_-2017_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/58/lei_1754_-2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/57/lei_1753_-2017_.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/8/lei_1752_-2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/11/lei_1751_-_2017_.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/9/lei_1750_-_2017_.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/4/lei_1749_-2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/10/lei_1748_-2017_.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/5/lei_1747_-_2017.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/12/lei_1746_-2017_.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/13/lei_1745_-2017_.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/6/lei_complementar_1744-2011.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/7/lei_1742_lei_complementar_n1742_-_2017.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/15/lei_1741_-2017_.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/16/lei_1740_-2017_.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/20/lei_1736_-_2017_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/216/lei_1735_-2017_.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/23/lei_1732_-2017.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/215/lei_1730_-2017_.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/25/lei_1729_-_2017.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/28/lei_1726.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/201/lei1721.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/33/lei_1717-2016.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/34/lei_1716_-2016_.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/35/lei_1715_-2016_.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/36/lei_1714_-2016.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_1712_-_altera_lei_complementar_1569.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/39/lei_1711.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/40/lei_1710_-2016_.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/41/lei_1708_-_2016.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/42/lei_1708_-_2016.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/219/lei_1707_-2016.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2016/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/46/lei_1701_-2016_.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/47/lei_1700_-2016.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/218/lei_1699_-2016_.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/50/lei_1698_-2015_.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/226/lei_1697-2015.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/./sapl/public/normajuridica/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/52/lei_1695_-2015_.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/53/lei_1694_-2015_.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/54/lei_1693_-2015.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/55/lei_1692_-2015_.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/56/lei_1691_-2015_.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/225/lei_1690_-2015.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/224/lei_1689_-2015_.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/49/lei_1688_-2015.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/48/lei_1687__-2015.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/223/lei_1686-2015.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/222/lei_1685_-2015_.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/221/lei_1684_-2015_.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/220/lei_1683_-2015.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/245/lei_1682_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/244/lei_1681-_2014_.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/243/lei_1680_-2014_.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/242/lei_1679_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/241/lei_1678_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/240/lei_1677_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/265/lei_1676_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/239/lei_1675_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/238/lei_1674_-2014_.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/237/lei_1673_-2014_.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/236/lei_1672_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/235/lei_1671_-_2014_.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/234/lei_1670_-2014_.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/233/lei_1669_-2014_.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/232/lei_1668-_2014_.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/231/lei_1667_-2014.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/230/lei_1666_-2014_.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/229/lei_1665_-2014.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/228/lei_1664_-2014_.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/227/lei_1663_-_2014.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/263/lei_1662_-2013_.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/262/lei_1661_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/261/lei_1658_-_2013.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/260/lei_1657_-2013_.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/259/lei_1656_-_2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/258/lei_1655-_2013_.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/257/lei_1654_-2013_.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/256/lei_1653_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/255/lei_1652_-2013_.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/254/lei_1651_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/253/lei_1650_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/252/lei_1649_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/251/lei_1648_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/461/lei_1647_-2013_.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/460/lei_1.646_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/250/lei_1645_-2013_.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/249/lei_1644-_2013_.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/248/lei_1643-_2013_.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/247/lei_1642_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/246/lei_1641_-_2013_.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/295/lei_1640_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/97/lei_1639-12.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/294/lei_1638_-2012_.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/293/lei_1637_-2012_.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/292/lei_1636_-2012_.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_1635_-2012_.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_1634_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/289/lei_1633_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/288/lei_1631_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/264/lei_1630_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/287/lei_1629_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/96/lei_1628-12.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/95/lei_complementar_1627.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/286/lei_1626-_2012_.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/285/lei_1625_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/284/lei_1624_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/283/lei_1623_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/282/lei_1622_-_2012.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/280/lei_1621_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/279/lei_1620_-2012_.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/277/lei_1619_-2012__.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/276/lei_1618_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/275/lei_1617_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/272/lei_1616_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/271/lei_1615_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/269/lei_1614_-2012_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/462/lei_1611-_2012_.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/268/lei_1613_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/267/lei_1612_-_2012_.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/266/lei_1610-_2012_.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/298/lei_1608_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/297/lei_1607_-_2011.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/296/lei_1606_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/274/lei_1605_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/310/lei_1604_-_2011.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/309/lei_1603_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/308/lei_1602_-2011_.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/94/lei_1601.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/307/lei_1600_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/306/lei_1599-_2011_.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/305/lei_1598_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/463/lei_1597_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/281/lei_complementar_no_1596-2011.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/388/lei_no1.595_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/273/lei_1594_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/385/lei_1.593_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/192/lei_complementar_1592-2011.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/386/lei_1.591_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/304/lei_1590_-2011_.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/303/lei_1589_-_2011.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/302/lei_1588-_2011_.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/301/lei_1587_-_2011.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/300/lei_1586_-_2011_.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2011/299/lei_1585_-_2011.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/483/lei_1584_-2010__.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/481/lei_1583_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/480/lei_1582_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/479/lei_1581_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/93/lei_1580.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/478/lei_1579_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/477/lei_1578_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/92/lei_1577-2010.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/474/lei_1576-_2010_.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/473/lei_1574_-2010_.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/472/lei_1573_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/471/lei_1572_-_2010.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/470/lei_1571_-2010_.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/87/lei_1570.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/91/lei_1569-10.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/469/lei_1568_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/90/lei_1567-2010.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/468/lei_1566_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/466/lei_1564_-_2010_.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/465/lei_1563_-2010_.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/464/lei_1562_-_2010.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/327/lei_1561_-_2009.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/326/lei_1560_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/325/lei_1559_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/324/lei_1558_-2009_.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/323/lei_1557_-_2009.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/322/lei_1556_-2009_projeto_de_lei_n24.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/321/lei_1555-2009.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/482/lei_1.554_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/320/lei_1548_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/319/lei_1547_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/88/lei_1546_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/318/lei_1545_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/317/lei_1544_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/315/lei_1543_-2009_.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/314/lei_1542_-_2009.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/484/lei_no_1.541-2009.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/313/lei_1540_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/312/lei_1539_-2009_.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/311/lei_1537_-_2009_.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/343/lei_1536_-_2008_.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/342/lei_1535_-_2008.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/341/lei_1534_-_2008.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/340/lei_1533_-_2008.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/339/lei_1532_-_2008.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/338/lei_1531_-2008_.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/337/lei_1530_-2008_.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/336/lei_1529_-_2008.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/335/lei_1528_-_2008.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/334/lei_1527_-_2008.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/333/lei_1526_-_2008_.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/332/lei_1525_-_2008.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_1524_-_2008_.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/330/lei_1523_-_2008.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/329/lei_1522_-_2008.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2008/328/lei_1521_-_2008.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/361/lei_1520_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/360/lei_1519_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/486/lei_1518_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/359/lei_1517_-_2007.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/358/lei_1516_-_2007.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/357/lei_1515_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/356/lei_1513_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/355/lei_1512_-_2007.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/354/lei_1511_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/353/lei_1510_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/352/lei_1509_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/351/lei_1508_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/350/lei_1507_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/316/lei_1506_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/485/lei__1.505_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/349/lei_1504_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/348/lei_1503_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/347/lei_1502_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/346/lei_1501_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/345/lei_1500-_2007_.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2007/344/lei_1499_-_2007_.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/373/lei_1498_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/372/lei_1496_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/371/lei_1495_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/370/lei_1494_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/369/lei_1493_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/368/lei_1492_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/488/lei_1491_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/367/lei_1490_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/487/lei_1.489_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/366/lei_1488_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/365/lei_1487-2006.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/364/lei_1486_-_2006__.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/363/lei_1484_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2006/362/lei_1483_-_2006_.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/496/lei_1461_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/495/lei_1460_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/494/lei_1459_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/493/lei_1458_-_2005.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/492/lei_1457_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/491/lei_1456_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/490/lei_1455_-_2005.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/384/lei_1454_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/383/lei_1453_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/382/lei_1452_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/381/lei_1451_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/380/lei_1450_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/379/lei_1449_-_2005.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/378/lei_1448_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/377/lei_1447_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/376/lei_1446_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/375/lei_1445_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/489/lei_1.444_-_2005.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2005/374/lei_1442_-_2005_.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/507/lei_1439_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/506/lei_1438_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/505/lei_1436_-_2004.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/278/lei_1435-_2004_.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/504/lei_1434_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/476/lei_1433-_2004_.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/503/lei_1432_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/502/lei_1431_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/501/lei_1430_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/500/lei_1429_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/499/lei_1428_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/498/lei_1427_-_2004.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2004/497/lei_1426_-_2004_.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/514/lei_1422-_2003_.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/456/lei_1421-_2003_.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/270/lei_1420_-_2003.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/530/lei_1419_-_2003.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/529/lei_1418_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/528/lei_1417_-_2003_1.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/527/lei_1416_-2003_.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/526/lei_1415_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/524/lei_1414-2003.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/523/lei_1413_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/522/lei_1412_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/521/lei_1411-_2003_.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/520/lei_1409_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/519/lei_1408_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/518/lei_1407_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/517/lei_1406_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/516/lei_1404_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/515/lei_1403_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/513/lei_1402_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/510/lei_1401_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2003/509/lei_1400_-_2003_.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/531/lei_1398-2002.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/532/lei_1397_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/511/lei_1396_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/533/lei_1395_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/534/lei_1394_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/512/lei_1393_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/535/lei_1392_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/536/lei_1391_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/538/lei_1390_-_2002__.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/539/lei_1389_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/540/lei_1388_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/541/lei_1387_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/542/lei_1386_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/543/lei_1385_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/544/lei_1384_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/545/lei_1383_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/546/lei_1382_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/547/lei_1381_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/548/lei_1380_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/549/lei_1378_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/550/lei_1376_-_2002__.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/551/lei_1375_-_2002_.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/590/lei_1374_-_2001.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/589/lei_1373_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/588/lei_1372_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/587/lei_1371_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/586/lei_1370_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/584/lei_1368_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/585/lei_1369_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/583/lei_1367_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/582/lei_1366_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/581/lei_1365_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/537/lei_1364_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/580/lei_1363_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/579/lei_1362_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/578/lei_1361_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/577/lei_1360_-_2001.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/576/lei_1359-_2001_.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/575/lei_1358_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/574/lei_1357_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/573/lei_1356_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/570/lei_1355_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/569/lei_1354_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/568/lei_1353_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/567/lei_1352_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/565/lei_1351_-_2001.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/563/lei_1350_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/562/lei_1349_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/560/lei_1347_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/561/lei_1346_-2001_.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/559/lei_1345_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/558/lei_1344_-_2001.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/557/lei_1343_-_2001.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/556/lei_1342_-_2001__.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/555/lei_1340_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/554/lei_1339_-_2001.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/553/lei_1338_-_2001_.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2001/552/lei_1337_-2001_.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/670/lei_1336_-_2000.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/668/lei_1334-2000.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/666/lei_1332_-_2000.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/665/lei_1331_-_2000.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/664/lei_1330_-_2000.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/631/lei_1329_-_2000.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/630/lei_1328_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/629/lei_1327_-_2000.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/628/lei_1326_-_2000.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/627/lei_1325_-_2000.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/626/lei_1324_-_2000.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/525/lei_1323_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/625/lei_1322_-_2000.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/624/lei_1321_-_2000.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/623/lei_1320_-2000.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/622/lei_1319-_2000_.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/621/lei_1318_-_2000.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/620/lei_1317_-_2000.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/619/lei_1315_-_2000.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/618/lei_1314_-_2000.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/614/lei_1313_-_2000.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/612/lei_1312_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/611/lei_1310_-_2000.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/610/lei_1309_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/609/lei_1308_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/608/lei_1307_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/607/lei_1306_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/606/lei_1305_-_2000.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/605/lei_1304__2000.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/604/lei_1302_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/603/lei_1301_-_2000.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/601/lei_1300_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/600/lei_1299_-_2000.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/599/lei_1298_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/598/lei_1297_-_2000.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/597/lei_1296_-_2000.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/596/lei_1295_-_2000.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/595/lei_1294_-_2000.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/594/lei_1293_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/593/lei_1292_-_2000_.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/592/lei_1291_-_2000.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/2000/591/lei_1289_-_2000.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/691/lei_1288_-_1999.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/475/lei_1286_-_1999.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/690/lei_1285_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/566/lei_1284_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/689/lei_1283_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/688/lei_1282_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/687/lei_1281_-_1999.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/686/lei_1279_-_1999.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/684/lei_1277_-_1999.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/683/lei_1276_-_1999.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/682/lei_1275_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/681/lei_1274_-_1999.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/680/lei_1273_-_1999.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/679/lei_1272_-_1999.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/678/lei_1271_-_1999.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/677/lei_1270_-_1999.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/676/lei_1269_-_1999.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/675/lei_1268_-_1999_.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/674/lei_1267_-_1999.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/673/lei_1266_-_1999.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/672/lei_1265_-_1999.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1999/671/lei_1264_-_1999.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/453/lei_1263_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/452/lei_1262_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/446/lei_1261_-1998_.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/441/lei_1259_-1998_.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/440/lei_1259_-1998_.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/439/lei_1258_-_1998.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/451/lei_1257_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/450/lei_1256_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/449/lei_1255_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/447/lei_1253_-_1998_1.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/445/lei_1252_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/444/lei_1251_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/443/lei_1250_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/442/lei_1249_-1998_.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1998/448/lei_1254_-_1998_.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/692/lei_1224_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/693/lei_1223_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/694/lei_1222_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/695/lei_1221_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/696/lei_1220_-_1997.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/697/lei_1219_-_1997.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/698/lei_1218_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/699/lei_1217_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/700/lei_1216_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/701/lei_1215-1997.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/702/lei_1213_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/703/lei_1212_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/704/lei_1211_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/564/lei_1210_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/705/lei_1209_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/615/lei_1208_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/706/lei_1207_-_1997.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/707/lei_1206_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/708/lei_1205_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/709/lei_1204_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/602/lei_1203_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/710/lei_1202_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/711/lei_1201__-_1997_.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/712/lei_1.200_-_1.997_.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/713/lei_1199_-_1997.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/714/lei_1.198_-_1997.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/715/lei_1197_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/716/lei_1196_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/717/lei_1195_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/718/lei_1194_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/616/lei_1.193_-_1997.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/719/lei_1192_-_1997.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/720/lei_1190_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/724/lei_1.188_-_1997.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/725/lei_1187_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1997/726/lei_1186_-_1997_.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/727/lei_1.184_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/728/lei_n._1183_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/729/lei_1182_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/730/lei_n._1.181_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/731/lei_1180_-_1996.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/732/lei_1178_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/734/lei_1177_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/735/lei_1176_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/736/lei_1.175_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/737/lei_1.174_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/733/lei_1.172_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/739/lei_1.171_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/740/lei__1.170_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/741/lei_1.169_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/742/lei_1.168_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/743/lei_1167-_1996_.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/744/lei_1.166_-_1996.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/745/lei_1.165_-_1.996.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/746/lei_1164_-_1996_.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/747/lei_1163_-_1966.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/748/lei_1.162_-_1996.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/721/lei_1.161_-_1996__.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/749/lei_1.160_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1996/750/lei_1.159_-_1.996_.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/613/lei_1158_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/617/lei_1157_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/751/lei_1156_-_1995.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/752/lei_1155_-_1995.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/756/lei_1150_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/722/lei_1154_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/753/lei_1153_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/754/lei_1152_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/862/1149_-_1995.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/761/lei_1145_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/861/lei_1145_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/762/lei_1144_-_1995.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/755/lei_1151_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/759/lei_1147_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/760/lei_1146_-_1995.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/763/lei_1143_-1995_.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/758/lei_1148_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/764/lei_1142_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/766/lei_1141_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/768/lei_1140_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/767/lei_1137_-_1995.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/769/lei_1139_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/770/lei_1138_-_1995.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/765/lei_1136_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/757/lei_1135_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/771/lei_1134_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/772/lei_1133_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/775/lei_1130_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/774/lei_1131_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/773/lei__1132_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/776/lei_1129_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/777/lei_1128_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/780/lei_1125_-_1995.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/778/lei_1127_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1995/779/lei_1126_-_1995_.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/781/lei_1124_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/782/lei_1123_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/783/lei_1122_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/784/lei_1121_-_1994.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/785/lei_1120_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/786/lei_1119_-_1994.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/787/lei_1118_-_1994.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/788/lei_1117_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/789/lei_1116_-_1994.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/790/lei_1115_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/791/lei_1113_-_1994.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/792/lei_1112-_1994_.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/793/lei_1110_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/794/lei_1108_-_1994.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/795/lei_1107_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/796/lei_1106_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/797/lei_1105_-_1994.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/798/lei_1104_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/799/lei_1103_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/800/lei_1102_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/801/lei_1101_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/802/lei_1100_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/803/lei_1099_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/804/lei_1098_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/805/lei_1097_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/806/lei_1096_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/809/lei_1095_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/454/lei_1094_-_1994_--.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/810/lei_1093_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/811/lei_1092_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/812/lei_1091_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/813/lei_1090_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/808/lei_1089_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/814/lei_1088_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/815/lei_1087_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/863/lei_1086_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/864/lei_1085_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/865/lei_1084_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/866/lei_1083_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/867/lei_1082_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/868/lei_1081_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/807/lei_1080_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/816/lei_1079_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/817/lei_1078_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/818/lei_1077_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/819/lei_1076_-_1994.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/820/lei_1075_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/821/lei_1074_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/822/lei_1073_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/823/lei_1072_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/824/lei_1071_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/825/lei_1070_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/826/lei_1069_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/827/lei_1068_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1994/828/lei_1067_-_1994_.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/455/lei_1066_-_1993.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/829/lei_1065_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/830/lei_1064_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/831/lei_1063_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/832/lei_1062_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/833/lei_1061_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/834/lei_1060_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/835/lei_1059_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/836/lei_1058_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/837/lei_1057_-_1993.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/869/lei_1056_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/838/lei_1055_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/839/lei_1054_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/840/lei_1053_-_1993.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/841/lei_1052_-_1993.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/870/lei_1051_-_1993.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/842/lei_1050_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/843/lei_1049_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/844/lei_1048_-_1993.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/845/lei_1047_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/871/lei_1045_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/872/lei_1044_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/873/lei_1043_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/874/lei_1042_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/875/lei_1041_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/876/lei_1040_-_1993.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/877/lei_1039_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/878/lei_1038_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/879/lei_1037_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/880/lei_1036_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/881/lei_1035_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/882/lei_1034_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/883/lei_1033_-_1993.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/884/lei_1032_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/885/lei_1031_-1993_.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/886/lei_1030_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/887/lei_1029_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/888/lei_1028_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/889/lei_1027_-_1993.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/890/lei_1026_-_1993.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/891/lei_1025_-_1993.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/892/lei_1024_-_1993.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/893/lei_1023_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/173/lei1022_-_1993.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/894/lei_1021_-1993_.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/895/lei_1020_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/896/lei_1019_-_1993.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/897/lei_1018_-_1993.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/898/lei_1017_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/899/lei_1016__-_1993_.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/177/lei_1015_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/176/lei_1014_-_1993_.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/175/lei_1013_-_1993.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/174/lei_1012_-_1993.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/901/lei_1011_-_1992.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/902/lei_1010_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/904/lei_1009_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/905/lei_1008_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/906/lei_1007_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/907/lei_1006_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/900/lei_1005_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/908/lei_1004_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/910/lei_1002_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/909/lei_1003_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/911/lei_1001_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/912/lei_1000_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/913/lei_no_999_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/914/lei_no_998_-_92.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/915/lei_no_997_-_92.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/916/lei_no_996_-_92.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/918/lei_no_994_-_92.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/919/lei_no_993_-_92.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/921/lei_no_991_-_92.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/922/lei_990_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/923/lei_989_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/924/lei_no_988_-_92.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/925/lei_no_987_-_92.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/926/lei_no_986_-_92.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/927/lei_no_985_-_92.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/928/lei_no_984_-_92.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/929/lei_983_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/930/lei_982_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/931/lei_981_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/932/lei_no_980_-_92.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/933/lei_no_979_-_92.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/934/lei_no_978_-_92.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/935/lei_no_977_-_92.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/936/lei_no_976_-_92.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/939/lei_975_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/940/lei_no_974_-_92.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/942/lei_no_973_-_92.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/943/lei_no_972_-_92.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/944/lei_971_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/945/lei_970_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/938/lei_no_969_-_92.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/946/lei_no_968_-_92.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/947/lei_no_967_-_92.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/948/lei_no_966_-_92.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/950/lei_no_965_-_92.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/951/lei_no_964_-_92.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/952/lei_963_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/953/lei_no_962_-_92.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/954/lei_no_961_-_92.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/955/lei_no_960_-_92.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/956/lei_no_959_-_92.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/957/lei_958_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/958/lei_no_957__-_92.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/959/lei_no_956_-_92.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/960/lei_955_-_1992.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/961/lei_954_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/963/lei_952_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/964/lei_951_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/966/lei_950_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/967/lei_949_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/970/lei_948_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/973/lei_946_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/974/lei_945_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/976/lei_943_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/977/lei_942_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/978/lei_941_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/979/lei_940_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/980/lei_939_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/981/lei_938_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/983/lei_936_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/984/lei_935_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/965/lei_934_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/985/lei_932_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/986/lei_931_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/987/lei_930_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/982/lei_937_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/988/lei_929_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/990/lei_928_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/991/lei_927_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/937/lei_925_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/992/lei_924_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/993/lei_923_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/994/lei_922_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/995/lei_921_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/997/lei_919_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/998/lei_918_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/999/lei_917_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1000/lei_916_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/996/lei_920_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1001/lei_915_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1002/lei_914_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1003/lei_913_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1004/lei_912_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1005/lei_911_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1006/lei_910_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1007/lei_909_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/172/lei_907_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/1008/lei_908_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/171/lei_906_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/170/lei_905_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/169/lei_904_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/168/lei_903_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/167/lei_902_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/166/lei_901_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/165/lei_900_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/164/lei_899_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/163/lei_898_-1991_.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/162/lei_897_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/161/lei_896_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/160/lei_895_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/159/lei_894_-_1991_.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/941/lei_893_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1009/lei_892_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1010/lei_891_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1011/lei_890_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1012/lei_889_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1013/lei_888_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1014/lei_887_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1015/lei_886_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1016/lei_885_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1017/lei_884_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1018/lei_883_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1019/lei_882_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1020/lei_881_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1021/lei_880_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1022/lei_879_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1023/lei_878_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/971/lei_877_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1024/lei_876_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1025/lei_875_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1026/lei_874_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1027/lei_873_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1028/lei_872_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1029/lei_871_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1030/lei_869_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1031/lei_868_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1032/lei_867_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1033/lei_866_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1034/lei_865_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1035/lei_864_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1036/lei_863_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1037/lei_862_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1038/lei_861_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1039/lei_860_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1040/lei_859_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1041/lei_858_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1042/lei_857_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1043/lei_856_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1044/lei_855_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1045/lei_854_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1046/lei_853_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1048/lei_851_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1049/lei_850_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1050/lei_849_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1051/lei_848_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1052/lei_847_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1053/lei_846_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1054/lei_845_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1055/lei_844_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1056/lei_843_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1057/lei_842_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1058/lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1060/lei_839_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1059/lei_840_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1061/lei_838_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1062/lei_837_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1064/lei_836_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1065/lei_835-_1990.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1991/972/lei_947_-_1991.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1066/lei_834-_1990.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1990/1067/lei_833_-_1990.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1068/lei_832_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1069/lei_831_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1070/lei_830_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1071/lei_829_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/968/lei_828_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/969/lei_827_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1072/lei_826_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1073/lei_825_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1075/lei_823_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1076/lei_822_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1077/lei_821_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1078/lei_820_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1079/lei_819_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1080/lei_818_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1081/lei_817_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1082/lei_816_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1083/lei_815_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1084/lei_814_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1085/lei_813_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1086/lei_812_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1087/lei_811_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1088/lei_810_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1089/lei_809_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1090/lei_808_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1091/lei_807_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1092/lei_806_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1093/lei_805_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1094/lei_804_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1063/lei_803_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1095/lei_802_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1096/lei_801_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1097/lei_800_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1098/lei_799_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/989/lei_798_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1099/lei_797_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/1118/lei_796_-_1989.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1989/81/lei_791.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1104/lei_775_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1127/lei_772_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1103/lei_776_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1105/lei_774_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1106/lei_773_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/1119/lei_769_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1988/949/lei_761_-_1988.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/89/lei193.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.entreriosdeminas.mg.leg.br/media/sapl/public/normajuridica/1959/962/lei_190_-_1959.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G1220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="132.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="131.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>